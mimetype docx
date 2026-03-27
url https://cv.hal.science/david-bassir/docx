--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -156,14939 +156,15164 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (75)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Integrated Beetle Antennae Search–Enabled Navigation Framework for Omnidirectional AGVMobile Robots in Unknown Environments</w:t>
+                <w:t xml:space="preserve">Microstructure and Mechanical Performance of 3D-Printed Carbon Fibre—PLA-PHA Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+                <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atanu Shuvam Roy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">David Bassir</w:t>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAI Endorsed Transactions on AI and Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4108/airo.11438⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 18 (6), pp.771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym18060771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05504733v1</w:t>
+                <w:t xml:space="preserve">hal-05567565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MQAD-net: multi-modal quantum-attentive deep learning framework for early mental health detection and personalized therapy recommendation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil Hamdi Ateyeh Al-Shqeerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Hamed Al Abadleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunil Kumar Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalil Hamdi Ateyeh Al-Shqeerat</w:t>
+                <w:t xml:space="preserve">Pankaj Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghanshyam G Tejani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Egyptian Informatics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 33, pp.100874. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eij.2025.100874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05438894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fourier-Mixture of Experts YOLO for concrete crack segmentation with visual interpretability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Integrated Beetle Antennae Search–Enabled Navigation Framework for Omnidirectional AGVMobile Robots in Unknown Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atanu Shuvam Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utsab Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haochen Chang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Mingjun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automation in Construction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.autcon.2025.106452⟩</w:t>
+              <w:t xml:space="preserve">EAI Endorsed Transactions on AI and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4108/airo.11438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240592v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilient math inspired EDA optimized fuzzy adaptive exponent controller for LFC improvement of an EV integrated microgrid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Novel Meta-Learning-Based Spatio-Temporal Modeling Approach for Thermal Error Prediction of Multiple Machine Tools with Few Labeled Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaochao Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiongke Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prakash Chandra Sahu</w:t>
+                <w:t xml:space="preserve">Ling Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Buddhadeva Sahoo</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lijuan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-12275-1⟩</w:t>
+              <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.5279530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240585v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Meta-Learning-Based Spatio-Temporal Modeling Approach for Thermal Error Prediction of Multiple Machine Tools with Few Labeled Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fmoe-Yolo: A Fourier-Mixture of Experts Yolo Framework for Multi-Class Concrete Crack Segmentation with Visual Interpretability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haochen Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Barrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaochao Qiu</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2139/ssrn.5279530⟩</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.5275807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119532v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MultiEpilepsyNet: An EEG and MRI Data based Multimodal Seizure Detection Model using Hybrid Deep learning Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced Numerical Solutions for Fractional PDEs Using Monte Carlo PINNs Coupled with Cuckoo Search Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tauqeer Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Sulaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahad Sameer Alshammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohd Abdul Rahim Khan</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ghaylen Laouini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2025.111645⟩</w:t>
+              <w:t xml:space="preserve">Preprints.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20944/preprints202501.1072.v1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05378608v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MultiEpilepsyNet: An EEG and MRI data based multimodal seizure detection model using hybrid deep learning model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ashit Kumar Dutta</w:t>
+                <w:t xml:space="preserve">Transient Modeling for Faster Gas Sensor Response: an Efficient Mathematical Approach for MOX Sensors in Ethanol Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shtwai Alsubai</w:t>
+                <w:t xml:space="preserve">Mohammad Hadi Noori Skandari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seyed Jalaleddin Mousavirad</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jiandong Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abolfazl Razi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2025.111645⟩</w:t>
+              <w:t xml:space="preserve">Contemporary mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (1), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37256/cm.7120267320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05466008v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05394547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Modeling for Faster Gas Sensor Response: an Efficient Mathematical Approach for MOX Sensors in Ethanol Detection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MultiEpilepsyNet: An EEG and MRI Data based Multimodal Seizure Detection Model using Hybrid Deep learning Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Hadi Noori Skandari</w:t>
+                <w:t xml:space="preserve">Mohd Abdul Rahim Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiandong Hu</w:t>
+                <w:t xml:space="preserve">Nasser Ali Aljarallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abolfazl Razi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ashit Kumar Dutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shtwai Alsubai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Jalaleddin Mousavirad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.37256/cm.7120267320⟩</w:t>
+              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 233, pp.111645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2025.111645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05394547v1</w:t>
+                <w:t xml:space="preserve">hal-05378608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fmoe-Yolo: A Fourier-Mixture of Experts Yolo Framework for Multi-Class Concrete Crack Segmentation with Visual Interpretability</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">MultiEpilepsyNet: An EEG and MRI data based multimodal seizure detection model using hybrid deep learning model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohd Abdul Rahim Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Ali Aljarallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashit Kumar Dutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shtwai Alsubai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Jalaleddin Mousavirad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 233, pp.111645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2139/ssrn.5275807⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2025.111645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119531v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Numerical Solutions for Fractional PDEs Using Monte Carlo PINNs Coupled with Cuckoo Search Optimization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A novel meta-learning-based spatio-temporal modeling approach for thermal error prediction of multiple machine tools with few labeled data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaochao Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiongke Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lijuan Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preprints.org</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20944/preprints202501.1072.v1⟩</w:t>
+              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162, pp.112706. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engappai.2025.112706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04916321v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel meta-learning-based spatio-temporal modeling approach for thermal error prediction of multiple machine tools with few labeled data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Enhanced Numerical Solutions for Fractional PDEs Using Monte Carlo PINNs Coupled with Cuckoo Search Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tauqeer Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Sulaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahad Sameer Alshammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaylen Laouini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engappai.2025.112706⟩</w:t>
+              <w:t xml:space="preserve">Fractal and Fractional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (4), pp.225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fractalfract9040225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321264v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Numerical Solutions for Fractional PDEs Using Monte Carlo PINNs Coupled with Cuckoo Search Optimization</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Local bond behavior of partially encased composite steel and recycled concrete structural members</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fubo Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jialong Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenxia Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tian Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hexin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fractal and Fractional</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/fractalfract9040225⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 482, pp.141626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.141626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119521v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local bond behavior of partially encased composite steel and recycled concrete structural members</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-precision cable force identification in bridges: a data-driven approach integrating digital twins and transfer learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chenxia Wang</w:t>
+                <w:t xml:space="preserve">Xingjun Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tian Su</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mengkai Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingjun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.141626⟩</w:t>
+              <w:t xml:space="preserve">Discover Mechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s44245-025-00110-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119519v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-precision cable force identification in bridges: a data-driven approach integrating digital twins and transfer learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wearable Smart Gloves Based on Laser-induced Graphene for Multimodal Sensing and AI-Enhanced Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xingjun Gao</w:t>
+                <w:t xml:space="preserve">Yufeng Xue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mengkai Wang</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Wenhui Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ling Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discover Mechanical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s44245-025-00110-w⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3598970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05124737v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wearable Smart Gloves Based on Laser-induced Graphene for Multimodal Sensing and AI-Enhanced Recognition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a PDMS/ZnO/Gr piezoelectric tactile sensor and its exploration in intelligent applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Tao</w:t>
+                <w:t xml:space="preserve">T Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yufeng Xue</w:t>
+                <w:t xml:space="preserve">L Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenhui Lu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ling Yin</w:t>
+                <w:t xml:space="preserve">W Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3598970⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Estonian Academy of Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 74 (2), pp.115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3176/proc.2025.2.05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240579v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a PDMS/ZnO/Gr piezoelectric tactile sensor and its exploration in intelligent applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transient Modeling for Faster Gas Sensor Response: an Efficient Mathematical Approach for MOX Sensors in Ethanol Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Hadi Noori Skandari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiandong Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abolfazl Razi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Estonian Academy of Sciences </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3176/proc.2025.2.05⟩</w:t>
+              <w:t xml:space="preserve">Contemporary mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (1), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37256/cm.7120267320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119524v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient Modeling for Faster Gas Sensor Response: an Efficient Mathematical Approach for MOX Sensors in Ethanol Detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lattice Structure Optimization Targeting to Enhance the Thermal Performance of An Injection Mold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaeddine Zereg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Taher Bouzaher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadhir Lebaal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.37256/cm.7120267320⟩</w:t>
+              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 631, pp.02001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202563102001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05516122v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice Structure Optimization Targeting to Enhance the Thermal Performance of An Injection Mold</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topology Optimization of Biomedical Wrist Orthosis Using Tough Photopolymer Resin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadhir Lebaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaeddine Zereg</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Axel Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E3S Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 631, pp.02001. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/202563102001⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 6th International Conference on Multidisciplinary Design Optimization and Applications (MDOA 2024) Paris, France, October 16-19, 2024, 631, pp.02003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202563102003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119506v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Optimization of Biomedical Wrist Orthosis Using Tough Photopolymer Resin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Smart monitoring of the expansion state of boiler water walls in coal-fired power plants using a digital twin model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Lei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Axel Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/202563102003⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Estonian Academy of Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 74 (2), pp.149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3176/proc.2025.2.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119515v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep learning-driven spectral exploration for metal-insulator-metal plasmonic metasurfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liang Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liang Shen</w:t>
+                <w:t xml:space="preserve">Yuyang Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuyang Wu</w:t>
+                <w:t xml:space="preserve">Sihao Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinhua Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 33 (15), pp.31410. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/oe.565179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart monitoring of the expansion state of boiler water walls in coal-fired power plants using a digital twin model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Experimental Study Of The Vortical Structures In Supersonic Steam Jet Impinged On To The Wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afrasyab Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Luo</w:t>
+                <w:t xml:space="preserve">Khairuddin Sanaullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W Wang</w:t>
+                <w:t xml:space="preserve">Pavel Alexandrovich Taranenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z Lei</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Vladimir Vladimirovich Sinitsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Estonian Academy of Sciences </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3176/proc.2025.2.12⟩</w:t>
+              <w:t xml:space="preserve">Preprints.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20944/preprints202501.1384.v1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119520v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Experimental Study Of The Vortical Structures In Supersonic Steam Jet Impinged On To The Wall</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Fourier-Mixture of Experts YOLO for concrete crack segmentation with visual interpretability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haochen Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Barrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preprints.org</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20944/preprints202501.1384.v1⟩</w:t>
+              <w:t xml:space="preserve">Automation in Construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 179, pp.106452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.autcon.2025.106452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04916331v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Analysis of the Fractional Fokker–Planck–Levy Equation via a Modified Physics-Informed Neural Network Architecture</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Resilient math inspired EDA optimized fuzzy adaptive exponent controller for LFC improvement of an EV integrated microgrid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prakash Chandra Sahu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buddhadeva Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarat Chandra Swain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghanshyam Tejani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ghaylen Laouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fractal and Fractional</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/fractalfract8110671⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.28635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-12275-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04916275v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cable force estimation method based on UAVs and EMD</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Stability factor prediction of multilayer slope using three-dimensional convolutional neural network based on digital twin and prior knowledge data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansheng Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/smdo/2024012⟩</w:t>
+              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 83 (8), pp.259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12665-024-11562-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04690925v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability factor prediction of multilayer slope using three-dimensional convolutional neural network based on digital twin and prior knowledge data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Stability prediction of multi-material complex slopes based on self-attention convolutional neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansheng Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuedi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiwei Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12665-024-11562-w⟩</w:t>
+              <w:t xml:space="preserve">Stochastic Environmental Research and Risk Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00477-024-02792-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690913v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability prediction of multi-material complex slopes based on self-attention convolutional neural networks</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Quantitative Analysis of the Fractional Fokker–Planck–Levy Equation via a Modified Physics-Informed Neural Network Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fazl Ullah Fazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Sulaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahad Sameer Alshammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaylen Laouini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stochastic Environmental Research and Risk Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00477-024-02792-2⟩</w:t>
+              <w:t xml:space="preserve">Fractal and Fractional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (11), pp.671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fractalfract8110671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04690911v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04916275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Symmetry Concept for the Self-Assembly Synthesis of Mn-MIL-100 Using a Capping Agent and Its Adsorption Performance with Methylene Blue</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Cable force estimation method based on UAVs and EMD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjun Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shufan Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limei Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Qiulin Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/sym15071334⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/smdo/2024012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363237v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting Models for Local Sedimentary Basin Effect Using a Convolutional Neural Network</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Symmetry Concept for the Self-Assembly Synthesis of Mn-MIL-100 Using a Capping Agent and Its Adsorption Performance with Methylene Blue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guolin Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengzhu Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiulin Li</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app13169128⟩</w:t>
+              <w:t xml:space="preserve">Symmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Symmetry Methods in Mechanics of Materials, 15 (7), pp.1334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/sym15071334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363238v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration-based structural damage detection using 1-D convolutional neural network and transfer learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting Models for Local Sedimentary Basin Effect Using a Convolutional Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomei Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Shuai Teng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Retinal and Eye Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14759217221137931⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (16), pp.9128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app13169128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04543983v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer Learning with Attributes for Improving the Landslide Spatial Prediction Performance in Sample-Scarce Area Based on Variational Autoencoder Generative Adversarial Network</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Vibration-based structural damage detection using 1-D convolutional neural network and transfer learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Teng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaocheng Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/land12030525⟩</w:t>
+              <w:t xml:space="preserve">Progress in Retinal and Eye Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 95 (4), pp.101133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/14759217221137931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006412v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04543983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of artificial intelligence and machine learning for BIM: review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Transfer Learning with Attributes for Improving the Landslide Spatial Prediction Performance in Sample-Scarce Area Based on Variational Autoencoder Generative Adversarial Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansheng Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Teng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/smdo/2023005⟩</w:t>
+              <w:t xml:space="preserve">Land</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Application of Artificial Intelligence and Modelling Tools in Landscape Archaeology and Geo-Design, 12 (3), pp.525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/land12030525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363235v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria optimization of 3D printed wing using PLA reinforced with carbon fiber</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Application of artificial intelligence and machine learning for BIM: review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Lodge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haochen Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jüri Majak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0163955⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/smdo/2023005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670519v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Inversion Algorithm for the Dynamic Modulus of Concrete Pavement Structures Based on a Convolutional Neural Network</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multicriteria optimization of 3D printed wing using PLA reinforced with carbon fiber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Abouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app13021192⟩</w:t>
+              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2849 (1), pp.250005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0163955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006438v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial Behaviour in Polymer Composites Processed Using Droplet-Based Additive Manufacturing</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">An Inversion Algorithm for the Dynamic Modulus of Concrete Pavement Structures Based on a Convolutional Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuedi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linqing Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zejun Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hedi Nouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym14051013⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Advances in Non-Destructive Testing Methods, 13 (2), pp.1192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app13021192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03629414v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural damage detection based on convolutional neural networks and population of bridges</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Interfacial Behaviour in Polymer Composites Processed Using Droplet-Based Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Abouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Nouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.measurement.2022.111747⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (5), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym14051013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006450v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent art: the fusion growth of artificial intelligence in art and design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Structural damage detection based on convolutional neural networks and population of bridges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Teng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuedi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zheng Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/smdo/2022015⟩</w:t>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 202, pp.111747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2022.111747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006498v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Bridge Vibration by UAVs Combined with CNN and KLT Optical-Flow Method</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Intelligent art: the fusion growth of artificial intelligence in art and design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app12105181⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/smdo/2022015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675910v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridge Modal Parameter Identification from UAV Measurement Based on Empirical Mode Decomposition and Fourier Transform</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+                <w:t xml:space="preserve">Measurement of Bridge Vibration by UAVs Combined with CNN and KLT Optical-Flow Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhaocheng Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zihan Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Teng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 12 (17), pp.8689. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app12178689⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app12105181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006430v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural damage detection based on decision-level fusion with multi-vibration signals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Bridge Modal Parameter Identification from UAV Measurement Based on Empirical Mode Decomposition and Fourier Transform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhaocheng Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Teng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjun Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongfa Chen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/ac7940⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (17), pp.8689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app12178689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006465v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Process of Fused Deposition Modelling and the Effect of Temperature on the Mechanical, Roughness, and Porosity Properties of Resulting Composite Products</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Structural damage detection based on decision-level fusion with multi-vibration signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiqiao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zihan Jin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Teng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Yue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11029-021-09925-6⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (10), pp.105112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/ac7940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148909v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal analysis of the friction stir welding process based on boundary conditions and operating parameters</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Modelling the Process of Fused Deposition Modelling and the Effect of Temperature on the Mechanical, Roughness, and Porosity Properties of Resulting Composite Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Yue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Estonian Academy of Sciences </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3176/proc.2021.4.20⟩</w:t>
+              <w:t xml:space="preserve">Mechanics of Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (6), pp.805-816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11029-021-09925-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04550566v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Refined Theory for Bending Vibratory Analysis of Thick Functionally Graded Beams</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Thermal analysis of the friction stir welding process based on boundary conditions and operating parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Boukraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Lebaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tawfik Chekifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Aissani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/math9121422⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Estonian Academy of Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 70 (4), pp.516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3176/proc.2021.4.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408231v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Boundary Conditions and Operating Parameters on Temperature Distribution during the Friction Stir Welding Process</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A Refined Theory for Bending Vibratory Analysis of Thick Functionally Graded Beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Boutahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadhir Lebaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/1140/1/012050⟩</w:t>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (12), pp.1422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/math9121422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408232v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel hybrid drone for multi-propose aerial transportation and its conceptual optimization based on surrogate approach</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effects of Boundary Conditions and Operating Parameters on Temperature Distribution during the Friction Stir Welding Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boukraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aissani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lebaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mataoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1972/1/012103⟩</w:t>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1140 (1), pp.012050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/1140/1/012050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408230v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAD model Segmentation via Deep Learning</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A novel hybrid drone for multi-propose aerial transportation and its conceptual optimization based on surrogate approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Medromi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hua Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Computational Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0219876220410054⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1972 (1), pp.012103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1972/1/012103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527141v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analyses of Structural Damage Indicators and ‎Experimental Validations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">CAD model Segmentation via Deep Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feifei Shang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied and Computational Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22055/jacm.2020.35529.2676⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Computational Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219876220410054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03562448v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Mechanical Behaviour of Biosourced Cellular Polymer Manufactured Using Fused Deposition Modelling</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sensitivity Analyses of Structural Damage Indicators and ‎Experimental Validations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiqiao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojian Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongfa Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym12112651⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied and Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 72 (2), pp.798-810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22055/jacm.2020.35529.2676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03155828v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03562448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher-order Haar wavelet method for vibration analysis of nanobeams</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">On the Mechanical Behaviour of Biosourced Cellular Polymer Manufactured Using Fused Deposition Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedi Nouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2020.101290⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (11), pp.2651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym12112651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04551782v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03155828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of HOHWM for Vibration Analysis of Nanobeams</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Higher-order Haar wavelet method for vibration analysis of nanobeams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Majak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Shvartsman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ratas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pohlak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.799.230⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25, pp.101290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2020.101290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527148v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal mechanical characterization of copolyester for additive manufacturing using FDM</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Application of HOHWM for Vibration Analysis of Nanobeams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarjus Kirs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Eerme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelkrim Chouaf</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernst Tungel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/smdo/2019011⟩</w:t>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 799, pp.230-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.799.230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02331702v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of in situ reaction on thermal and mechanical properties of polylactide/talc composites</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Thermal mechanical characterization of copolyester for additive manufacturing using FDM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Abouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Chouaf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pc.24530⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/smdo/2019011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527152v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Printability of co-polyester using fused deposition modelling and related mechanical performance</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effect of in situ reaction on thermal and mechanical properties of polylactide/talc composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yangyang Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lijie Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guolin Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simin Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.08.034⟩</w:t>
+              <w:t xml:space="preserve">Polymer Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (S3), pp.E1618-E1625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pc.24530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02331706v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic investigation of mechanically alloyed Ti-Mg-Ni used as negative electrode in Ni-MH battery</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Printability of co-polyester using fused deposition modelling and related mechanical performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Abouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Belhabib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Chouaf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10008-017-3871-1⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 108, pp.262-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.08.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02527151v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural network computation for the evaluation of process rendering: application to thermally sprayed coatings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Systematic investigation of mechanically alloyed Ti-Mg-Ni used as negative electrode in Ni-MH battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Elkedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/smdo/2017003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (6), pp.1669-1676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10008-017-3871-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527153v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Road traffic management based on self-load-balancing approach</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Neural network computation for the evaluation of process rendering: application to thermally sprayed coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7, pp.A9. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/smdo/2016008⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 8 (A10), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/smdo/2017003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527155v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of interphase properties on the effective behaviour of a starch-hemp composite</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Road traffic management based on self-load-balancing approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Adnane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sadik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saida Talal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Medromi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lotfi L. Hedjazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2014.10.031⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.A9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/smdo/2016008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527157v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional simulation of 304L steel TIG welding process: Contribution of the thermal flux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Influence of interphase properties on the effective behaviour of a starch-hemp composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi L. Hedjazi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2015.06.035⟩</w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 65, pp.1053-1063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2014.10.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527156v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced study of hydrogen storage by substitutional doping of Mn and Ti in Mg2Ni phase</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Three-dimensional simulation of 304L steel TIG welding process: Contribution of the thermal flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Aissani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Zitouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Hamzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Thermal Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89, pp.822-832. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2015.06.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02300249v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interfacial damage in biopolymer composites reinforcedusing hemp fibres: Finite Element simulation and experimental investigation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Advanced study of hydrogen storage by substitutional doping of Mn and Ti in Mg2Ni phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar El Kedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liwu Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Benseddiq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5 (A24)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00773221v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02300249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiobjective Optimization on Urban Flooding Using RSM and GA</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Interfacial damage in biopolymer composites reinforcedusing hemp fibres: Finite Element simulation and experimental investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hbib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Benseddiq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.255-260.1627⟩</w:t>
+              <w:t xml:space="preserve">Composites Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 71 (11), pp.1419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2011.05.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01649902v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00773221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of mechanical properties of biopolymer composites sensitive to interface effect using hybrid approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multiobjective Optimization on Urban Flooding Using RSM and GA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rani El Meouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xing Gang Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Rezoug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabbar Hamzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2009.12.001⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 255-260, pp.1627 - 1631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.255-260.1627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02658354v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the mechanical properties of virtual porous solids using a hybrid approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Identification of mechanical properties of biopolymer composites sensitive to interface effect using hybrid approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2009.09.051⟩</w:t>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42 (3), pp.344-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2009.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665639v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiobjective stacking sequence optimisation strategy for laminated composite structures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Carrere</w:t>
+                <w:t xml:space="preserve">Optimization of the mechanical properties of virtual porous solids using a hybrid approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2009.01.011⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (2), pp.716-725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2009.09.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389250v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape, sizing optimization and material selection based on mixed variables and genetic algorithm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiobjective stacking sequence optimisation strategy for laminated composite structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">F.X. Irisarri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Weihong Zhang</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optimization and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11081-010-9125-z⟩</w:t>
+              <w:t xml:space="preserve">Composites Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 69, pp.983-990. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2009.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00389341v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity improvement of evolutionary topology optimization : procedure with element replaceable method</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Shape, sizing optimization and material selection based on mixed variables and genetic algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingang Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Simulation and Multidisciplinary</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optimization and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12 (1-2), pp.111-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11081-010-9125-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00441086v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid computational strategy based on ANN and GAPS: Application for identification of a non-linear model of composite material</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Comparing heuristic and deterministic approaches to optimise mechanical parameters of biopolymer composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mechanics of Advanced Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16, pp.293-299</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659430v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing heuristic and deterministic approaches to optimise mechanical parameters of biopolymer composite materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Hybrid computational strategy based on ANN and GAPS: Application for identification of a non-linear model of composite material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Advanced Materials and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 88 (2), pp.262-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2008.04.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389259v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid computational strategy based on ANN and GAPS : Application for identification of a non linear composite material</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Validity improvement of evolutionary topology optimization : procedure with element replaceable method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Compoiste Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 88 (2), pp.262-270</w:t>
+              <w:t xml:space="preserve">International Journal of Simulation and Multidisciplinary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3, pp.347-355</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389264v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00441086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface: simulation and multidisciplinary optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Hybrid computational strategy based on ANN and GAPS : Application for identification of a non linear composite material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Chamoret</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Compoiste Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 88 (2), pp.262-270</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00263932v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of spatial linear model based on earthquake-induced data and genetic algorithm with parallel selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Zapico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Placeres González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo Alonso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 1 (1), pp.39-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/ijsmdo:2007005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00263917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated topology optimization and scale effect analysis of cyclic symmetry sandwich structures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Preface: simulation and multidisciplinary optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Zapico Valle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Hong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chamoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese Journal of Theoretical and Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.6052/0459-1879-2007-6-2006-518⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ijsmdo:2007000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00263925v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00263932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using strain energy-based prediction of effective elastic properties in topology optimization of material microstructures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Integrated topology optimization and scale effect analysis of cyclic symmetry sandwich structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiping Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kepeng Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongze Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Acta Mechanica Sinca</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chinese Journal of Theoretical and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (6), pp.788-795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6052/0459-1879-2007-6-2006-518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00263914v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00263925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithme génétique à sélection parallèle. Application à l'identification paramétrique de CMO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Using strain energy-based prediction of effective elastic properties in topology optimization of material microstructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.M. Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.W. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.P. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 15(1), pp. 53-70</w:t>
+              <w:t xml:space="preserve">Journal Acta Mechanica Sinca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23 (1), pp. 77-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00019776v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00263914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithme hybride pour l'identification du comportement non-linéaire d'un composite à matrice organique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+                <w:t xml:space="preserve">Algorithme génétique à sélection parallèle. Application à l'identification paramétrique de CMO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stani Carbillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamine Boubakar</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Thiebaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15(1), pp. 53-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00019776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algorithme hybride pour l'identification du comportement non-linéaire d'un composite à matrice organique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stani Carbillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boubakar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thiebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2005, 15(1), pp. 71-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00019134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced Control Engineering for Frequency Stability in Quartz Oscillators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 3rd International Conference on Artificial Intelligence and Automation Control (AIAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris, France. pp.124-128, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AIAC68175.2025.11332406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Practical Cable Force Monitoring: A Label-Free Identification Strategy Using Deck Vibrations and Deep Feature Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuedi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Teng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ge Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongfa Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Conference on Smart Manufacturing, Structural Health Monitoring and Digital Twins, ICSSD 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Dongguan, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/atde251187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05482275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural network algorithm to analyze IR Spectroscopic data: Application to CO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Jun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Richard Dahoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Lakhlifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 3rd International Conference on Artificial Intelligence and Automation Control (AIAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris, France. pp.363-366, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AIAC68175.2025.11332355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crack depth measurement and 3D reconstruction for concrete structures: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anicet Barrios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haochen Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Jun Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 3rd International Conference on Artificial Intelligence and Automation Control (AIAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris, France. pp.152-158, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AIAC68175.2025.11332509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crack Edge Optimization Based on Image Processing and Ramer Douglas Peucker Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haochen Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanshuang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weifan Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baohua Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Conference on Smart Manufacturing, Structural Health Monitoring and Digital Twins (ICSSD 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Donnguan, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/atde251177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Electronic Noses and UAVs for Intelligent Gas Detection: A Review of Methods and Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meixia Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">He Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baohua Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 1st International Conference on Smart Manufacturing, Structural Health Monitoring and Digital Twins (ICSSD 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Dongguan, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/atde251175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancements and Challenges in UAV-Based Gas Detection: A Review of Emerging Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">He Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meixia Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baohua Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 1st International Conference on Smart Manufacturing, Structural Health Monitoring and Digital Twins (ICSSD 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Dongguan, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/atde251176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Algorithm-Driven and IoT-Enabled Framework for Web-Based Cognitive Training: Design and Evaluation of the Circle of Fate Game in UnityNeuroPlay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiang Yubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mogzhan Rasoulian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edris Haghshenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 3rd International Conference on Artificial Intelligence and Automation Control (AIAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris, France. pp.138-145, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AIAC68175.2025.11332556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of AI and machining learning in advanced material characterization</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Decadal Analysis of Agricultural Ammonia Distribution in China Using CAMS Data and Machine Learning Classifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raihana Abbasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengfan Teng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youliang Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Richard Lindsay Dahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Materials Science &amp; Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 2nd Asia Conference on Advances in Electrical and Power Engineering (ACEPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Shanghai, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACEPE67873.2025.11405537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04258585v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the possibility of determining fluctuations that could demonstrate the presence of particles interacting with photons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Contribution of AI and machining learning in advanced material characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haochen Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadhir Lebaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics for Energy III</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th International Conference on Materials Science &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France. pp.35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363230v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis and optimization of a vertical axis wind turbine with a flapped blade</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the possibility of determining fluctuations that could demonstrate the presence of particles interacting with photons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MODERN MATERIALS AND MANUFACTURING 2023</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0189470⟩</w:t>
+              <w:t xml:space="preserve">Photonics for Energy III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Beijing, France. pp.36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2689287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05058401v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiber to resonator coupling multicriteria optimization with COMSOL multiphysics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Numerical analysis and optimization of a vertical axis wind turbine with a flapped blade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaeddine Zereg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadhir Lebaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Aksas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Perez de Lara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Fiber Lasers and Glass Photonics : Materials through Applications III</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2621690⟩</w:t>
+              <w:t xml:space="preserve">MODERN MATERIALS AND MANUFACTURING 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Tallinn, Estonia. pp.030015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0189470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813218v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05058401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite element analysis and shape optimization of coronary stents structure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Numerical analysis and optimization of a vertical axis wind turbine with a flapped blade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaeddine Zereg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Lebaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Aksas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Samuel Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS ICNAAM 2020</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PROCEEDINGS OF THE INTERNATIONAL CONFERENCE ON RESEARCH ADVANCES IN ENGINEERING AND TECHNOLOGY - ITechCET 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Kerala, France. pp.030015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659523v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis and optimization of a vertical axis wind turbine with a flapped blade</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Stochastic buckling analysis of functionally graded porous beams reinforced with graphene platelets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahed Mohd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Talha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PROCEEDINGS OF THE INTERNATIONAL CONFERENCE ON RESEARCH ADVANCES IN ENGINEERING AND TECHNOLOGY - ITechCET 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS: ICNAAM2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Heraklion, France. pp.230002, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0210157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690928v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic buckling analysis of functionally graded porous beams reinforced with graphene platelets</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Finite element analysis and shape optimization of coronary stents structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadhir Lebaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS: ICNAAM2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0210157⟩</w:t>
+              <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS ICNAAM 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Rhodes, France. pp.380004, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0082016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690922v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of structural damping on impulse response of sandwich plates with FG-porous graphene reinforced core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Talha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS: ICNAAM2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Heraklion, France. pp.230001, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0210154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preface of the “Symposium on Numerical Analysis and Optimal Design of Materials and Structures”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jüri Majak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS ICNAAM 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Rhodes, France. pp.380001, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0081481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composite characterization using digital image correlation (DIC) approach for stress-strain prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yushen Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Numerical Analysis and Applied Mathematics: ICNAAM2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Heraklion, Greece. pp.230003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0213202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of new conceptual design for VTOL UAV with multi-level optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Yue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Lebaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham Medromi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL CONFERENCE OF NUMERICAL ANALYSIS AND APPLIED MATHEMATICS ICNAAM 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Rhodes, France. pp.380002, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0081408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria optimization of 3D printed wing using PLA reinforced with carbon fiber</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Fiber to resonator coupling multicriteria optimization with COMSOL multiphysics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Perez de Lara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Numerical Analysis and Applied Mathematics (ICNAAM) 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Fiber Lasers and Glass Photonics : Materials through Applications III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2621690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814544v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion on the principle of coupling and optimization of fiber-to-resonator coupling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multicriteria optimization of 3D printed wing using PLA reinforced with carbon fiber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Hao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Khaoula Abouzaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optics + Optoelectronics - Nonlinear Optics and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Numerical Analysis and Applied Mathematics (ICNAAM) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Rhodes, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03456166v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of fiber to resonator coupling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Discussion on the principle of coupling and optimization of fiber-to-resonator coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Optics + Optoelectronics - Nonlinear Optics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Online (Electronic Conference), France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2592258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993979v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03456166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized oven for optical resonator heating process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Optimization of fiber to resonator coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mikhail Zarubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optoelectronic Devices and Integration</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527150v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiber to resonator coupling simulation measure and optimization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimized oven for optical resonator heating process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Zarubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optoelectronic Devices and Integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Beijing, France. pp.4, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2539524⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2019, Beijing, France. pp.5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2539525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02527149v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiber to resonator coupling simulation measure and optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optoelectronic Devices and Integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Beijing, France. pp.4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2539524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03562447v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02527149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dedicated oven for optical resonator heating process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Fiber to resonator coupling simulation measure and optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mikhail Zarubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE/ COS Photonics Asia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2500664⟩</w:t>
+              <w:t xml:space="preserve">Optoelectronic Devices and Integration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Beijing, France. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2539524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131417v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03562447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal design of a crystalline and integrated resonator coupled with optical fibre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Dedicated oven for optical resonator heating process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Zarubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE/ COS Photonics Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2018, Beijing, China</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Oct 2018, Beijing, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2500664⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02366598v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification Scheme to Assess the Role of Interfacial Damage in a Hemp-Starch Biocomposite</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimal design of a crystalline and integrated resonator coupled with optical fibre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advanced Material and Manufacturing Science (ICAMMS 2012)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SPIE/ COS Photonics Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Beijing, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738938v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02366598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiobjective optimization on urban flooding using RSM and GA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification Scheme to Assess the Role of Interfacial Damage in a Hemp-Starch Biocomposite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamedene H'Bib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 International Conference on Civil Engineering and Building Materials (CEBM 2011)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.255-260.1627⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Advanced Material and Manufacturing Science (ICAMMS 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Beijing, China. pp.5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.875-877.524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01176157v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective optimization of thermal-elastic properties for multi-phase and multi-layer unidirectional composites</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Multiobjective optimization on urban flooding using RSM and GA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Xinggang,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rezoug,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raouf Hamzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. El Meouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EnginSoft International Conference 2009-CAE Technologies for Industry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2011 International Conference on Civil Engineering and Building Materials (CEBM 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Kunming, China. pp.1627--1631, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.255-260.1627⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00441168v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01176157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective optimization of thermal-elastic properties for multi-phase and multi-layer composite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId403" w:history="1">
+                <w:t xml:space="preserve">Multi-objective optimization of thermal-elastic properties for multi-phase and multi-layer unidirectional composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.J. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.H. Zhang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.H. Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Congress on Structural and Multidisciplinary Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">EnginSoft International Conference 2009-CAE Technologies for Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Bergame, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00441105v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00441168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fibre angle reconstruction for variable stiffness panels including curvature constraints</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Multi-objective optimization of thermal-elastic properties for multi-phase and multi-layer composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.J. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Z. Gurdal</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Conference on Space Structures, Materials &amp; Mechanical Testing, CNES/ESA/DLR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Toulouse, France</w:t>
+              <w:t xml:space="preserve">8th World Congress on Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00441171v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00441105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure modeling and prediction of effective elastic properties of multi-phase and multi-layer woven/braided composite</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Fibre angle reconstruction for variable stiffness panels including curvature constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Klees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.T. Ijsselmuiden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.M. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">W.H. Zhang</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Gurdal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First Joint French-Dutch-Chinese Workshop on Composites Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">11th European Conference on Space Structures, Materials &amp; Mechanical Testing, CNES/ESA/DLR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389330v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00441171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous layout design of supports and structures systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
+                <w:t xml:space="preserve">Microstructure modeling and prediction of effective elastic properties of multi-phase and multi-layer woven/braided composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.J. Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.H. Zhang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Congress on Structural and Multidisciplinary Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">First Joint French-Dutch-Chinese Workshop on Composites Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00441107v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective optimization in composites materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Simultaneous layout design of supports and structures systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Joint French-Deutch-Chinese Workshop on Composites Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">8th World Congress on Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00441172v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00441107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategy for handling industrial constraints of laminated composite structures with genetic algorithm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Multi-objective optimization in composites materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop : Advancements in Design Optimization of Materials, Structures and Mechanical Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Xian, China</w:t>
+              <w:t xml:space="preserve">1st Joint French-Deutch-Chinese Workshop on Composites Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331515v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00441172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization by an hybrid strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multicriteria optimisation application to laminated composite structures subject to industrial constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">W.H. Zhang</w:t>
+                <w:t xml:space="preserve">F.X. Irisarri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Composites and Aircraft Materials : damage and fatigue diagnositcs</w:t>
+              <w:t xml:space="preserve">International Symposium on Composites and Aircraft Materials : damage and fatigue diagnostics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Agadir, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331521v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria optimisation application to laminated composite structures subject to industrial constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Multicriteria optimisation of composite material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Composites and Aircraft Materials : damage and fatigue diagnostics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Agadir, Morocco</w:t>
+              <w:t xml:space="preserve">International Workshop on Advancements of Mechanics, Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Xi'an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331520v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria optimisation of composite material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strategy for handling industrial constraints of laminated composite structures with genetic algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+                <w:t xml:space="preserve">F.X. Irisarri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Advancements of Mechanics, Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Xi'an, China</w:t>
+              <w:t xml:space="preserve">International Workshop : Advancements in Design Optimization of Materials, Structures and Mechanical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Xian, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00331518v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of mechanical properties of composite materials using finite element/genetic algorithm approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Optimization by an hybrid strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.H. Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Dijon, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Composites and Aircraft Materials : damage and fatigue diagnositcs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Agadir, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158502v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00331521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal of fibres orientation and stacking order for composite laminate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Optimization of resign transfer moulding process by a virtual manufacturing and a genetic algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F.X. Irisarri</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.H. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guessasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Conference of Simulation and Multidisciplinary Design Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Belfort, France</w:t>
+              <w:t xml:space="preserve">3rd European Conference on Computational Mechanics, Solids, Structures and Coupled Problems in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00179270v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00019136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of resign transfer moulding process by a virtual manufacturing and a genetic algorithms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multicriteria optimization of laminate composite structures subject to industrial constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Guessasma</w:t>
+                <w:t xml:space="preserve">F.X. Irisarri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd European Conference on Computational Mechanics, Solids, Structures and Coupled Problems in Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, France</w:t>
+              <w:t xml:space="preserve">7th World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Los Angeles, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00019136v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00179266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria optimization of laminate composite structures subject to industrial constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Functional design through a PLM system for automatic creation of optimized 3D models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Bluntzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F.X. Irisarri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Los Angeles, United States</w:t>
+              <w:t xml:space="preserve">2nd Conference of Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Belfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00179266v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional design through a PLM system for automatic creation of optimized 3D models</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Multicriteria optimization of laminated composite structures subjected to industrial constraintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Conference of Simulation and Multidisciplinary Design Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Belfort, France</w:t>
+              <w:t xml:space="preserve">WCCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Los Angeles, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020349v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria optimization of laminated composite structures subjected to industrial constraintes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Optimization multi-objective de composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Los Angeles, United States</w:t>
+              <w:t xml:space="preserve">MIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Boston, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158515v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization multi-objective de composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Topologie optimization with heuristic approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Boston, États-Unis</w:t>
+              <w:t xml:space="preserve">Northwestern Polytechnical University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Xi'an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158558v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topologie optimization with heuristic approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal of fibres orientation and stacking order for composite laminate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+                <w:t xml:space="preserve">F.X. Irisarri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Northwestern Polytechnical University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Xi'an, China</w:t>
+              <w:t xml:space="preserve">2nd Conference of Simulation and Multidisciplinary Design Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Belfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158503v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00179270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte des contraintes en optimisation multi-critères de structures composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Identification of mechanical properties of composite materials using finite element/genetic algorithm approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Journées Thématiques AMERICO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Matériaux 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158673v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle approche pour une identification paramétrique d'un CMO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Optimisation topologique de structures par la théorie des graphes couplée à un algorithme génétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lamine Boubakar</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubker Ait Brik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées Nationales sur les Composites (JNC 14)</w:t>
+              <w:t xml:space="preserve">Congrès International de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00019782v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural topology optimization using geometric algorithm coupled with the graph theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">A hybrid computational strategy for identification of a non linear composite model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Renaud</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Computation of Shell and Spatial Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Salsburg, Austria</w:t>
+              <w:t xml:space="preserve">Proceedings of the 8th International Conference on the Application of Artificial Intelligence to Civil, Structural and Environmental Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, France. Paper 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020338v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation topologique de structures par la théorie des graphes couplée à un algorithme génétique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Parameter identification of a non linear model of a composite laminate shell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Boubker Ait Brik</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boulbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de Mécanique</w:t>
+              <w:t xml:space="preserve">5th International Conference on Computation of Shell and Spatial Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020348v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid computational strategy for identification of a non linear composite model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">On-linear updating model of a small-scale bridge using genetic algorithm with parallel selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Zapico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gonzales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 8th International Conference on the Application of Artificial Intelligence to Civil, Structural and Environmental Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, France. Paper 37</w:t>
+              <w:t xml:space="preserve">Proceedings of the 10th International Conference on Civil, Structural and Environmental Engineering Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, France. Paper 248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020343v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter identification of a non linear model of a composite laminate shell</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Prise en compte des contraintes en optimisation multi-critères de structures composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lamine Boubakar</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Maire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Computation of Shell and Spatial Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, France</w:t>
+              <w:t xml:space="preserve">4èmes Journées Thématiques AMERICO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020345v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-linear updating model of a small-scale bridge using genetic algorithm with parallel selection</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Structural topology optimization using geometric algorithm coupled with the graph theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Renaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 10th International Conference on Civil, Structural and Environmental Engineering Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, France. Paper 248</w:t>
+              <w:t xml:space="preserve">5th International Conference on Computation of Shell and Spatial Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Salsburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020342v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des paramètres opératoires sur le rendement de projection dansles dépôts d'alumine-rutile</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">2004</w:t>
+                <w:t xml:space="preserve">Nouvelle approche pour une identification paramétrique d'un CMO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hicham Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stani Carbillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boubakar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14èmes Journées Nationales sur les Composites (JNC 14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00019942v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00019782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of non linear model parameters for composite laminates</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Influence des paramètres opératoires sur le rendement de projection dansles dépôts d'alumine-rutile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lamine Boubakar</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Aissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fenineche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00020025v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00019942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Identification of non linear model parameters for composite laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stani Carbillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bassir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Boubakar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Topology optimization of shell structures using parallel genetic algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Zapico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, pp.71-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00019941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15098,241 +15323,241 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unfiltered Sonographic Images for Kidney Study: Evaluating YOLO Variants with Attention Mechanisms for Anatomical Segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Jalil Jawadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Hemmati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ata Jahangir Moshayedi</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tahmineh Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 3rd International Conference on Artificial Intelligence and Automation Control (AIAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris, France. IEEE, pp.371-377, 2026, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AIAC68175.2025.11332390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart Manufacturing, Structural Health Monitoring and Digital Twins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 1st International Conference (ICSSD 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Dongguan, China. 80, Sage-IOS, 2025, 978-1-64368-630-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/atde80⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15342,830 +15567,830 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Experimental Study of the Vortical Structures in Supersonic Steam Jet Impinged on to the Wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afrasyab Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khairuddin Sanaullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Alexandrovich Taranenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Vladimirovich Sinitsin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of The 7th International Conference on Mechanical, System and Control Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Singapore, pp.106-122, 2025, Lecture Notes in Mechanical Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-96-5380-5_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crack Detection in Civil Infrastructure: A Method-Scenario Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haochen Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weifan Gu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baohua Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Multidisciplinary Design Optimization and Applications (MDOA 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 631, pp.01001, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/e3sconf/202563101001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05119517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Study on the Transition from the Convective to Absolute Instabilities in Steam Water Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Alexandrovich Taranenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Vladimirovich Sinitsin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 1st International Conference on Smart Manufacturing, Structural Health Monitoring and Digital Twins (ICSSD 2025), Dongguan, China, 26-28 June 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/atde251172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Crack Detection on Concrete Using Non-Destructive Approaches Based on Yolo Series: Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haochen Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juri Majak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Machinery, Materials Science and Engineering Application X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IOS Press, 2024, Advances in Transdisciplinary Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/ATDE240712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An improved approach for thick functionally graded beams under bending vibratory analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Lebaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Boutahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Talha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhoucine Boutahar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine Learning Aided Analysis, Design, and Additive Manufacturing of Functionally Graded Porous Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.215-237, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-443-15425-6.00003-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An improved approach for thick functionally graded beams under bending vibratory analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Lebaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Boutahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Talha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lhoucine Boutahar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jie Yang; Da Chen; Kang Gao. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine Learning Aided Analysis, Design, and Additive Manufacturing of Functionally Graded Porous Composite Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Elsevier, pp.215 - 237, 2024, 9780443154256. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-443-15425-6.00003-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of the AI and ML Approaches for Prediction Analysis in Welding: Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Machinery, Materials Science and Engineering Application IX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IOS Press, 2023, Advances in Transdisciplinary Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/ATDE230560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16175,131 +16400,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification paramétrique de structure composite à l'aide d'un algorithme génétique à sélection parallèle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stani Carbillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamine Boubakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00020312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId469"/>
+      <w:footerReference w:type="default" r:id="rId477"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16367,51 +16592,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0C84888A"/>
+    <w:nsid w:val="A3688598"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16598,51 +16823,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-bassir" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5364-9992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253122899" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504733v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Jahangir Moshayedi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanu Shuvam Roy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utsab Karan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Jun Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bassir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4108/airo.11438" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438894v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Hamdi Ateyeh Al-Shqeerat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hamed Al Abadleh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar Sharma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pankaj Kumar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghanshyam G Tejani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eij.2025.100874" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240592v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haochen Chang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Barrios" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongfa Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2025.106452" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240585v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prakash Chandra Sahu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buddhadeva Sahoo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarat Chandra Swain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghanshyam Tejani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-12275-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119532v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaochao Qiu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongke Liang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5279530" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378608v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Abdul Rahim Khan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Ali Aljarallah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashit Kumar Dutta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shtwai Alsubai" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Jalaleddin Mousavirad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2025.111645" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466008v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394547v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Hadi Noori Skandari" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiandong Hu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Razi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37256/cm.7120267320" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119531v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5275807" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916321v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tauqeer Ahmad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Sulaiman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahad Sameer Alshammari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaylen Laouini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints202501.1072.v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321264v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.112706" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119521v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fractalfract9040225" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119519v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fubo Cao" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialong Song" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenxia Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Su" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexin Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.141626" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124737v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingjun Gao" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengkai Wang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjun Zhang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44245-025-00110-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240579v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Xue" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhui Lu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3598970" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119524v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Hu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Shen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Lu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Tao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3176/proc.2025.2.05" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516122v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119506v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaeddine Zereg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taher Bouzaher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Lebaal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202563102001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119515v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Brunel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Choquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202563102003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478366v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Shen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuyang Wu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihao Zheng" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinhua Hu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.565179" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119520v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Luo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Lei" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bao" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3176/proc.2025.2.12" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916331v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afrasyab Khan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khairuddin Sanaullah" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Alexandrovich Taranenko" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Vladimirovich Sinitsin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints202501.1384.v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916275v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazl Ullah Fazal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fractalfract8110671" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690925v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Luo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shufan Cai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limei Zeng" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2024012" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690913v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansheng Lin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Hu" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-024-11562-w" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690911v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuedi Chen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwei Zhao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-024-02792-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363237v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guolin Song" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengzhu Shen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiulin Li" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15071334" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363238v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomei Yang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Hu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Teng" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13169128" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543983v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaocheng Yan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Cheng" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14759217221137931" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006412v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land12030525" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363235v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lodge" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;ri Majak" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2023005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03670519v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yue" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Abouzaid" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Salzenstein" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0163955" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006438v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linqing Yang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zejun Han" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13021192" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629414v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Belhabib" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Nouri" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14051013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006450v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2022.111747" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006498v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Zheng" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Yang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Zhou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2022015" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675910v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Jin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12105181" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006430v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12178689" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006465v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiqiao Zhang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ac7940" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148909v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abouzaid" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yue" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11029-021-09925-6" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550566v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Boukraa" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tawfik Chekifi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Aissani" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3176/proc.2021.4.20" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408231v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Boutahar" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math9121422" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408232v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boukraa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aissani" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebaal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mataoui" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1140/1/012050" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408230v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Medromi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Ding" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1972/1/012103" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527141v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Van Biesbroeck" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Shang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219876220410054" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562448v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Xu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22055/jacm.2020.35529.2676" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155828v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gomes" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12112651" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551782v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Majak" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Shvartsman" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ratas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pohlak" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2020.101290" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527148v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarjus Kirs" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Eerme" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Tungel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.799.230" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331702v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belhabib" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Chouaf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2019011" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527152v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyang Hong" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijie Chen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simin Cheng" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.24530" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331706v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.034" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-684GKTB2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527151v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elkedim" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhang" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-017-3871-1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527153v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2017003" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527155v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Adnane" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sadik" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Talal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2016008" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527157v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi L. Hedjazi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2014.10.031" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527156v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Zitouni" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Hamzaoui" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2015.06.035" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300249v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Kedim" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwu Huang" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773221v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hbib" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guessasma" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benseddiq" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2011.05.015" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649902v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani El Meouche" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Gang Tang" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Rezoug" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabbar Hamzaoui" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.255-260.1627" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658354v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2009.12.001" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NX4W52H8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665639v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2009.09.051" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXS36VH7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389250v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Irisarri" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hicham Bassir" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Maire" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2009.01.011" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4RJH6MR1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389341v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingang Tang" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-010-9125-z" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441086v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Zhu" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Zhang" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659430v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Boubakar" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2008.04.007" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389259v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389264v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamine Boubakar" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263932v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Zapico Valle" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Hong Zhang" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chamoret" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ijsmdo:2007000" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263917v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Zapico" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Placeres Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Alonso" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ijsmdo:2007005" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263925v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiping Sun" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kepeng Qiu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongze Guo" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6052/0459-1879-2007-6-2006-518" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263914v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Dai" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.W. Wang" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.P. Sun" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019776v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stani Carbillet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019134v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Richard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thiebaud" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493367v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefebvre" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332406" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482275v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Zhang" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251187" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480416v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Richard Dahoo" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Lakhlifi" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332355" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477893v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332509" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331400v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanshuang Zhang" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weifan Gu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baohua Guo" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251177" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331413v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meixia Wang" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Lu" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251175" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331410v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251176" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473974v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Yubin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogzhan Rasoulian" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edris Haghshenas" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332556" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258585v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363230v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2689287" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058401v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Aksas" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0189470" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813218v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez de Lara" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621690" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659523v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Taddei" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roth" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0082016" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690928v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690922v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahed Mohd" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Talha" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0210157" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690918v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Shakir" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0210154" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659519v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0081481" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690919v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zheng" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yushen Cai" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0213202" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659514v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0081408" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814544v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Hao" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456166v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2592258" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993979v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527150v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Zarubin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2539525" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527149v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2539524" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562447v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131417v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2500664" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366598v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738938v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedene H'Bib" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.875-877.524" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176157v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Xinggang," TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rezoug," TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Hamzaoui" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Meouche" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441168v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Xu" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441105v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441171v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Klees" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.T. Ijsselmuiden" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Abdalla" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Gurdal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389330v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441107v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beckers" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441172v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331515v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331521v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Cheng" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331520v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331518v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158502v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179270v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019136v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179266v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020349v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gomes" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Bluntzer" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158515v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158558v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158503v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158673v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019782v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020338v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020348v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubker Ait Brik" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020343v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020345v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boulbes" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020342v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Zapico" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzales" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019942v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aissaoui" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fenineche" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020025v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019941v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473983v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Jalil Jawadi" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Hemmati" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahmineh Mokhtari" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332390" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331422v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde80" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119528v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5380-5_11" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119517v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202563101001" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331348v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251172" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916338v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri Majak" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE240712" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916344v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoucine Boutahar" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15425-6.00003-1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363233v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363231v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE230560" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020312v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-bassir" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5364-9992" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253122899" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05567565v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bassir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym18060771" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438894v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Hamdi Ateyeh Al-Shqeerat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Hamed Al Abadleh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar Sharma" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pankaj Kumar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghanshyam G Tejani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eij.2025.100874" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550335v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Jahangir Moshayedi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanu Shuvam Roy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utsab Karan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjun Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4108/airo.11438" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaochao Qiu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongke Liang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ling Yin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5279530" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119531v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haochen Chang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Barrios" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongfa Chen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5275807" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916321v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tauqeer Ahmad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Sulaiman" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahad Sameer Alshammari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaylen Laouini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints202501.1072.v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394547v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Hadi Noori Skandari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiandong Hu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Razi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37256/cm.7120267320" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Abdul Rahim Khan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Ali Aljarallah" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashit Kumar Dutta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shtwai Alsubai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Jalaleddin Mousavirad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2025.111645" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466008v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.112706" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119521v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fractalfract9040225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119519v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fubo Cao" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialong Song" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenxia Wang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Su" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexin Zhang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.141626" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124737v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingjun Gao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengkai Wang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44245-025-00110-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240579v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Xue" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhui Lu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3598970" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119524v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Hu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Shen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Lu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Tao" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3176/proc.2025.2.05" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516122v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119506v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaeddine Zereg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taher Bouzaher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Lebaal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202563102001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119515v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Brunel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Choquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202563102003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119520v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Luo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Lei" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bao" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3176/proc.2025.2.12" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478366v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Shen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuyang Wu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihao Zheng" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinhua Hu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.565179" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916331v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afrasyab Khan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khairuddin Sanaullah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Alexandrovich Taranenko" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Vladimirovich Sinitsin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints202501.1384.v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2025.106452" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240585v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prakash Chandra Sahu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buddhadeva Sahoo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarat Chandra Swain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghanshyam Tejani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-12275-1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690913v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansheng Lin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Hu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-024-11562-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690911v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuedi Chen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiwei Zhao" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-024-02792-2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916275v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazl Ullah Fazal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fractalfract8110671" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690925v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Luo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shufan Cai" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Limei Zeng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2024012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363237v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guolin Song" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengzhu Shen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiulin Li" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15071334" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363238v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomei Yang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Hu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Teng" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13169128" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543983v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaocheng Yan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Cheng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14759217221137931" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006412v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land12030525" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363235v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lodge" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;ri Majak" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2023005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03670519v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yue" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Abouzaid" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Salzenstein" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0163955" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006438v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linqing Yang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zejun Han" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13021192" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629414v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Belhabib" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Nouri" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14051013" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006450v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2022.111747" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006498v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Zheng" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Yang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Zhou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2022015" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675910v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Jin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12105181" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006430v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12178689" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04006465v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiqiao Zhang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ac7940" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148909v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abouzaid" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yue" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11029-021-09925-6" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550566v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Boukraa" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tawfik Chekifi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Aissani" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3176/proc.2021.4.20" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408231v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Boutahar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math9121422" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408232v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boukraa" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aissani" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebaal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mataoui" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1140/1/012050" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408230v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Medromi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Ding" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1972/1/012103" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527141v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Van Biesbroeck" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Shang" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219876220410054" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562448v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Xu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22055/jacm.2020.35529.2676" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155828v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gomes" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12112651" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551782v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Majak" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Shvartsman" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ratas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pohlak" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2020.101290" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527148v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarjus Kirs" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Eerme" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Tungel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.799.230" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331702v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belhabib" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Chouaf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2019011" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527152v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyang Hong" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijie Chen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simin Cheng" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.24530" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331706v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.034" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-684GKTB2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527151v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Elkedim" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-017-3871-1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527153v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2017003" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527155v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Adnane" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sadik" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Talal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2016008" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527157v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi L. Hedjazi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2014.10.031" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527156v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Zitouni" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Hamzaoui" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2015.06.035" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300249v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar El Kedim" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwu Huang" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773221v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hbib" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guessasma" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benseddiq" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2011.05.015" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649902v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani El Meouche" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing Gang Tang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Rezoug" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabbar Hamzaoui" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.255-260.1627" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658354v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2009.12.001" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NX4W52H8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665639v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2009.09.051" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXS36VH7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389250v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Irisarri" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hicham Bassir" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Maire" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2009.01.011" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4RJH6MR1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389341v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingang Tang" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-010-9125-z" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389259v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659430v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Boubakar" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2008.04.007" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441086v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Zhu" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Zhang" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389264v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamine Boubakar" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263917v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Zapico" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Placeres Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Alonso" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ijsmdo:2007005" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263932v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Zapico Valle" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Hong Zhang" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chamoret" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ijsmdo:2007000" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263925v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiping Sun" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kepeng Qiu" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongze Guo" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6052/0459-1879-2007-6-2006-518" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263914v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.M. Dai" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.W. Wang" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.P. Sun" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019776v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stani Carbillet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019134v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Richard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thiebaud" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493367v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefebvre" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332406" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482275v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Zhang" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251187" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480416v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Jun Zhang" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Richard Dahoo" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Lakhlifi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332355" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477893v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332509" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331400v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanshuang Zhang" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weifan Gu" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baohua Guo" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251177" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331413v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meixia Wang" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Lu" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251175" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331410v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251176" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473974v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Yubin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogzhan Rasoulian" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edris Haghshenas" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332556" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539108v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raihana Abbasi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengfan Teng" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youliang Chen" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Richard Lindsay Dahoo" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEPE67873.2025.11405537" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258585v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363230v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2689287" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058401v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Aksas" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0189470" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690928v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690922v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahed Mohd" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Talha" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0210157" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659523v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Taddei" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roth" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0082016" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690918v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Shakir" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0210154" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659519v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0081481" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690919v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zheng" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yushen Cai" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0213202" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659514v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0081408" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813218v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perez de Lara" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621690" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814544v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Hao" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456166v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2592258" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993979v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527150v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Zarubin" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2539525" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527149v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2539524" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562447v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131417v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2500664" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366598v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738938v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedene H'Bib" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.875-877.524" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176157v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Xinggang," TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rezoug," TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Hamzaoui" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Meouche" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441168v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Xu" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441105v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441171v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Klees" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.T. Ijsselmuiden" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Abdalla" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Gurdal" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389330v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441107v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beckers" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441172v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331520v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331518v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331515v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331521v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Cheng" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019136v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179266v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020349v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gomes" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Bluntzer" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158515v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158558v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158503v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179270v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158502v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020348v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubker Ait Brik" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020343v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020345v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boulbes" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020342v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Zapico" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gonzales" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158673v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020338v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Renaud" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019782v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019942v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aissaoui" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fenineche" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020025v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019941v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473983v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Jalil Jawadi" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Hemmati" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahmineh Mokhtari" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIAC68175.2025.11332390" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331422v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde80" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119528v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5380-5_11" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119517v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202563101001" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331348v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/atde251172" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916338v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri Majak" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE240712" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916344v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoucine Boutahar" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15425-6.00003-1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363233v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363231v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE230560" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020312v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>