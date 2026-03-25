--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -369,563 +369,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fire regimes of the Cerrado and their changes through time</w:t>
+                <w:t xml:space="preserve">Decapod community composition is seasonally driven by different environmental factors in an estuarine-coastal gradient (Eastern Brazil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlota Segura-Garcia</w:t>
+                <w:t xml:space="preserve">Ronaldo Oliveira-Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ane Alencar</w:t>
+                <w:t xml:space="preserve">Mariana Antunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vera L S. Arruda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Bauman</w:t>
+                <w:t xml:space="preserve">Joelson Musiello-Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wallace Silva</w:t>
+                <w:t xml:space="preserve">Rodrigo Guéron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Audrey Pichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2023.0460⟩</w:t>
+              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 85, pp.104135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rsma.2025.104135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05119194v1</w:t>
+                <w:t xml:space="preserve">hal-05037719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aboveground biomass in Australian tropical forests now a net carbon source</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hannah Carle</w:t>
+                <w:t xml:space="preserve">The fire regimes of the Cerrado and their changes through time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlota Segura-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ane Alencar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera L S. Arruda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Oliver Binks</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallace Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-025-09497-8⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 380, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2023.0460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05317359v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05119194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site-specific nutrient data reveal the importance of soils in driving the Mycorrhizal make-up of woody vegetation worldwide</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aboveground biomass in Australian tropical forests now a net carbon source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I.A. Dickie</w:t>
+                <w:t xml:space="preserve">Hannah Carle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Adu-Bredu</w:t>
+                <w:t xml:space="preserve">Ingrid Coughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.J. Allen</w:t>
+                <w:t xml:space="preserve">Oliver Binks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (1), e13936 [13 p.]. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 646 (8085), pp.611-618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/geb.13936⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-09497-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04839912v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05317359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decapod community composition is seasonally driven by different environmental factors in an estuarine-coastal gradient (Eastern Brazil)</w:t>
+                <w:t xml:space="preserve">Site-specific nutrient data reveal the importance of soils in driving the Mycorrhizal make-up of woody vegetation worldwide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronaldo Oliveira-Filho</w:t>
+                <w:t xml:space="preserve">Xiaobin Hua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Antunes</w:t>
+                <w:t xml:space="preserve">C.H. Lusk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelson Musiello-Fernandes</w:t>
+                <w:t xml:space="preserve">I.A. Dickie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Guéron</w:t>
+                <w:t xml:space="preserve">S. Adu-Bredu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen Audrey Pichler</w:t>
+                <w:t xml:space="preserve">K.J. Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 85, pp.104135. </w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (1), e13936 [13 p.]. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rsma.2025.104135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/geb.13936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05037719v1</w:t>
+                <w:t xml:space="preserve">hal-04839912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Road‐River Intersections (Bridges) Negatively Affect Plant Species Diversity and Ecological Attributes</w:t>
               </w:r>
@@ -1551,51 +1551,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions of height allometry and within-species trait variation to uncertainty in estimates of tropical forest carbon stocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Carle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Neeman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1603,51 +1603,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Murphy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Binks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -1679,295 +1679,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ectomycorrhizal fungi are influenced by ecoregion boundaries across Europe</w:t>
+                <w:t xml:space="preserve">The unexpected influence of legacy conspecific density dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Delhaye</w:t>
+                <w:t xml:space="preserve">Lukas Magee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sietse van der Linde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Bauman</w:t>
+                <w:t xml:space="preserve">Joseph Lamanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. David L Orme</w:t>
+                <w:t xml:space="preserve">Amy Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura M Suz</w:t>
+                <w:t xml:space="preserve">Robert W. Howe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuanming Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/geb.13837⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04555514v1</w:t>
+                <w:t xml:space="preserve">hal-04631348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The unexpected influence of legacy conspecific density dependence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ectomycorrhizal fungi are influenced by ecoregion boundaries across Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Lamanna</w:t>
+                <w:t xml:space="preserve">Guillaume Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Wolf</w:t>
+                <w:t xml:space="preserve">Sietse van der Linde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert W. Howe</w:t>
+                <w:t xml:space="preserve">C. David L Orme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuanming Lu</w:t>
+                <w:t xml:space="preserve">Laura M Suz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (6), </w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (6), pp.e13837. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.14449⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/geb.13837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631348v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04555514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage to tropical forests caused by cyclones is driven by wind speed but mediated by topographical exposure and tree characteristics</w:t>
               </w:r>
@@ -2087,77 +2087,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human land occupation regulates the effect of the climate on the burned area of the Brazilian Cerrado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlota Segura-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera L S. Arruda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane A C. Alencar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2345,295 +2345,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04477184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate anomalies and neighbourhood crowding interact in shaping tree growth in old‐growth and selectively logged tropical forests</w:t>
+                <w:t xml:space="preserve">Can local ecological knowledge establish conservation baselines for the Critically Endangered Blue‐crowned Laughingthrush?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Nemetschek</w:t>
+                <w:t xml:space="preserve">Rosalind A Gleave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Derroire</w:t>
+                <w:t xml:space="preserve">Sarah K Papworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Marcon</w:t>
+                <w:t xml:space="preserve">Steven J Portugal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélaine Aubry-Kientz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Johanna Auer</w:t>
+                <w:t xml:space="preserve">Weiwei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.14256⟩</w:t>
+              <w:t xml:space="preserve">People and Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (3), pp.1262-1276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pan3.10643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04429206v1</w:t>
+                <w:t xml:space="preserve">hal-04576133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can local ecological knowledge establish conservation baselines for the Critically Endangered Blue‐crowned Laughingthrush?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Climate anomalies and neighbourhood crowding interact in shaping tree growth in old‐growth and selectively logged tropical forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Nemetschek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosalind A Gleave</w:t>
+                <w:t xml:space="preserve">Géraldine Derroire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah K Papworth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Bauman</w:t>
+                <w:t xml:space="preserve">Eric Marcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven J Portugal</w:t>
+                <w:t xml:space="preserve">Mélaine Aubry-Kientz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weiwei Zhang</w:t>
+                <w:t xml:space="preserve">Johanna Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">People and Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6 (3), pp.1262-1276. </w:t>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 112 (3), pp.590-612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pan3.10643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.14256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04576133v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niche breadth of Amazonian trees increases with niche optimum across broad edaphic gradients</w:t>
               </w:r>
@@ -2881,291 +2881,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04066663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medicinal Vitex species (Lamiaceae) occupy different niches in Haut-Katanga tropical dry woodlands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tropical tree mortality has increased with rising atmospheric water stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fortunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvatora Nsenga Nkulu</w:t>
+                <w:t xml:space="preserve">Yadvinder Malhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Meerts</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lucas A. Cernusak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5091/plecevo.89394⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 608 (7923), pp.528-533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-022-04737-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03940737v1</w:t>
+                <w:t xml:space="preserve">hal-03672212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tropical tree mortality has increased with rising atmospheric water stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Medicinal Vitex species (Lamiaceae) occupy different niches in Haut-Katanga tropical dry woodlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatora Nsenga Nkulu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Meerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Ilunga Wa Ilunga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylor Ngoy Shutcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 608 (7923), pp.528-533. </w:t>
+              <w:t xml:space="preserve">Plant Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 155 (2), pp.236-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-022-04737-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5091/plecevo.89394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03672212v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional susceptibility of tropical forests to climate change</w:t>
               </w:r>
@@ -3311,51 +3311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Fortunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas A. Cernusak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa P. Bentley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3524,782 +3524,782 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jbi.13475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02091064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human land occupation regulates the effect of the climate on the burned area of the Cerrado biome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Segura-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vera L. S. Arruda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Alencar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imma Oliveras Menor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. en ligne [2 p.], </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-10377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction to causal inference from observational data in Ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence annuelle du GDR d'Ecologie Statistique EcoStat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GdR Écologie Statistique, Oct 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pantropical tree growth response to climate and the mediation effect of species functional traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean M. Mcmahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yadvinder Malhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami W. Rifai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ATBC 2022 - 58. Annual Meeting of the Association for Tropical Biology and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for Tropical Biology and Conservation, Jul 2022, Cartagena, Colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04079572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tropical forest demography and the interactive influences of climate and species traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tupper Seminar at Smithsonian Tropical Research Institute (STRI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Smithsonian Tropical Research Institute, May 2022, Panama City, Panama</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Climate change effects on tree growth are mediated by local average climate in tropical moist forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Mcmahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yadvinder Malhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver L. Philips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Farfan-Rios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Ecological Society Annual Meeting 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Liverpool, United Kingdom. 1 p. multigr., 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04840497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decapod Community Composition is Seasonally Driven by Different Environmental Factors in an Estuarine-Coastal Gradient (Eastern Brazil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronaldo Oliveira-Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Antunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelson Musiello-Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Guéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Audrey Pichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04711528v1</w:t>
-              </w:r>
-[...580 lines deleted...]
-                <w:t xml:space="preserve">hal-04840497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4598,51 +4598,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05416976v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Weemstra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Zambrano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bauman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fortunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Natalia Uma&#241;a" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70212" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05361130v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Jayne Carle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Nicotra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Evans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AA.evq3c9twr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119194v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlota Segura-Garcia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Alencar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera L S. Arruda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace Silva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2023.0460" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05317359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Carle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Coughlin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Binks" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09497-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839912v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobin Hua" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.H. Lusk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Dickie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adu-Bredu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Allen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13936" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05037719v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo Oliveira-Filho" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Antunes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelson Musiello-Fernandes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Gu&#233;ron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Audrey Pichler" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104135" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908461v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Rievrs Borges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez-Sargas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casajus" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Carboni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.70011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839718v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno X. Pinho" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.P.L. Melo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J.F. ter Braak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mar&#233;chaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02592-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05326072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas J Magee" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J B Smith" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Po-Ju Ke" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene C Mull-Landau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70197" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05361114v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean M Mcmahon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Johnson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70141" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05317321v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kauane Maiara Bordin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas a M Pugh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra C M&#252;ller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver L Phillips" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70175" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441947v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Neeman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Murphy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/forestry/cpaf084" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04555514v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delhaye" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sietse van der Linde" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David L Orme" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Suz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13837" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04631348v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Magee" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lamanna" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Wolf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W. Howe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanming Lu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14449" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04577783v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ibanez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin&#8208;ichiro Aiba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Bellingham" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17317" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04656967v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane A C. Alencar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imma Oliveras Menor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01521-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04477184v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garcia Luize" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans ter Steege" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Palma&#8208;silva" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#234;da Le&#227;o Do Amaral" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14816" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04429206v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Nemetschek" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Derroire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marcon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Aubry-Kientz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Auer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.14256" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04576133v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind A Gleave" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah K Papworth" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Portugal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10643" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098939v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Vleminckx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Valverde Barrantes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Timothy Paine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4053" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04066663v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jossart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille V.E. Moreau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sauc&#232;de" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Christiansen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-023-11066-3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940737v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatora Nsenga Nkulu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meerts" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ilunga Wa Ilunga" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylor Ngoy Shutcha" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5091/plecevo.89394" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672212v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadvinder Malhi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas A. Cernusak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-04737-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722114v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Aguirre-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Berenguer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Javier Corral-Rivas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-022-01747-6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03454584v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa P. Bentley" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean M. Mcmahon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15982" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02091064v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fayolle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Swaine" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aleman" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akomian F Azihou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13475" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04711528v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888271v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Segura-Garcia" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera L. S. Arruda" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alencar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10377" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771753v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04079572v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami W. Rifai" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771787v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840497v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Mcmahon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver L. Philips" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Farfan-Rios" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224470v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Naito Rita" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakai Masaru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.springsdata.org/PDF/GlobalSpringsReduced.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05416976v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Weemstra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Zambrano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bauman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fortunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Natalia Uma&#241;a" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70212" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05361130v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Jayne Carle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Nicotra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Evans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AA.evq3c9twr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05037719v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo Oliveira-Filho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Antunes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelson Musiello-Fernandes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Gu&#233;ron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Audrey Pichler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104135" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119194v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlota Segura-Garcia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Alencar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera L S. Arruda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallace Silva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2023.0460" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05317359v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Carle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Coughlin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Binks" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09497-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839912v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaobin Hua" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.H. Lusk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.A. Dickie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adu-Bredu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Allen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13936" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908461v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Rievrs Borges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez-Sargas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casajus" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Carboni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.70011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839718v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno X. Pinho" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.P.L. Melo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J.F. ter Braak" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mar&#233;chaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02592-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05326072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas J Magee" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J B Smith" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Po-Ju Ke" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene C Mull-Landau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70197" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05361114v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean M Mcmahon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Johnson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70141" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05317321v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kauane Maiara Bordin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas a M Pugh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra C M&#252;ller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver L Phillips" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70175" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441947v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Neeman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Murphy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/forestry/cpaf084" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04631348v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Magee" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lamanna" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Wolf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert W. Howe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanming Lu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14449" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04555514v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delhaye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sietse van der Linde" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. David L Orme" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Suz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13837" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04577783v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ibanez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin&#8208;ichiro Aiba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J Bellingham" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17317" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04656967v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane A C. Alencar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imma Oliveras Menor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01521-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04477184v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garcia Luize" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans ter Steege" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Palma&#8208;silva" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#234;da Le&#227;o Do Amaral" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14816" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04576133v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind A Gleave" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah K Papworth" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J Portugal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10643" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04429206v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Nemetschek" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Derroire" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marcon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Aubry-Kientz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Auer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.14256" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04098939v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Vleminckx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Valverde Barrantes" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Timothy Paine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4053" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04066663v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jossart" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille V.E. Moreau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sauc&#232;de" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Christiansen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-023-11066-3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03672212v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadvinder Malhi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas A. Cernusak" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-04737-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940737v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatora Nsenga Nkulu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meerts" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ilunga Wa Ilunga" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylor Ngoy Shutcha" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5091/plecevo.89394" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722114v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Aguirre-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Berenguer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Javier Corral-Rivas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-022-01747-6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03454584v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa P. Bentley" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean M. Mcmahon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15982" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02091064v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fayolle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Swaine" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aleman" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akomian F Azihou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13475" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888271v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Segura-Garcia" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera L. S. Arruda" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alencar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10377" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771753v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04079572v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami W. Rifai" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771787v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840497v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Mcmahon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver L. Philips" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Farfan-Rios" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04711528v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224470v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Naito Rita" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakai Masaru" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.springsdata.org/PDF/GlobalSpringsReduced.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>