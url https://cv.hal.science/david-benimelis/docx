--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -234,325 +234,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic effect of tryptamine-urea derivatives to overcome the chromosomally-mediated colistin resistance in Klebsiella pneumoniae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of the maximum bioaccumulation capacity of various metals in leaves of two Tillandsia species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Benfodda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bénimélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaimae Majdi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alix Pantel</w:t>
+                <w:t xml:space="preserve">Damien Herfurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bmc.2024.117604⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-024-33183-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419733v1</w:t>
+                <w:t xml:space="preserve">hal-04535649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the maximum bioaccumulation capacity of various metals in leaves of two Tillandsia species</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zohra Benfodda</w:t>
+                <w:t xml:space="preserve">Synergistic effect of tryptamine-urea derivatives to overcome the chromosomally-mediated colistin resistance in Klebsiella pneumoniae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaimae Majdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dessolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Bourgeois</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dunyach-Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Herfurth</w:t>
+                <w:t xml:space="preserve">Alix Pantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100, pp.117604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-024-33183-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2024.117604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535649v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of amino juglone derivatives with adjuvant activity against clinical isolated methicillin-resistant staphylococcus aureus strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Majdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Seghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -642,51 +642,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of PhoP Response Regulator inhibition to overcome resistance in Gram-negative clinical bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Majdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Duvauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -694,51 +694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Seghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dunyach-Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 64 (4), pp.107298. </w:t>
@@ -1155,325 +1155,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and Identification of Flavones Responsible for the Antibacterial Activities of Tillandsia Bergeri Extracts.</w:t>
+                <w:t xml:space="preserve">Microwave-assisted synthesis of new environmentally friendly biodegradable and antibacterial heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mame-Marietou Lo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Dunyach-Rémy</w:t>
+                <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Duvauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Roulard</w:t>
+                <w:t xml:space="preserve">Maya Ogawa-Okada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naofumi Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.2c04195⟩</w:t>
+              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10311-022-01522-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03823329v1</w:t>
+                <w:t xml:space="preserve">hal-03805578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave-assisted synthesis of new environmentally friendly biodegradable and antibacterial heterocycles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentin Duvauchelle</w:t>
+                <w:t xml:space="preserve">Isolation and Identification of Flavones Responsible for the Antibacterial Activities of Tillandsia Bergeri Extracts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mame-Marietou Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Benfodda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dunyach-Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naofumi Yamamoto</w:t>
+                <w:t xml:space="preserve">Romain Roulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (40), pp.35851--35862. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10311-022-01522-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.2c04195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03805578v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03823329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction and Identification of Volatile Organic Compounds Emitted by Fragrant Flowers of Three Tillandsia Species by HS-SPME/GC-MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mame-Marietou Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Benfodda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1563,51 +1563,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a HS-SPME/GC-MS Method for the Extraction and Identification of the Volatile Compounds Emitted by Flowers of Tillandsia xiphioides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mame-Marietou Lo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Benfodda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1710,51 +1710,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, Structure Elucidation, Antibacterial Activities, and Synergistic Effects of Novel Juglone and Naphthazarin Derivatives Against Clinical Methicillin-Resistant Staphylococcus aureus Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Duvauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Majdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3270,51 +3270,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational design, synthesis and antimicrobial properties of thiophene derivatives that inhibit bacterial histidine kinases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Benfodda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Boibessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3501,282 +3501,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01998540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addendum to Abstracts presented at the 14th International Congress on Amino Acids, Peptides and Proteins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of 5-trifluoromethylproline from L-glutamic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ortial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajesh Dave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Benfodda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bénimèlis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meffre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Congress on Amino Acids, Peptides and Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2015, Vienna, Austria. pp.615-636</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Aug 2015, Wien, Austria. pp.615-636, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00726-015-2160-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02002708v1</w:t>
+                <w:t xml:space="preserve">hal-02010135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of 5-trifluoromethylproline from L-glutamic acid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addendum to Abstracts presented at the 14th International Congress on Amino Acids, Peptides and Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Benfodda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bénimèlis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ortial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Congress on Amino Acids, Peptides and Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2015, Wien, Austria. pp.615-636, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Aug 2015, Vienna, Austria. pp.615-636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00726-015-2160-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02010135v1</w:t>
+                <w:t xml:space="preserve">hal-02002708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of acetylenic analogue of phenylalanine.</w:t>
               </w:r>
@@ -4317,77 +4317,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergistic Effects of Novel Naphthoquinone Derivatives Against Clinical Methicilin-Resistant Staphylococcus aureus Strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Duvauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Majdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dunyach-Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4442,51 +4442,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and biological evaluations of new families of histidine kinases inhibitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Duvauchelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Boibessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4548,277 +4548,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and synthesis of novel HLM 006474 derivatives.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Didier Maréchal</w:t>
+                <w:t xml:space="preserve">Synthesis of thiophene derivatives: Potential new inhibitors of histidine kinases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miyanou Rosales-Hurtado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Boibessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Zschiedrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bénimélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th ISCB international conference-Frontier research in chemistry&amp;biology interface.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, JAIPUR, India</w:t>
+              <w:t xml:space="preserve">Rencontres en Chimie Organique Biologique (Recob 17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Aussois, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01998366v1</w:t>
+                <w:t xml:space="preserve">hal-01997587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of thiophene derivatives: Potential new inhibitors of histidine kinases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Bénimélis</w:t>
+                <w:t xml:space="preserve">Design and synthesis of novel HLM 006474 derivatives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Benfodda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerardo Cebrian Cebrian-Torrejon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bourguet Romane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sciortino Giuseppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Didier Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres en Chimie Organique Biologique (Recob 17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Aussois, France. </w:t>
+              <w:t xml:space="preserve">24th ISCB international conference-Frontier research in chemistry&amp;biology interface.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, JAIPUR, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01997587v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Novel Triazole Amino Acids Analogues of Natural Amino Acids</w:t>
               </w:r>
@@ -5552,51 +5552,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gonzalez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Benfodda" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;nim&#233;lis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Fontaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2025.102576" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419733v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae Majdi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dessolin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dunyach-R&#233;my" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pantel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2024.117604" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535649v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Herfurth" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-33183-3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689127v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Seghir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehan Wegrich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djilali Behilil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2024.107627" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674063v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Duvauchelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2024.107298" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419754v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thesnor" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryland Giebelhaus" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paulina de la Mata Espinosa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harynuk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28237882" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725030v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12070628" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550954v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meffre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27030925" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03823329v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame-Marietou Lo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Roulard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c04195" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805578v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyanou Rosales-Hurtado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Ogawa-Okada" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naofumi Yamamoto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01522-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334373v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11090594" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243914v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier J.-X. Fontaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c00917" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446358v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dunyach-Remy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2021.773981" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02470894v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;nim&#232;lis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chopineau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roig" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Habauzit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.01.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859944v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Reginato" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2628-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495029v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Abrioux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1573406412666160404125718" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404310v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Boibessot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1588300" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540958v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-016-2276-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543599v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Zschiedrich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.6b00580" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002634v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Benfodda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rolland" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-015-1917-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-014-1902-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936061v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benimelis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roig" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2013.11.006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00969187v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ortial" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajesh Dave" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1340553" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806502v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400581v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998540v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002708v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010135v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-015-2160-5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993416v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-013-1540-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621161v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rolland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine C. Acher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-011-0955-6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1977F1DK-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010124v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vierling" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-007-0578-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998510v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700525v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333120v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998366v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Cebrian Cebrian-Torrejon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourguet Romane" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sciortino Giuseppe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mar&#233;chal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997587v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011261v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998338v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Szurmant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998273v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998205v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998193v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gonzalez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Benfodda" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;nim&#233;lis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Fontaine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2025.102576" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535649v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Herfurth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-33183-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419733v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae Majdi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dessolin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dunyach-R&#233;my" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Pantel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2024.117604" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689127v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Seghir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehan Wegrich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djilali Behilil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2024.107627" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674063v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Duvauchelle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2024.107298" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419754v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thesnor" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryland Giebelhaus" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paulina de la Mata Espinosa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harynuk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28237882" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725030v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12070628" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550954v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meffre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27030925" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805578v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyanou Rosales-Hurtado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Ogawa-Okada" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naofumi Yamamoto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01522-w" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03823329v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame-Marietou Lo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Roulard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.2c04195" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334373v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11090594" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243914v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier J.-X. Fontaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.1c00917" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446358v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dunyach-Remy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2021.773981" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02470894v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;nim&#232;lis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chopineau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roig" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Habauzit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.01.015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859944v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Reginato" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2628-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495029v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Abrioux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1573406412666160404125718" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404310v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Boibessot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jean" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1588300" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540958v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-016-2276-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543599v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Zschiedrich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.6b00580" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002634v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Benfodda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Val&#232;re Naubron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rolland" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-015-1917-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-014-1902-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936061v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benimelis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roig" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2013.11.006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00969187v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ortial" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajesh Dave" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0033-1340553" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806502v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400581v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998540v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010135v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-015-2160-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002708v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993416v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-013-1540-y" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621161v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rolland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine C. Acher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-011-0955-6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1977F1DK-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010124v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vierling" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-007-0578-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998510v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700525v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333120v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997587v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998366v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Cebrian Cebrian-Torrejon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourguet Romane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sciortino Giuseppe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mar&#233;chal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011261v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998338v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Szurmant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998273v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998205v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998193v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>