--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1311,303 +1311,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PubMed, PubMed Central et l'Open Science</w:t>
+                <w:t xml:space="preserve">Les réseaux sociaux en recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaires sur l'Open Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 13, Dec 2018, Bobigny, France</w:t>
+              <w:t xml:space="preserve">Journées francophones de nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Francophone de Nutrition Clinique et Métabolisme; Société française de Nutrition, Nov 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975521v1</w:t>
+                <w:t xml:space="preserve">hal-01986260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude AccLiMed 18 Accès à la Littérature Médicale 2018. Les premiers résultats</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PubMed, PubMed Central et l'Open Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e journée nationale des bibliothécaires et documentalistes en santé (JNBDS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaires sur l'Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 13, Dec 2018, Bobigny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01875773v1</w:t>
+                <w:t xml:space="preserve">hal-01975521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réseaux sociaux en recherche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude AccLiMed 18 Accès à la Littérature Médicale 2018. Les premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Francophone de Nutrition Clinique et Métabolisme; Société française de Nutrition, Nov 2018, Nice, France</w:t>
+              <w:t xml:space="preserve">2e journée nationale des bibliothécaires et documentalistes en santé (JNBDS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986260v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration professionnels de la santé et professionnels de l’info-doc.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Héry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2378,51 +2378,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Héry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2440,51 +2440,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration professionnels de la santé et professionnels de l’info-doc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Héry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2901,51 +2901,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA09D6F5"/>
+    <w:nsid w:val="6CFEF563"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3132,51 +3132,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-benoist" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0552-5864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11427326X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/191834134" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066879v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benoist" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tanesie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gebeil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schafer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464596v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Najm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gossec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Weill" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Berenbaum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/14730" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115703v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hery" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mac&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boutet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2016010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EC39E7052638003E071CC1B993B690A854790AC7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116796v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://memsic.ccsd.cnrs.fr/mem_00000436v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://memsic.ccsd.cnrs.fr/mem_00409599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Weill" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://memsic.ccsd.cnrs.fr/mem_01871162v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chaigne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gouiran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Le Gall" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Verneuil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216700v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337133v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144788v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ghuzel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326535v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975521v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875773v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic H&#233;ry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986260v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646264v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076101v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116799v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271113v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aziza" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Besserer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271108v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nola N&#8217;diaye" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905660v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331562v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Barnab&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Montembeault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02127809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01940374v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01876736v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01645030v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01378599v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffray Brunaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Groffe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pillot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04365644v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Efrati" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rioux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-benoist" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0552-5864" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11427326X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/191834134" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066879v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benoist" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tanesie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gebeil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schafer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464596v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Najm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gossec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Weill" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Berenbaum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/14730" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115703v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hery" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mac&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boutet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pmed/2016010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EC39E7052638003E071CC1B993B690A854790AC7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116796v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://memsic.ccsd.cnrs.fr/mem_00000436v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://memsic.ccsd.cnrs.fr/mem_00409599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Weill" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://memsic.ccsd.cnrs.fr/mem_01871162v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chaigne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gouiran" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Le Gall" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Verneuil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216700v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337133v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144788v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ghuzel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326535v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986260v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975521v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875773v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic H&#233;ry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646264v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076101v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116799v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271113v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aziza" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Besserer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271108v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nola N&#8217;diaye" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905660v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331562v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Barnab&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Montembeault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02127809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01940374v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01876736v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01645030v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01378599v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950198v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffray Brunaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Groffe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pillot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04365644v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Efrati" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rioux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>