--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -766,238 +766,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01162101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A unified structure for crowd simulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Kraemer</w:t>
+                <w:t xml:space="preserve">Représentation efficace des maillages volumiques multirésolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Untereiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cazier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bechmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Animation and Virtual Worlds</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Electronique Francophone d'Informatique Graphique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (1), pp.1-13</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208549v1</w:t>
+                <w:t xml:space="preserve">hal-01162102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation efficace des maillages volumiques multirésolutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Untereiner</w:t>
+                <w:t xml:space="preserve">A unified structure for crowd simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kraemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cazier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Bechmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Electronique Francophone d'Informatique Graphique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Animation and Virtual Worlds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (3), pp.311--320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cav.1449⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01162102v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système de prédiction pour la détection de collisions dans un environnement déformable</w:t>
               </w:r>
@@ -3199,217 +3199,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle générique pour la manipulation de maillages multirésolution</w:t>
+                <w:t xml:space="preserve">A general and efficient representation for multiresolution meshes: application to quad/triangle subdivision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kraemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bechmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées AFIG 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Région indéterminée. pp.41--48</w:t>
+              <w:t xml:space="preserve">Proceedings of CCCG'07 (Canadian Conference on Computational Geometry)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Région indéterminée. pp.257--260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208561v1</w:t>
+                <w:t xml:space="preserve">hal-01208563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A general and efficient representation for multiresolution meshes: application to quad/triangle subdivision</w:t>
+                <w:t xml:space="preserve">Un modèle générique pour la manipulation de maillages multirésolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kraemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cazier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bechmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of CCCG'07 (Canadian Conference on Computational Geometry)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Unknown, Région indéterminée. pp.257--260</w:t>
+              <w:t xml:space="preserve">Journées AFIG 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Région indéterminée. pp.41--48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208563v1</w:t>
+                <w:t xml:space="preserve">hal-01208561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiresolution Half-Edges</w:t>
               </w:r>
@@ -4200,51 +4200,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397409v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Joachim Paulus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Haouchine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong-Ho Kong" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Vianna Soares" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cazier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-016-1502-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162099v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Paulus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Untereiner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Courtecuisse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cotin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-015-1123-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162098v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kraemer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bechmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12667" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208548v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pitiot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jund" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Habibi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cav.1581" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2QS8JSPJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162101v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gmod.2013.03.003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0PH0NHZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208549v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cav.1449" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2V3J3L0P-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208556v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufourd" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208557v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrina Boltcheva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kern" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Thery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208558v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-008-0211-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7287D54FD14025A7EABF44880CA8A6E09FBDAA83/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208566v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208568v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capobianco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chibout" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegdwinde Kontiebo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184498v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph J. Paulus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cotin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24553-9_51" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184495v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208546v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208547v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162100v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Th&#233;ry" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02335-9_27" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208550v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162103v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cazier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208552v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hijazi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162104v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208551v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208554v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2010.22" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208553v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208555v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208559v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208562v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208561v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208563v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208560v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208567v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208569v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208570v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208571v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208572v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208564v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Minich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397409v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Joachim Paulus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Haouchine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seong-Ho Kong" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Vianna Soares" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cazier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11548-016-1502-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162099v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Paulus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Untereiner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Courtecuisse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cotin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-015-1123-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162098v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kraemer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bechmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12667" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208548v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pitiot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jund" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Habibi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cav.1581" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2QS8JSPJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162101v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gmod.2013.03.003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0PH0NHZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162102v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208549v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cav.1449" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2V3J3L0P-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208556v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufourd" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208557v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrina Boltcheva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kern" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Thery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208558v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-008-0211-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7287D54FD14025A7EABF44880CA8A6E09FBDAA83/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208566v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208568v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capobianco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chibout" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pegdwinde Kontiebo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184498v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph J. Paulus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cotin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24553-9_51" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184495v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208546v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208547v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162100v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Th&#233;ry" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-02335-9_27" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208550v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162103v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cazier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208552v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hijazi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162104v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208551v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208554v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2010.22" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208553v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208555v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208559v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208562v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208563v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208561v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208560v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208567v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208569v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208570v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208571v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208572v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208564v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Minich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>