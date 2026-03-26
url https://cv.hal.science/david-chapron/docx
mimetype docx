--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2791,307 +2791,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01551770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal behavior of PVDF/PMMA blends by differential scanning calorimetry and vibrational spectroscopies (Raman and Fourier-Transform Infrared)</w:t>
+                <w:t xml:space="preserve">Complementarities of high energy WAXS and Raman spectroscopy measurements to study the crystalline phase orientation in polypropylene blends during tensile test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Veitmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Chapron</w:t>
+                <w:t xml:space="preserve">Marc Ponçot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bizet</w:t>
+                <w:t xml:space="preserve">Julien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Devismes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Guilment</w:t>
+                <w:t xml:space="preserve">Samuel Chaudemanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schenk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Testing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2015.10.004⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 80, pp.27-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2015.10.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01227888v1</w:t>
+                <w:t xml:space="preserve">hal-03957585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementarities of high energy WAXS and Raman spectroscopy measurements to study the crystalline phase orientation in polypropylene blends during tensile test</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermal behavior of PVDF/PMMA blends by differential scanning calorimetry and vibrational spectroscopies (Raman and Fourier-Transform Infrared)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Martin</w:t>
+                <w:t xml:space="preserve">Marie Veitmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Chaudemanche</w:t>
+                <w:t xml:space="preserve">S. Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Ferry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schenk</w:t>
+                <w:t xml:space="preserve">S. Devismes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Guilment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polymer Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48, pp.120-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2015.10.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2015.10.040⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03957585v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01227888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature dependence of Raman scattering and anharmonic properties in LiNbO3</w:t>
               </w:r>
@@ -4805,98 +4805,212 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OL.27.002028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plateforme Spectroscopie du LMOPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.H. Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Groupe Français de Spectroscopie Vibrationelle - GFSV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02140496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetry forbidden Raman lines activated by photorefractivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninel Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4955,73 +5069,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laser Physics 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Ashtarak, Armenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTEREST OF IN SITU-RAMAN SPECTROSCOPY IN THE OPTIMIZATION OF PIEZOELECTRIC FIBERS FOR THE DEVELOPMENT OF ENERGY HARVESTERS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5080,539 +5194,539 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autex 2019 - 19th World Textile Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, GENT (Ghent), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03218532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking of Raman selection rules in photorefractive iron doped Lithium Niobate crystals</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Couplage spectrométrie Raman et rhéomètrie/ tensiométrie pour le suivi de polymérisations homogènes et hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bourson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Desbrieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dropsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Hoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Journées de Groupe Française de Spectroscopie Vibrationnelle (GFSV)</w:t>
+              <w:t xml:space="preserve">24èmes Journées du Groupe Français de Spectroscopie Vibrationnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Ventron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01796615v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02518967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen vacancies in SrTiO3 highlighted by Raman spectroscopy and principal component analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.D. Fontana</w:t>
+                <w:t xml:space="preserve">Breaking of Raman selection rules in photorefractive iron doped Lithium Niobate crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninel Kokanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Bazzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edvard Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Cordero</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Workshop Fundamental physics of ferroelectrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Washington, United States</w:t>
+              <w:t xml:space="preserve">24ème Journées de Groupe Française de Spectroscopie Vibrationnelle (GFSV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Ventron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744827v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie Raman d’une matrice polypropylène chimiquement modifiée et déformée pour l’élaboration d’un nanocomposite GNP/graphène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxygen vacancies in SrTiO3 highlighted by Raman spectroscopy and principal component analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.D. Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chapron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Létoffé</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Cordero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24èmes Journées du Groupe Français de Spectroscopie Vibrationnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Ventron, France</w:t>
+              <w:t xml:space="preserve">2018 Workshop Fundamental physics of ferroelectrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518947v1</w:t>
+                <w:t xml:space="preserve">hal-01744827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage spectrométrie Raman et rhéomètrie/ tensiométrie pour le suivi de polymérisations homogènes et hétérogènes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Hoppe</w:t>
+                <w:t xml:space="preserve">Cartographie Raman d’une matrice polypropylène chimiquement modifiée et déformée pour l’élaboration d’un nanocomposite GNP/graphène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Létoffé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ponçot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Royaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Canilho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Pasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24èmes Journées du Groupe Français de Spectroscopie Vibrationnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Ventron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518967v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02518947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Raman sensor applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5654,73 +5768,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Sensors Engineering and Electronics Instrumentation Advances (SEIA' 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Moscow, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01618496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lithium niobate, a ferroelectric and versatile material for optical applications: structure control and optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5762,73 +5876,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIT’s 3rd Annual World Congress of Smart Materials-2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01520608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photorefractive Lithium Niobate crystals: light polarisation rotation highlighted by transmission Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninel Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5870,73 +5984,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photorefractive Photonics 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Qingdao, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01571579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Zr doping on the structure of Lithium Niobate crystals: Site spectroscopy and Chemometrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninel Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5978,87 +6092,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NAMES'16</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01394285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Exploitation of Optical Signal from Raman Spectroscopy for In-Situ Conversion Monitoring of Emulsion Polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Dropsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6099,100 +6213,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd International Conference of the Polymer Processing Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Polymer Processing Society, Jul 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01498461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrational Structure of Ca-Doped Ferroelectric BaTiO3 Crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bejaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.H. Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6220,310 +6334,327 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Ferroelectricity. Intern. Workshop on relaxor ferroelectrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Matsue, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman sensors for the control and improvement of optical materials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H. Chaynes</w:t>
+                <w:t xml:space="preserve">In situ monitoring of Emulsion Polymerization using Raman Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dropsit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, Alakiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bourson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Hoppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Materials and Applications for Sensors and Transducers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Mykonos, Greece</w:t>
+              <w:t xml:space="preserve">. Fourth International Symposium Frontiers in Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Riva Del Garda, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01227863v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02518414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithium niobate, a versatile material for many applications in optoelectronics: recent developments</w:t>
+                <w:t xml:space="preserve">Raman sensors for the control and improvement of optical materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">N. Kokanyan</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.H. Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chaynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Meeting on Materials for Electronic Applications: IMMEA-2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">5th International Conference on Materials and Applications for Sensors and Transducers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Mykonos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01227838v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01227863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation by Raman micro-probe of local structural changes in various LiNbO3 devices</w:t>
+                <w:t xml:space="preserve">Lithium niobate, a versatile material for many applications in optoelectronics: recent developments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kokanyan</w:t>
@@ -6541,214 +6672,197 @@
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advances in Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Stony Brook (NY), United States</w:t>
+              <w:t xml:space="preserve">International Meeting on Materials for Electronic Applications: IMMEA-2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01227828v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01227838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ monitoring of Emulsion Polymerization using Raman Spectroscopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">, Alakiss</w:t>
+                <w:t xml:space="preserve">Investigation by Raman micro-probe of local structural changes in various LiNbO3 devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.D. Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bourson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Fourth International Symposium Frontiers in Polymer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Riva Del Garda, Italy</w:t>
+              <w:t xml:space="preserve">International Conference on Advances in Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Stony Brook (NY), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518414v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01227828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of PVDF with Raman spectroscopy : from off-line to on-line measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Veitmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6757,123 +6871,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devisme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Spectroscopy and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01117160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de films PVDF par spectroscopie Raman : une étude off-line vers une étude on-line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Veitmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6882,123 +6996,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devisme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GFSV XX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01117165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi in situ de la polymérisation en émulsion du styrène par spectroscopie Raman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dropsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7053,73 +7167,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43ème Congrès Annuel du Groupe Français des Polymères (GFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photorefractive properties probed by Raman spectroscopy in ferroelectric materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7128,123 +7242,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zaltron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Argiolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECAPD 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01227825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization monitoring of PVDF α- and β-phases by Raman Spectroscopy and DSC analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Veitmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7253,163 +7367,163 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Devisme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Symposium on Polymer Analysis and Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Les Diablerets, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01117167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheo-raman monitoring of acrylic acid polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brun Nadège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dropsit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7424,323 +7538,302 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Symposium on Polymer Analysis and Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Les Diablerets, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time - dependent shift of the Raman frequencies induced by photorefractive effect in Fe - doped Lithium Niobate</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Argiolas</w:t>
+                <w:t xml:space="preserve">Etude comparative par spectroscopies Raman et d'absorption des cristaux ONL LYSB, NdYSB, PrYSB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Kokh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Photorefractive Effects, Materials and Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Winchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journées Nationales des Cristaux pour l'Optique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Cherbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866725v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence of photorefractive phenomena in lithium niobate and its polaron-based interpretation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Argiolas</w:t>
+                <w:t xml:space="preserve">Characterization of AYSB (A=La, Nd, Pr) nonlinear optical crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jobard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kokh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on Stoichiometric LiNbO3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Goslar, Germany</w:t>
+              <w:t xml:space="preserve">Advanced Solid-State Laser Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866719v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00877937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal behavior of optical phonons in Lithium Niobate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7769,505 +7862,526 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Meeting on Ferroelectricity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00866724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Dependent shift of the Raman frequency induced by photorefractive effect of Fe-doped Lithium Niobate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature dependence of photorefractive phenomena in lithium niobate and its polaron-based interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bazzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.D. Fontana</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zaltron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Argiolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur les cristaux Optiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Cherbourg, France</w:t>
+              <w:t xml:space="preserve">International workshop on Stoichiometric LiNbO3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Goslar, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866709v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature dependence and anharmonic behaviour of optical phonons in LiNbO3</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time - dependent shift of the Raman frequencies induced by photorefractive effect in Fe - doped Lithium Niobate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bazzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zaltron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Argiolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on Stoichiometric LiNbO3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Goslar, Germany</w:t>
+              <w:t xml:space="preserve">14th International Conference on Photorefractive Effects, Materials and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Winchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866720v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude comparative par spectroscopies Raman et d'absorption des cristaux ONL LYSB, NdYSB, PrYSB</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Maillard</w:t>
+                <w:t xml:space="preserve">Time-Dependent shift of the Raman frequency induced by photorefractive effect of Fe-doped Lithium Niobate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kokanyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A.E. Kokh</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bazzan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales des Cristaux pour l'Optique</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur les cristaux Optiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Cherbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00866831v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of AYSB (A=La, Nd, Pr) nonlinear optical crystals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Maillard</w:t>
+                <w:t xml:space="preserve">Temperature dependence and anharmonic behaviour of optical phonons in LiNbO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Kokh</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Solid-State Laser Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">International workshop on Stoichiometric LiNbO3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Goslar, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00877937v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00866720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi original d’une réaction de polymérisation : Couplage spectroscopie Raman et rhéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8326,73 +8440,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GFSV, 18ème Journées de spectroscopie vibrationnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIte Raman spectroscopy of dopant ions in LiNbO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8401,339 +8515,339 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bazzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kokanyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICDIM 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Santa Fe, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00728940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real time and in situ monitoring of a polymerization reaction by Raman spectroscopy and Rheological Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Falk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCIX 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Kansas City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00740513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ca- incorporation in BaTiO3 lattice probed by Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bejaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICDIM 20012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Santa Fe, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00728942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphite doped polymers: What can provide the Raman spectroscopy ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8762,73 +8876,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Organic Electronics and Nanophotonics 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Anger, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00642603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New optical sensors for in situ analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8837,275 +8951,275 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.D. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Filliung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FACSS 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Reno, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00642571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capteurs spectrométriques Raman pour le contrôle de matériaux pour l'optoélectronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.H. Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Margueron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mignoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Journée d'études du Club SOOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00642559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Raman optical sensors for in situ analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Margueron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.H. Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9133,198 +9247,198 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Organic Electronics and Nanophotonics 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00642608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ blood analysis by Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Unipan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third Scientific EOS Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00644752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raman Spectroscopy and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9340,296 +9454,182 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Travelling Summer School on Microwaves and Lightwaves (ITSS 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00555034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All–optical induction of enantiomer resolution in a racemic mixture of molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lemercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE's 48th Annual Meeting - The International Symposium on Optical Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society of Photo-Optical Instrumentation Engineers (SPIE), Aug 2003, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002932v1</w:t>
-              </w:r>
-[...112 lines deleted...]
-                <w:t xml:space="preserve">hal-02140496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId255"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9784,51 +9784,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448623v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15989-3.00003-1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03218611v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Simon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chapron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colomban" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/books/9782813002556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.4199" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01517975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Fontana" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Kauffmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763687v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu Ottapilakkal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Juyal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Sundaram" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Vuong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Beck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.4c01129" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mballo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vuong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.127030" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03405714v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kottathodi Bicy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poncot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.51208" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03383171v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rangel Euzcateguy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Parajua&#8208;sejil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Averlant-Petit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.126908" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03163716v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Talbourdet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lemort" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cochrane" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6081" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301461v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bazzan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vittadello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edvard Kokanyan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49801-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218503v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cordero" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontana" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5115106" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346584v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dropsit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hoppe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5738" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01893737v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dropsit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Desbrieres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Durand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5489" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01521301v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guilment" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Veitmann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467226v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc D. Fontana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4977849" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01520183v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bejaoui Ouni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aroui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978507" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582077v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/867/1/012035" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01521307v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ney" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chaynes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Huguenin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02430360v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ben Hafsia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pon&#231;ot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Royaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dahoun" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-016-0984-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384362v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kohlmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Chevrel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Meimaroglou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201500079" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XFT3NW0M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01532748v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezhda Kononova" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Shevchenko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kokh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Nabeeva" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1980-5373-MR-2016-0081" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01551770v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0013-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227888v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veitmann" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bizet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devismes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2015.10.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S15FRS8J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957585v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pon&#231;ot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chaudemanche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schenk" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.10.040" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002530v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kokanyan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-014-8485-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117120v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Chevrel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Brun" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2013.11.039" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZ5436HL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117100v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceat.201300421" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5SV0XRFL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117149v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Froger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dabos-Seignon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. No&#235;l" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouteville" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518335v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Filliung" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Finqueneisel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Riondel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.4577" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KWJQGG1F-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385633v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bazzan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zaltron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Argiolas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4826628" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806854v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itab Youssef" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lius Schrauwen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.4279" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L1D1CS9H-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771210v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mortazavi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hassouna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laachachi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rajabpour" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahzi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2012.11.017" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHKLDRXM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771218v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kashyap" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ball" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.03.054" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2MNGJF58-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771032v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hoppe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie302054k" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00644378v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.E. Mouedden" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Toniazzo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2011.10.005" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F1GLQTQB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443193v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Girtan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Le Pommelec" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988451v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Apostoluk" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gadret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchta Sahraoui" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nunzi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.27.002028" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305195v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218532v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796615v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01744827v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cordero" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518947v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien L&#233;toff&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Canilho" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pasc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518967v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01618496v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01520608v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571579v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394285v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498461v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Dropsit" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01744799v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bejaoui" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227863v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227838v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227828v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518414v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=, Alakiss" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117160v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devisme" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117165v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520523v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227825v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaltron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Argiolas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117167v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520584v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Nad&#232;ge" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866725v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bazzan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866719v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866724v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866709v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866720v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866831v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maillard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maillard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Kokh" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877937v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jobard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kokh" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523465v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728940v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kokanyan" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740513v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Chevrel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Falk" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728942v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642603v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642571v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brun" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Filliung" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642559v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joseph" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Margueron" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mignoni" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642608v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644752v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Unipan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Marchetti" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Claverie" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555034v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002932v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemercier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Alexandre" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140496v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448623v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15989-3.00003-1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03218611v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Simon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chapron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninel Kokanyan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colomban" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/books/9782813002556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.4199" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01517975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Fontana" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Kauffmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763687v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu Ottapilakkal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Juyal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Sundaram" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Vuong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Beck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.4c01129" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mballo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vuong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2022.127030" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03405714v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kottathodi Bicy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rouxel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poncot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.51208" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03383171v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rangel Euzcateguy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Parajua&#8208;sejil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Averlant-Petit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.126908" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03163716v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Talbourdet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lemort" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cochrane" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.6081" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301461v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bazzan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vittadello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edvard Kokanyan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49801-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218503v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cordero" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontana" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5115106" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346584v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dropsit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hoppe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5738" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01893737v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dropsit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Desbrieres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Durand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5489" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01521301v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guilment" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Veitmann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467226v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc D. Fontana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4977849" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01520183v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bejaoui Ouni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aroui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978507" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582077v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/867/1/012035" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01521307v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ney" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chaynes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Huguenin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02430360v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ben Hafsia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pon&#231;ot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Royaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dahoun" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-016-0984-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384362v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kohlmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Chevrel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Meimaroglou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201500079" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XFT3NW0M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01532748v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezhda Kononova" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vyacheslav Shevchenko" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kokh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Nabeeva" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1980-5373-MR-2016-0081" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01551770v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0013-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957585v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pon&#231;ot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chaudemanche" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferry" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schenk" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.10.040" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227888v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veitmann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bizet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devismes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2015.10.004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S15FRS8J-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002530v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kokanyan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-014-8485-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117120v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Chevrel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Brun" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2013.11.039" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZ5436HL-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117100v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceat.201300421" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5SV0XRFL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117149v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Froger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dabos-Seignon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. No&#235;l" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouteville" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518335v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Filliung" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Finqueneisel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Riondel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.4577" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KWJQGG1F-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385633v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bazzan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zaltron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Argiolas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4826628" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806854v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itab Youssef" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lius Schrauwen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.4279" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L1D1CS9H-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771210v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mortazavi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hassouna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laachachi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rajabpour" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahzi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2012.11.017" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHKLDRXM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771218v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kashyap" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ball" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.03.054" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2MNGJF58-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771032v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hoppe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie302054k" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00644378v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.E. Mouedden" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Toniazzo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2011.10.005" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F1GLQTQB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443193v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Girtan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Le Pommelec" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988451v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Apostoluk" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gadret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchta Sahraoui" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nunzi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.27.002028" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140496v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305195v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218532v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518967v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796615v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01744827v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cordero" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518947v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien L&#233;toff&#233;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Canilho" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pasc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01618496v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01520608v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571579v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394285v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498461v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Dropsit" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01744799v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bejaoui" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518414v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=, Alakiss" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227863v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227838v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01227828v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117160v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devisme" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117165v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520523v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227825v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zaltron" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Argiolas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117167v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520584v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Nad&#232;ge" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866831v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maillard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maillard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Kokh" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877937v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jobard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kokh" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866724v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866719v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bazzan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866725v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866709v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866720v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523465v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728940v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kokanyan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740513v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Chevrel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Falk" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728942v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642603v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642571v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brun" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Filliung" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642559v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joseph" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Margueron" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mignoni" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642608v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644752v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Unipan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Marchetti" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Claverie" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555034v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002932v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemercier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Alexandre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Andraud" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>