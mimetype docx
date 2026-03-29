--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -234,277 +234,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de zones dopées distribuées pour la réalisation d'un switch SPDT à 5 GHz</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intégration de zones dopées distribuées pour la réalisation d’un filtre accordable en bande passante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Allanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allanic Rozenn</w:t>
+                <w:t xml:space="preserve">Yves Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chouteau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes</w:t>
+              <w:t xml:space="preserve">22èmes journées nationales microondes (JNM 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03694116v1</w:t>
+                <w:t xml:space="preserve">hal-03699804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de zones dopées distribuées pour la réalisation d’un filtre accordable en bande passante</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Allanic</w:t>
+                <w:t xml:space="preserve">Intégration de zones dopées distribuées pour la réalisation d'un switch SPDT à 5 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allanic Rozenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Quendo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Quéré</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">David Chouteau</w:t>
+                <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes journées nationales microondes (JNM 2022)</w:t>
+              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03699804v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de zones dopées distribuées pour la réalisation d’un Switch SPDT à 5 GHz</w:t>
               </w:r>
@@ -542,51 +542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22èmes journées nationales microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
@@ -667,51 +667,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asia Pacific Microwave Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Singapour, Singapore</w:t>
@@ -734,295 +734,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02480787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fully Integrated Frequency Reconfigurable Antenna Co-Designed as a Whole Circuit on Silicon</w:t>
+                <w:t xml:space="preserve">Temperature Dependence of Tunable Resonators on FR4 and Silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">July Paola Cortes Nino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Benedicto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Asia-Pacific Microwave Conference (APMC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/APMC.2018.8617538⟩</w:t>
+              <w:t xml:space="preserve">Asia Pacific Microwave Conference Proceedings, APMC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Kuala Lumpur, Malaysia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APMC.2017.8251683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02480765v1</w:t>
+                <w:t xml:space="preserve">hal-01697956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature Dependence of Tunable Resonators on FR4 and Silicon</w:t>
+                <w:t xml:space="preserve">A Fully Integrated Frequency Reconfigurable Antenna Co-Designed as a Whole Circuit on Silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Quendo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asia Pacific Microwave Conference Proceedings, APMC 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Kuala Lumpur, Malaysia. </w:t>
+              <w:t xml:space="preserve">2018 Asia-Pacific Microwave Conference (APMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Kyoto, France. pp.1256-1258, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/APMC.2017.8251683⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/APMC.2018.8617538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697956v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02480765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the Doped Areas Sizes in the Performances of Microwave SPST Switches Integrated in a Silicon Substrate</w:t>
               </w:r>
@@ -1034,51 +1034,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1146,51 +1146,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-conception de résonateurs hyperfréquences accordables à éléments d’accord intégrés dans un substrat silicium (résonateurs trois états à accord discret et résonateur continu)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1342,51 +1342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (12), </w:t>
@@ -1450,51 +1450,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1610,51 +1610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 30 (4), pp.421-424. </w:t>
@@ -1718,51 +1718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1852,51 +1852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Allanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Le Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Quendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1999,51 +1999,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Zaghrioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Grimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Tillocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2263,51 +2263,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699771v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Allanic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Berre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Quendo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chouteau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC50147.2022.9784349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694116v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allanic Rozenn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Quendo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grimal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699804v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699821v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480787v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480765v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/APMC.2018.8617538" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697956v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=July Paola Cortes Nino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Benedicto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2017.8251683" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806272v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697963v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03174224v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9122021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3006709" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543210v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2020.2978644" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926362v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2018.2877661" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697967v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2017.2783186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862635v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gabard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Zaghrioui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tillocher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemengineering1010005" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699771v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Allanic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Berre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Quendo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chouteau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC50147.2022.9784349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699804v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Quendo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694116v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allanic Rozenn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Grimal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699821v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480787v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697956v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=July Paola Cortes Nino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Benedicto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2017.8251683" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480765v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/APMC.2018.8617538" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806272v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697963v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03174224v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9122021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3006709" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543210v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2020.2978644" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926362v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2018.2877661" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697967v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2017.2783186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862635v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gabard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Zaghrioui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tillocher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemengineering1010005" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>