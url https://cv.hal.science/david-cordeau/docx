--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1095,610 +1095,610 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle architecture de déphaseur différentiel 120° accordable à 8 GHz intégré en technologie BiCMOS SiGe:C 0,25 μm</w:t>
+                <w:t xml:space="preserve">A New 24 GHz Triple-Push Voltage Controlled Oscillator Architecture in 0.25 µm BiCMOS SiGe:C Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bhanu Pratap</w:t>
+                <w:t xml:space="preserve">Bhanu Pratap Singh Jadav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIèmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">IEEE 26th International Conference on Electronics CIrcuits and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Genova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02083077v1</w:t>
+                <w:t xml:space="preserve">hal-02356243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Implementation of Injection Locked Oscillator Biosensors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A New 8 GHz Differential 120° Tunable Active Phase Shifter Integrated in a 0.25 µm BiCMOS SiGe:C Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhanu Pratap Singh Jadav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Kanoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 49th European Microwave Conference (EuMC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE 26th International Conference on Electronics Circuits and Systems (ICECS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Genova, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02533806v1</w:t>
+                <w:t xml:space="preserve">hal-02356233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New 24 GHz Triple-Push Voltage Controlled Oscillator Architecture in 0.25 µm BiCMOS SiGe:C Technology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conception et implémentation d’un déphaseur actif à 5,8 GHz, intégré en technologie BiCMOS SiGe:C 0,25 µm, pour la formation de faisceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhanu Pratap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassene Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 26th International Conference on Electronics CIrcuits and Systems (ICECS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Genova, Italy</w:t>
+              <w:t xml:space="preserve">XXIèmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02356243v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New 8 GHz Differential 120° Tunable Active Phase Shifter Integrated in a 0.25 µm BiCMOS SiGe:C Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bhanu Pratap Singh Jadav</w:t>
+                <w:t xml:space="preserve">Une nouvelle architecture de déphaseur différentiel 120° accordable à 8 GHz intégré en technologie BiCMOS SiGe:C 0,25 μm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhanu Pratap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 26th International Conference on Electronics Circuits and Systems (ICECS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Genova, Italy</w:t>
+              <w:t xml:space="preserve">XXIèmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02356233v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et implémentation d’un déphaseur actif à 5,8 GHz, intégré en technologie BiCMOS SiGe:C 0,25 µm, pour la formation de faisceau</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hassene Mnif</w:t>
+                <w:t xml:space="preserve">Design and Implementation of Injection Locked Oscillator Biosensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meissa Babay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dalmay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barelaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emre Can Dumaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canan Baristiran Kaynak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIèmes Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 49th European Microwave Conference (EuMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC.2019.8910746⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02083067v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02533806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentialités d’architectures de biocapteurs basées sur des oscillateurs hyperfréquences verrouillés par injection</w:t>
               </w:r>
@@ -1710,64 +1710,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meissa Babay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dalmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emre Can Dumaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canan Baristiran Kaynak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet Kaynak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1848,64 +1848,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dalmay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emre Can Dumaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Canan Baristiran Kaynak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLUMEE 2019:Colloque francophone PLUridisciplinaire sur les Matériaux, l’Environnement et l’Electronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Limoges, France</w:t>
@@ -2193,51 +2193,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Fully Integrated 5.8 GHz BiCMOS SiGe:C tunable active phase shifter for Beamforming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Kanoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhanu Pratap Singh Jadav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3803,135 +3803,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01112514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception de VCOs 15 GHz à très faible bruit de phase intégrés sur technologie BiCMOS SiGe 0,25μm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Hyvert</w:t>
+                <w:t xml:space="preserve">Conception et implémentation d'un réseau composé de quatre VCOs couplés oscillant à 6 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorra Mellouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascal Philippe</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassene Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Loulou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNM 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2013, Paris, France. pp.J2-DA-P10</w:t>
+              <w:t xml:space="preserve">, May 2013, Paris, France. pp.J2-DA-P7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00824592v1</w:t>
+                <w:t xml:space="preserve">hal-00824582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Implementation of A 6-GHz array of two Differential Oscillators Coupled Through a MOS transistor Network</w:t>
               </w:r>
@@ -4032,148 +4045,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00926225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et implémentation d'un réseau composé de quatre VCOs couplés oscillant à 6 GHz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorra Mellouli</w:t>
+                <w:t xml:space="preserve">Conception de VCOs 15 GHz à très faible bruit de phase intégrés sur technologie BiCMOS SiGe 0,25μm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Hyvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mourad Loulou</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNM 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2013, Paris, France. pp.J2-DA-P7</w:t>
+              <w:t xml:space="preserve">, May 2013, Paris, France. pp.J2-DA-P10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00824582v1</w:t>
+                <w:t xml:space="preserve">hal-00824592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A beam-scanning architecture using A 6-GHz array of four coupled differential VCOs for automotive communications</w:t>
               </w:r>
@@ -5034,623 +5034,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00683373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the Frequency Locking Region of Coupled Oscillators Applied to 1-D Antenna Arrays</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Système de formations de faisceaux à 2,4GHz à configuration électronique - Application en situation indoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nidaa Tohmé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Cordeau</w:t>
+                <w:t xml:space="preserve">Nidhaa Thomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Coirault</w:t>
+                <w:t xml:space="preserve">Florin Hutu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Combeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th European Microwave Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Amsterdam, Netherlands. pp.1334-1337</w:t>
+              <w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00683435v1</w:t>
+                <w:t xml:space="preserve">hal-00434361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système de formations de faisceaux à 2,4GHz à configuration électronique - Application en situation indoor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 2.4 GHz active phase shifter architecture for smart antennas control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florin Doru Hutu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Combeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Grenoble, France</w:t>
+              <w:t xml:space="preserve">IEEE MTT-S International Microwave Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Boston, United States. pp.821-824</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00434361v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00683389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception and application of smart antennas for transport applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Combeau</w:t>
+                <w:t xml:space="preserve">Commande d'un réseau d'antennes actives par couplage d'oscillateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nidhaa Thomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Cauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on ITS (Intelligent Transport Systems) Telecommunications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Grenoble, France. pp.195</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00437475v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00683402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande d'un réseau d'antennes actives par couplage d'oscillateurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nidhaa Thomé</w:t>
+                <w:t xml:space="preserve">Conception and application of smart antennas for transport applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Combeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Vauzelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannis Pousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th International Conference on ITS (Intelligent Transport Systems) Telecommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Lille, France. pp.45-50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITST.2009.5399384⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00683402v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 2.4 GHz active phase shifter architecture for smart antennas control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the Frequency Locking Region of Coupled Oscillators Applied to 1-D Antenna Arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nidaa Tohmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florin Doru Hutu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+                <w:t xml:space="preserve">Patrick Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE MTT-S International Microwave Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Boston, United States. pp.821-824</w:t>
+              <w:t xml:space="preserve">38th European Microwave Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Amsterdam, Netherlands. pp.1334-1337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00683389v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00683435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 2.4 GHz 1-Dimensional Array Antenna driven by Vector Modulators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nidaa Tohmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5725,230 +5725,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00683429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande d'un réseau d'antennes par l'utilisation de modulateurs vectoriels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deux Approches de Controle de l'Orientation du Diagramme de Rayonnement d'Antennes Reseaux: Couplage d'Oscillateurs et Modulation Vectorielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nidaa Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ribardière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Toulouse, France. pp.122</w:t>
+              <w:t xml:space="preserve">Proc. Journées Nationales du Réseau Doctoral Microélectronique, Micro et NanoTechnologies (JNRDM 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00683446v1</w:t>
+                <w:t xml:space="preserve">hal-04097711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deux Approches de Controle de l'Orientation du Diagramme de Rayonnement d'Antennes Reseaux: Couplage d'Oscillateurs et Modulation Vectorielle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Commande d'un réseau d'antennes par l'utilisation de modulateurs vectoriels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nidaa Tohmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nidaa Yaacoub</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+                <w:t xml:space="preserve">Patrick Ribardière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. Journées Nationales du Réseau Doctoral Microélectronique, Micro et NanoTechnologies (JNRDM 2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Lille, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Toulouse, France. pp.122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04097711v1</w:t>
+                <w:t xml:space="preserve">hal-00683446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et analyse d'oscillateurs couplés appliqués à la commande d'antennes réseau 1-D</w:t>
               </w:r>
@@ -5973,64 +5973,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ribardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Cauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Toulouse, France. pp.122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6859,295 +6859,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04080825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An original determination of the maximum phase shift range obtained for an array of N coupled oscillators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rahma Hajtaieb Aloulou</w:t>
+                <w:t xml:space="preserve">A 5.8 GHz fully integrated BiCMOS SiGe:C injection-locked-oscillator-based active phase shifter for energy beamforming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Kanoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhanu Pratap Singh Jadav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassene Mnif</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10470-020-01791-x⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 106, pp.363-374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10470-020-01586-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03683893v1</w:t>
+                <w:t xml:space="preserve">hal-02457758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 5.8 GHz fully integrated BiCMOS SiGe:C injection-locked-oscillator-based active phase shifter for energy beamforming</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bhanu Pratap Singh Jadav</w:t>
+                <w:t xml:space="preserve">An original determination of the maximum phase shift range obtained for an array of N coupled oscillators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaouthar Djemel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahma Hajtaieb Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassene Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassene Mnif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 106, pp.363-374. </w:t>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10470-020-01586-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10470-020-01791-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02457758v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03683893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 5.8 GHz Low-Power Energy Harvester for RF Wireless Power Transfer Systems</w:t>
               </w:r>
@@ -8816,51 +8816,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517511v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adja Diop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cordeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pothier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11107033" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796223v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796191v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuraddeen Ado Muhammad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Paillot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796102v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTTIS59576.2023.10348212" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886378v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhigang Li" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charpentier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lecuyer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886389v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoithar Djemel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Hajtaieb Aloulou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassene Mnif" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939709v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meissa Babay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Hallepee" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dalmay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barelaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Can Durmaz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083077v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhanu Pratap" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Kanoun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Can Dumaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canan Baristiran Kaynak" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2019.8910746" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356243v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhanu Pratap Singh Jadav" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356233v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083067v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Kaynak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356199v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Loulou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Mellouli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356148v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808473v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808485v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652827v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Hyvert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BCTM.2017.8112935" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532143v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652814v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Nallatamby" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Prigent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2017.8088837" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490541v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IDT.2016.7843052" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394101v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Philippe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161370v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahs Bassem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157576v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161075v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165681v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112524v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Iordache" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitriu Lucia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Niculae" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112514v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lagutere" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824592v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926225v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hass&#233;ne Mnif" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824582v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879585v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862725v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Dumitrescu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandache Lucian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862719v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862712v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela-Izabela Ionita" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683381v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683344v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862722v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683373v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683435v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Tohm&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coirault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434361v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhaa Thom&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Hutu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Combeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437475v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Pousset" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399384" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683402v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cauet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683389v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Doru Hutu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683429v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cauet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mah&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683446v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097711v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Yaacoub" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683449v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Y. Tohm&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069051v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Oualkadi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777785v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe de Astis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Dascalescu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777787v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759366v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Duvanaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702467v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Herv&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-025-02363-7" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080825v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu L&#233;cuyer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2023.105780" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683893v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Djemel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01791-x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457758v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01586-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356100v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126620500760" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808500v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2018.04.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233209v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/freq-2015-0101" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082566v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-014-0437-3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835698v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-013-0099-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821885v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/freq-2012-0089" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734076v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Bachir" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20663" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734058v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126612500430" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683308v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hutu Florin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2010.0005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683320v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2009.06.005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683329v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dascalescu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2005.854601" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02356271v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861301v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517511v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adja Diop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cordeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pothier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11107033" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796223v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796191v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuraddeen Ado Muhammad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Paillot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796102v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTTIS59576.2023.10348212" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886378v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhigang Li" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charpentier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lecuyer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886389v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoithar Djemel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Hajtaieb Aloulou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassene Mnif" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939709v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meissa Babay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Hallepee" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dalmay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barelaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Can Durmaz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356243v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhanu Pratap Singh Jadav" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Kanoun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356233v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083067v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhanu Pratap" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083077v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533806v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Can Dumaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canan Baristiran Kaynak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2019.8910746" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Kaynak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356199v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Loulou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Mellouli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356148v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808473v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808485v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652827v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Hyvert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BCTM.2017.8112935" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532143v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652814v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Nallatamby" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Prigent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2017.8088837" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490541v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IDT.2016.7843052" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394101v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Philippe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161370v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahs Bassem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01157576v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161075v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165681v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112524v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Iordache" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitriu Lucia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Niculae" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112514v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lagutere" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824582v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926225v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hass&#233;ne Mnif" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824592v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879585v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862725v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Dumitrescu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandache Lucian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862719v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862712v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela-Izabela Ionita" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683381v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683344v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862722v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683373v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434361v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhaa Thom&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Hutu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Combeau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683389v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Doru Hutu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683402v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cauet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437475v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Pousset" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399384" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683435v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Tohm&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coirault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683429v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cauet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mah&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097711v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Yaacoub" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683446v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683449v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidaa Y. Tohm&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069051v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Oualkadi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777785v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe de Astis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Dascalescu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777787v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759366v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Duvanaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702467v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Herv&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023198v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-025-02363-7" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080825v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu L&#233;cuyer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2023.105780" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457758v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01586-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683893v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Djemel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01791-x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356100v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126620500760" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808500v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mejo.2018.04.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233209v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/freq-2015-0101" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082566v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-014-0437-3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835698v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-013-0099-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821885v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/freq-2012-0089" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734076v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Bachir" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20663" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734058v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218126612500430" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683308v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hutu Florin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2010.0005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683320v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2009.06.005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683329v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dascalescu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2005.854601" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02356271v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861301v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>