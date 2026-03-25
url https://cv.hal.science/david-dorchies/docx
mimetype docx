--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> David Dorchies </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">david-dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6595-7984</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253122376</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/E-2325-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGR: Suite of GR Hydrological Models for Precipitation-Runoff Modelling. Manual of the R package version 1.7.8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 102 p. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32614/CRAN.package.airGR⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259781v19</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calage et application opérationnelle du modèle de prévision de crue GRP - Manuel d'utilisation (v2022.r3046)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Blanchouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, 93 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257395v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calage et application opérationnelle du modèle de prévision de crue GRP - Description des fichiers utilisés par les exécutables (v2022.r3046)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Blanchouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, 87 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257407v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiciel Cassiopée version 4.19.0 - Documentation Utilisateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Grand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">173 p., 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Talanoa laboratory in Aude: a participative approach to transformative adaptation of water uses in the face of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filippo Imbesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le-Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hydrologique ouvert pour évaluer l’impact cumulé des petites retenues dans un bassin versant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno J. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Louafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. Réunion des Sciences de la Terre - RST 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur vingt ans de recherches partenariales DGPR-INRAE sur la prévision des crues et des inondations. Avancées, valorisation et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Belleudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévision des crues et des inondations – Avancées, valorisation et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHF, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cumulative impact of multiple small reservoirs on low-water streamflows: a sensitivity analysis using airGRiwrm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno J. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Louafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SimHydro 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Hydrotechnique de France; Association Française de Mécanique; Environmental &amp; Water Resources Institute; International Association for Hydro-Environment Engineering and Research, Nov 2023, Chatou, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk-based flood and drought management for multiple reservoirs in a non-stationary climate: application to the Seine River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idris Kahiyeh-Moumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Ricquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Build and evaluate climate change adaptation with a parsimonious integrated agro-hydrological model over a catchment in northeastern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-12160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l’impact du changement climatique et de l’adaptation avec des outils de modélisation hydrologiques libres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diyae Elmalki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. Colloque annuel de l'Association Internationale de Climatologie (AIC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flood scenarios sampling effect on annualised flood damage estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHS, May 2022, Montpellier, France. pp.IAHS2022-40, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/iahs2022-40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought and flood risk assessment of the Seine basin reservoir management under climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/iahs2022-105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes et outils pour la prévision opérationnelle des crues et des inondations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises nationales des risques naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassiopée software: A tool to assist in the hydraulic dimensioning of upstream and downstream fish passage devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Grand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHR; University of Granada, Jun 2022, Granada, Spain. pp.3654-3662, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC2521716X2022197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Cassiopée” a software to bridge the gap between researchers and engineers in hydraulic calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.3654-3662, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique dans les règles de gestion des quatre grands réservoirs de la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du PIREN-Seine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIREN-Seine, Jul 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGRiwrm: an extension of the airGR R-package for handling Integrated Water Resources Management modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienna, Austria. pp.EGU21-2190, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-2190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveautés autour du package airGR. La Galaxie airGR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres HydroGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Antony, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New airGR developments: semi-distribution and data assimilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaia Piazzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021 - vEGU21: Gather Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Göttingen, Germany. pp.EGU21-1371, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte des influences avec le package airGRiwrm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres HydroGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Antony, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling flow under baffle sluice gates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Faucheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaojian Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dejean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SimHydro 2017: Choosing the right model in applied hydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Nice, France. pp.821-833, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-10-7218-5_59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de calcul du débit du Droit Fondé en Titre des moulins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre AFB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Vincennes, France. pp.40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation hydrologique semi-distribuée pour la prévision : l'expérience du modèle TGR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ARCEAU : Méthodes et outils de prévision des crues - Etat des lieux et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Lyon, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on water resources and reservoirs management in the Seine River basin (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Thépot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SHF : "Water Tensions in Europe and in the Mediterranean: water crisis by 2050?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short term reservoirs operation on the Seine River: performance analysis of Tree-Based Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Hydroinformatics HIC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, New York, United States. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic tuning of robust PI controllers for a cascade of rivers or irrigation canals pools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Baume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Control Conference (ECC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Strasbourg, France. pp.2780-2785, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECC.2014.6862508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of multi-purpose reservoirs management on the Seine River basin in a climate change perspective: results of the ClimAware project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circle-2 Adaptation frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lisbon, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Climaware project: Impacts of climate change on water resources management – regional strategies and European view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela D'Agostino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Demerliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Flörke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reservoir's management on the Seine River using a centralized real-time controller and ensemble weather forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS/IAPSO/IASPEI Joint Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Gothenburg, Sweden. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impact on the management of water resources in the Seine River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A centralized real-time controller for the reservoir's management on the Seine River using ensemble weather forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des changements climatiques sur la gestion des barrages-réservoirs du bassin de la Seine - Premiers résultats du projet Climaware</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Astruc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rizzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des systèmes hydrauliques et assimilation de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.O. Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Jean-Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIS Hydraulique pour l'Environnement et le Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New method for coupling 1D unsteady flow hydraulic models using RST equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Mamern International Conference on Approximation Methods and Numerical Modelling in Environment and Natural Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Saidia, Morocco. p. 517 - p. 525</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sewer asset management: assessing criteria for a multicriteria decision support on a county level database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Werey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mellac Beck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint international conference on computing and decision making in civil and urban engineering, Montréal, CAN, 12-14 juin 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi de débit du seuil à crête mince à échancrure triangulaire tronquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; OFB, Office Français de la Biodiversité. 2025, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IN-WOP project WP3 - Seine River study case: Climate change impacts on water resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Ricquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2024, 64 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D2.1 [TALANOA Water] Data Sourcebook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Bagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gil-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] INRAE UMR Innovation. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d'un bassin versant anthropisé à l'aide d'un modèle hydrologique semi-distribué : le bassin de la Seine et ses réservoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIREN-Seine phase 8, INRAE. 2021, 43 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat des lieux, analyse AFOM et perspectives d'évolution des concessions hydrauliques d'état en gestion CACG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE / Montpellier SupAgro, 2 place Pierre Viala, 34090 Montpellier; UMR G-EAU Gestion Acteus Usages (INRAE); Université de Montpellier (UM), FRA; DRAAF Occitanie. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point et test d’une méthodologie pour calculer les débits à partir de mesures satellitaires altimétriques sur le Congo et l’Oubangui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Oubanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Gejadze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Billaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1, inrae; Umr G-Eau, 361 rue Jean François Breton, 34090 Montpellier. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux, Analyse AFOM et perspectives d'évolution des concessions hydrauliques d’État en gestion CACG. Résumés exécutifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR G-EAU Gestion Acteus Usages (INRAE); INRAE / Montpellier SupAgro, 2 place Pierre Viala, 34090 Montpellier; Université de Montpellier (UM), FRA. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie des prises d’eau des canaux d’irrigation gravitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Faucheux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IRSTEA; AFB - Agence française pour la biodiversité. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de calcul du débit du droit d'eau fondé en titre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2017, pp.100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul du débit dérivable du moulin de Sienne à Percy (Manche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2017, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse critique du rapport d'expertise produit en juin 2017 dans l'affaire Hendrik Degraeve : Préfecture de Lot-et-Garonne. Ordonnance n°1502735-2 du 13 février 2017 du TA de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2017, pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul du débit dérivable du moulin de Lamothe à Saint-Vite (Lot-et-Garonne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développements du prototype opérationnel TGR : synthèse des travaux 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ClimAware: impacts of climate change on water resources management. Regional strategies and european view. Final Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Theobald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Träbing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Kehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Aufenanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Flörke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calage et application opérationnelle du modèle de prévision de crue TGR : manuel d’utilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiciel de prévisions des crues TGR Cahier des charges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lilas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lamblin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2012, pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet gestion multi-usages de l'hydrosystème karstique du Lez -Modèles numériques de fonctionnement de l'hydrosystème - Rapport final L4.1.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Borell-Estupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Marechal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Coustau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Jourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BRGM (Bureau de recherches géologiques et minières) (Bureau de recherches géologiques et minières). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALGEQUEAU Algues régulation hydraulique et gestion de la qualité de l'eau en canux, ANR, PRECODD2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Fovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hugodot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire et évaluation technique des canaux et des équipements d’irrigation et analyses coût-bénéfice des incitations à leur modernisation - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rouzeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2011, pp.170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des canaux d'irrigation du Sud de la France 2009-2010 :Fiches d'identité des canaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire et évaluation technique des canaux d’irrigation du Sud de la France - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Kolié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action N°2: Journées d'information 'Gestion collective de la ressource en eau pour l'irrigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubeau: an R package for the Hub'Eau APIs. Manual of the R package version 0.5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Irz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Amiotte-Suchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGR: Suite of GR Hydrological Models for Precipitation-Runoff Modelling. R package version 1.7.6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:9ecb81e4acc31ec0332f4887771f2cfa4f2a55df;origin=https://cran.r-project.org/package%253DairGR;visit=swh:1:snp:b14ede66c1ce5d036e4068297411cc78f06c6771;anchor=swh:1:rel:83fc526950e22151a11cd502d747dc455984a513;path=/airGR/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412754v18</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water use scenarios versus climate change: Investigating future water management of the French part of the Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Lemaitre-Basset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Oudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 54, pp.101855. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydraulic management of coastal freshwater marsh to conciliate local water needs and fish passage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Guiot de la Rochère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.51-70. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24705357.2020.1792364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal and centralized reservoir management for drought and flood protection on the upper Seine-Aube river system using stochastic dual dynamic programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chiavico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Water Resources Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 145 (3), pp.05019002. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)WR.1943-5452.0001040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une plus grande flexibilité temporelle du modèle opérationnel de prévision des crues GRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Viatgé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pinna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2, pp.72-80. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2019017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on water resources and reservoir management in the Seine river basin (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Thépot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.32-37. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2016047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal operation of the multireservoir system in the Seine river basin using deterministic and ensemble forecasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pianosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Water Resources Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.12. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)WR.1943-5452.0000571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de collaboration entre acteurs opérationnels et scientifiques pour une amélioration des systèmes de prévision des crues en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Furusho-Percot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lamblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17, pp.40-45. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2015.17.08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01233447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on multi-objective reservoir management: case study on the Seine River basin, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florine Dehay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of River Basin Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (3), pp.265-283. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15715124.2013.865636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modernisation des canaux d’irrigation : apports de l’automatisation pour la gestion opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 44 - p. 47. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion opérationnelle des transports d’eau dans les canaux et les rivières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dejean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 36 - p. 43. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des chasses hydrauliques pour la gestion de populations algales en canaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hugodot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 50 - p. 53. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIC², un logiciel pour la gestion des canaux, rivières et fleuves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 48 - p. 50. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation Study on the Influence of Roughness on the Downstream Automatic Control of an Irrigation Canal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Litrico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Mateos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Irrigation and Drainage Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 138 (4), pp.285-293. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)IR.1943-4774.0000419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness-based control of open-channel flow in an irrigation canal using SCADA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Rabbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 29 (5), pp.22-30. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCS.2009.933524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion patrimoniale des réseaux d'assainissement : évaluation d'indicateurs de dysfonctionnement à partir d'inspections vidéo sur les données de l'inventaire départemental du Bas-Rhin selon la méthodologie RERAU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Werey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mellac Beck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10, pp.29-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte de airGRiwrm sur la Moyenne Vallée de l’Hérault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Formation à airGRiwrm, Montpellier (en ligne), France. 2024, pp.89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04812296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métrologie : mesure de débit dans les canaux à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Dejean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. France. 2014, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubeau: un package pour interroger les APIs du Système d'Information sur l'eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Irz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Vannes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining modelling and participation to build transformational water management &amp; agricultural adaptation scenarios in water stressed areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filippo Imbesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2024 du métaprogramme « Agriculture et Forêt face au changement climatique : adaptation et atténuation » (CLIMAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining modelling and participation to build agricultural adaptation scenarios in water stressed territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Erdlenbruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. EAAE Congress: Agri-food systems in a changing world: connecting science and society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Rennes, France. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGRgalaxy : Des outils pour les modèles hydrologiques pluie-débit GR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brigode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04144093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TALANOA : dialoguer, explorer, évaluer et innover pour la gestion de l’eau & l’adaptation de l’agriculture au changement climatique en Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Erdlenbruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2023 : Innover pour une gestion concertée et durable de l’eau, quelles contributions des sciences sociales ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Montpellier, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner la modélisation hydro-économique et les processus participatifs pour évaluer des stratégies de transformation de l’agriculture face aux changements globaux : le projet Talanoa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Hydrologie de l'Anthropocène" du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassiopée software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Grand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGRiwrm : une extension du package R &amp;quot;airGR&amp;quot; pour la modélisation de la gestion intégrée de la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Hydrologie de l'Anthropocène" du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The airGR galaxy: Hydrological tools around GR models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-2022 Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France. , 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire et évaluer des solutions d’adaptation locales au changement climatique avec une modélisation intégrée agro-hydrologique parcimonieuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Hydrologie de l'Anthropocène" du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Many-objective risk assessment framework for guiding operational decisions on multiple reservoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Dau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. 2021, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment concilier efficacité des modèles de prévision des crues et contraintes opérationnelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Furusho-Percot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lobligeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Riffiod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion des risques d’inondations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montreuil, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement logiciel SIC : nouvelles fonctionnalités de la version 5 - Ouvertures, couplage, contrôle et optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Informatique Scientifique et Développement Logiciel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Clermont-Ferrand, France. Cemagref, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet IN-WOP : Couplage des modèles hydrologique et hydraulique 2D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Ricquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic tuning of PI controllers for water level regulation of a multi-pool open-channel hydraulic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ocampo-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Negenborn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport of water versus transport over water: Exploring the Dynamic Interplay of Transport and Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.145-167, 2015, 978-3-319-16132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId251"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> David Dorchies </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">david-dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6595-7984</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253122376</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/E-2325-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGR: Suite of GR Hydrological Models for Precipitation-Runoff Modelling. Manual of the R package version 1.7.8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 102 p. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32614/CRAN.package.airGR⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259781v19</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calage et application opérationnelle du modèle de prévision de crue GRP - Manuel d'utilisation (v2022.r3046)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Blanchouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, 93 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257395v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calage et application opérationnelle du modèle de prévision de crue GRP - Description des fichiers utilisés par les exécutables (v2022.r3046)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tilmant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Blanchouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, 87 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257407v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiciel Cassiopée version 4.19.0 - Documentation Utilisateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Grand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">173 p., 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Talanoa laboratory in Aude: a participative approach to transformative adaptation of water uses in the face of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filippo Imbesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le-Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05178778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hydrologique ouvert pour évaluer l’impact cumulé des petites retenues dans un bassin versant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno J. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Louafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28. Réunion des Sciences de la Terre - RST 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société géologique de France, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur vingt ans de recherches partenariales DGPR-INRAE sur la prévision des crues et des inondations. Avancées, valorisation et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Belleudy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaise Calmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévision des crues et des inondations – Avancées, valorisation et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SHF, Nov 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cumulative impact of multiple small reservoirs on low-water streamflows: a sensitivity analysis using airGRiwrm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno J. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Louafi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SimHydro 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Hydrotechnique de France; Association Française de Mécanique; Environmental &amp; Water Resources Institute; International Association for Hydro-Environment Engineering and Research, Nov 2023, Chatou, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk-based flood and drought management for multiple reservoirs in a non-stationary climate: application to the Seine River</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idris Kahiyeh-Moumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Ricquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Build and evaluate climate change adaptation with a parsimonious integrated agro-hydrological model over a catchment in northeastern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGU, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-12160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flood scenarios sampling effect on annualised flood damage estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHS, May 2022, Montpellier, France. pp.IAHS2022-40, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/iahs2022-40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l’impact du changement climatique et de l’adaptation avec des outils de modélisation hydrologiques libres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diyae Elmalki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. Colloque annuel de l'Association Internationale de Climatologie (AIC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drought and flood risk assessment of the Seine basin reservoir management under climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Scientific Assembly of the International Association of Hydrological Sciences (IAHS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/iahs2022-105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes et outils pour la prévision opérationnelle des crues et des inondations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vazken Andréassian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assises nationales des risques naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04269268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassiopée software: A tool to assist in the hydraulic dimensioning of upstream and downstream fish passage devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Grand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAHR; University of Granada, Jun 2022, Granada, Spain. pp.3654-3662, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC2521716X2022197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Cassiopée” a software to bridge the gap between researchers and engineers in hydraulic calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.3654-3662, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGRiwrm: an extension of the airGR R-package for handling Integrated Water Resources Management modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienna, Austria. pp.EGU21-2190, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-2190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du changement climatique dans les règles de gestion des quatre grands réservoirs de la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique du PIREN-Seine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PIREN-Seine, Jul 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveautés autour du package airGR. La Galaxie airGR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres HydroGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Antony, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New airGR developments: semi-distribution and data assimilation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaia Piazzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021 - vEGU21: Gather Online</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Göttingen, Germany. pp.EGU21-1371, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte des influences avec le package airGRiwrm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres HydroGR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Antony, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling flow under baffle sluice gates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Faucheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaojian Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dejean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SimHydro 2017: Choosing the right model in applied hydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Nice, France. pp.821-833, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-10-7218-5_59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de calcul du débit du Droit Fondé en Titre des moulins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre AFB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Vincennes, France. pp.40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation hydrologique semi-distribuée pour la prévision : l'expérience du modèle TGR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ARCEAU : Méthodes et outils de prévision des crues - Etat des lieux et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Lyon, France. pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on water resources and reservoirs management in the Seine River basin (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Thépot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SHF : "Water Tensions in Europe and in the Mediterranean: water crisis by 2050?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short term reservoirs operation on the Seine River: performance analysis of Tree-Based Model Predictive Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Hydroinformatics HIC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, New York, United States. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic tuning of robust PI controllers for a cascade of rivers or irrigation canals pools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Baume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Control Conference (ECC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Strasbourg, France. pp.2780-2785, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECC.2014.6862508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of multi-purpose reservoirs management on the Seine River basin in a climate change perspective: results of the ClimAware project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circle-2 Adaptation frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Lisbon, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Climaware project: Impacts of climate change on water resources management – regional strategies and European view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela D'Agostino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Demerliac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Flörke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Geosciences Union General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reservoir's management on the Seine River using a centralized real-time controller and ensemble weather forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS/IAPSO/IASPEI Joint Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Gothenburg, Sweden. pp.24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A centralized real-time controller for the reservoir's management on the Seine River using ensemble weather forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impact on the management of water resources in the Seine River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Vienna, Austria. pp.19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts des changements climatiques sur la gestion des barrages-réservoirs du bassin de la Seine - Premiers résultats du projet Climaware</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Bourgin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Astruc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Rizzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S. Rivers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France. 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des systèmes hydrauliques et assimilation de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.O. Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Jean-Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIS Hydraulique pour l'Environnement et le Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New method for coupling 1D unsteady flow hydraulic models using RST equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Mamern International Conference on Approximation Methods and Numerical Modelling in Environment and Natural Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Saidia, Morocco. p. 517 - p. 525</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sewer asset management: assessing criteria for a multicriteria decision support on a county level database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Werey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mellac Beck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint international conference on computing and decision making in civil and urban engineering, Montréal, CAN, 12-14 juin 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loi de débit du seuil à crête mince à échancrure triangulaire tronquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; OFB, Office Français de la Biodiversité. 2025, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IN-WOP project WP3 - Seine River study case: Climate change impacts on water resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Ricquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2024, 64 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D2.1 [TALANOA Water] Data Sourcebook</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Bagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gil-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] INRAE UMR Innovation. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03811877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d'un bassin versant anthropisé à l'aide d'un modèle hydrologique semi-distribué : le bassin de la Seine et ses réservoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Nunez Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIREN-Seine phase 8, INRAE. 2021, 43 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat des lieux, analyse AFOM et perspectives d'évolution des concessions hydrauliques d'état en gestion CACG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE / Montpellier SupAgro, 2 place Pierre Viala, 34090 Montpellier; UMR G-EAU Gestion Acteus Usages (INRAE); Université de Montpellier (UM), FRA; DRAAF Occitanie. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point et test d’une méthodologie pour calculer les débits à partir de mesures satellitaires altimétriques sur le Congo et l’Oubangui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Oubanas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Gejadze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Billaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1, inrae; Umr G-Eau, 361 rue Jean François Breton, 34090 Montpellier. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux, Analyse AFOM et perspectives d'évolution des concessions hydrauliques d’État en gestion CACG. Résumés exécutifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bouarfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR G-EAU Gestion Acteus Usages (INRAE); INRAE / Montpellier SupAgro, 2 place Pierre Viala, 34090 Montpellier; Université de Montpellier (UM), FRA. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologie des prises d’eau des canaux d’irrigation gravitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Faucheux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] IRSTEA; AFB - Agence française pour la biodiversité. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03336263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul du débit dérivable du moulin de Sienne à Percy (Manche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2017, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de calcul du débit du droit d'eau fondé en titre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2017, pp.100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse critique du rapport d'expertise produit en juin 2017 dans l'affaire Hendrik Degraeve : Préfecture de Lot-et-Garonne. Ordonnance n°1502735-2 du 13 février 2017 du TA de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2017, pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul du débit dérivable du moulin de Lamothe à Saint-Vite (Lot-et-Garonne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] irstea. 2016, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développements du prototype opérationnel TGR : synthèse des travaux 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ClimAware: impacts of climate change on water resources management. Regional strategies and european view. Final Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Theobald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Träbing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Kehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Aufenanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Flörke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calage et application opérationnelle du modèle de prévision de crue TGR : manuel d’utilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2014, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiciel de prévisions des crues TGR Cahier des charges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Lilas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lamblin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2012, pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet gestion multi-usages de l'hydrosystème karstique du Lez -Modèles numériques de fonctionnement de l'hydrosystème - Rapport final L4.1.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Borell-Estupina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Marechal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Coustau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Jourde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] BRGM (Bureau de recherches géologiques et minières) (Bureau de recherches géologiques et minières). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALGEQUEAU Algues régulation hydraulique et gestion de la qualité de l'eau en canux, ANR, PRECODD2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Fovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hugodot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire et évaluation technique des canaux et des équipements d’irrigation et analyses coût-bénéfice des incitations à leur modernisation - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rouzeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2011, pp.170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des canaux d'irrigation du Sud de la France 2009-2010 :Fiches d'identité des canaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2011, pp.150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire et évaluation technique des canaux d’irrigation du Sud de la France - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Kolié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2009, pp.150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action N°2: Journées d'information 'Gestion collective de la ressource en eau pour l'irrigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Loubier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Montginoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Kuhfuss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubeau: an R package for the Hub'Eau APIs. Manual of the R package version 0.5.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Irz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Grall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Amiotte-Suchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGR: Suite of GR Hydrological Models for Precipitation-Runoff Modelling. R package version 1.7.6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:9ecb81e4acc31ec0332f4887771f2cfa4f2a55df;origin=https://cran.r-project.org/package%253DairGR;visit=swh:1:snp:b14ede66c1ce5d036e4068297411cc78f06c6771;anchor=swh:1:rel:83fc526950e22151a11cd502d747dc455984a513;path=/airGR/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412754v18</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water use scenarios versus climate change: Investigating future water management of the French part of the Moselle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Lemaitre-Basset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Oudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 54, pp.101855. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydraulic management of coastal freshwater marsh to conciliate local water needs and fish passage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Guiot de la Rochère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecohydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.51-70. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24705357.2020.1792364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal and centralized reservoir management for drought and flood protection on the upper Seine-Aube river system using stochastic dual dynamic programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Chiavico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Water Resources Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 145 (3), pp.05019002. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)WR.1943-5452.0001040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02608569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une plus grande flexibilité temporelle du modèle opérationnel de prévision des crues GRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Viatgé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pinna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2, pp.72-80. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2019017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on water resources and reservoir management in the Seine river basin (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Thépot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.32-37. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2016047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal operation of the multireservoir system in the Seine river basin using deterministic and ensemble forecasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ficchí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Raso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pianosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Water Resources Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.12. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)WR.1943-5452.0000571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de collaboration entre acteurs opérationnels et scientifiques pour une amélioration des systèmes de prévision des crues en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Furusho-Percot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lamblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17, pp.40-45. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2015.17.08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01233447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change impacts on multi-objective reservoir management: case study on the Seine River basin, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Jay-Allemand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florine Dehay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of River Basin Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (3), pp.265-283. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15715124.2013.865636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La modernisation des canaux d’irrigation : apports de l’automatisation pour la gestion opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 44 - p. 47. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des chasses hydrauliques pour la gestion de populations algales en canaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hugodot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 50 - p. 53. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion opérationnelle des transports d’eau dans les canaux et les rivières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dejean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 36 - p. 43. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SIC², un logiciel pour la gestion des canaux, rivières et fleuves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, p. 48 - p. 50. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2013.11.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation Study on the Influence of Roughness on the Downstream Automatic Control of an Irrigation Canal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Litrico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea Mateos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Irrigation and Drainage Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 138 (4), pp.285-293. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1061/(ASCE)IR.1943-4774.0000419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02598156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness-based control of open-channel flow in an irrigation canal using SCADA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Rabbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Munier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 29 (5), pp.22-30. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MCS.2009.933524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion patrimoniale des réseaux d'assainissement : évaluation d'indicateurs de dysfonctionnement à partir d'inspections vidéo sur les données de l'inventaire départemental du Bas-Rhin selon la méthodologie RERAU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Werey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mellac Beck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10, pp.29-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte de airGRiwrm sur la Moyenne Vallée de l’Hérault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Formation à airGRiwrm, Montpellier (en ligne), France. 2024, pp.89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04812296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métrologie : mesure de débit dans les canaux à surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Belaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Dejean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctorat. France. 2014, pp.44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hubeau: un package pour interroger les APIs du Système d'Information sur l'eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Irz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Vannes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining modelling and participation to build transformational water management &amp; agricultural adaptation scenarios in water stressed areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filippo Imbesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2024 du métaprogramme « Agriculture et Forêt face au changement climatique : adaptation et atténuation » (CLIMAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining modelling and participation to build agricultural adaptation scenarios in water stressed territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Erdlenbruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. EAAE Congress: Agri-food systems in a changing world: connecting science and society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Rennes, France. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGRgalaxy : Des outils pour les modèles hydrologiques pluie-débit GR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brigode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04144093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TALANOA : dialoguer, explorer, évaluer et innover pour la gestion de l’eau & l’adaptation de l’agriculture au changement climatique en Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Debolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Erdlenbruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Innovation 2023 : Innover pour une gestion concertée et durable de l’eau, quelles contributions des sciences sociales ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Montpellier, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner la modélisation hydro-économique et les processus participatifs pour évaluer des stratégies de transformation de l’agriculture face aux changements globaux : le projet Talanoa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Graveline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Hydrologie de l'Anthropocène" du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">airGRiwrm : une extension du package R &amp;quot;airGR&amp;quot; pour la modélisation de la gestion intégrée de la ressource en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Hydrologie de l'Anthropocène" du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03852434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassiopée software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Chouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Grand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The airGR galaxy: Hydrological tools around GR models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHS-2022 Scientific Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France. , 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire et évaluer des solutions d’adaptation locales au changement climatique avec une modélisation intégrée agro-hydrologique parcimonieuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Soutif-Bellenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Therond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Villerd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "Hydrologie de l'Anthropocène" du département AQUA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Many-objective risk assessment framework for guiding operational decisions on multiple reservoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Dau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Bader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Vienne, Austria. 2021, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment concilier efficacité des modèles de prévision des crues et contraintes opérationnelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Furusho-Percot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lobligeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Riffiod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Delaigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion des risques d’inondations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montreuil, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement logiciel SIC : nouvelles fonctionnalités de la version 5 - Ouvertures, couplage, contrôle et optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Baume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Informatique Scientifique et Développement Logiciel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Clermont-Ferrand, France. Cemagref, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet IN-WOP : Couplage des modèles hydrologique et hydraulique 2D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Ricquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic tuning of PI controllers for water level regulation of a multi-pool open-channel hydraulic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dorchies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ocampo-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Negenborn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport of water versus transport over water: Exploring the Dynamic Interplay of Transport and Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.145-167, 2015, 978-3-319-16132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId251"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0E2F9C8F"/>
+    <w:nsid w:val="095BDC11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-dorchies" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6595-7984" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253122376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-2325-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04259781v19" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dorchies" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32614/CRAN.package.airGR" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04257395v5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tilmant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berthet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourgin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04257407v4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04973751v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Aubry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Debolini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Graveline" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Imbesi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le-Gallo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04304401v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno J. Lemaire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Santos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Louafi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Soutif-Bellenger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352639v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Belleudy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Calmel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04304444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222293v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Kahiyeh-Moumin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ricquier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8697" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081606v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12160" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719212v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Nunez Torres" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyae Elmalki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006613v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Bailly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-40" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696260v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-105" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04269268v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182650v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC2521716X2022197" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03832127v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022197" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081446v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03330881v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-2190" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330861v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Piazzi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1371" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536934v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Faucheux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gamri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dejean" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7218-5_59" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607240v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607238v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602517v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Th&#233;pot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ficch&#237;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Raso" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Malaterre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jay-Allemand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601048v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baume" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862508" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599768v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599835v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela D'Agostino" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Demerliac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Fl&#246;rke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598852v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598887v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chauveau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599303v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952296v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bourgin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Astruc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rizzoli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Malaterre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Baume" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jay-Allemand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jean-Baptiste" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783043v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588743v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Werey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mellac Beck" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04972913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718224v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03811877v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bagli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gil-Garcia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04357949v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03925845v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Montginoul" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#230;titia Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889053v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Oubanas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Gejadze" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Billaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926259v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336263v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607109v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607111v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607112v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607110v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601046v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599772v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Theobald" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Tr&#228;bing" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Kehr" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Aufenanger" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601068v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598132v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lilas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lamblin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03143801v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borell-Estupina" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Marechal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Coustau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Fleury" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jourde" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599572v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charpentier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hugodot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598130v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouzeyre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598131v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598129v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Koli&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592960v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kuhfuss" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04601100v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Irz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grall" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiotte-Suchet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412754v18" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9ecb81e4acc31ec0332f4887771f2cfa4f2a55df;origin=https://cran.r-project.org/package%253DairGR;visit=swh:1:snp:b14ede66c1ce5d036e4068297411cc78f06c6771;anchor=swh:1:rel:83fc526950e22151a11cd502d747dc455984a513;path=/airGR/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04614411v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lemaitre-Basset" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Oudin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101855" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033012v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Guiot de la Roch&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2020.1792364" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608569v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raso" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chiavico" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)WR.1943-5452.0001040" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609669v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Viatg&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pinna" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019017" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604888v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2016047" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601880v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pianosi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)WR.1943-5452.0000571" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233447v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Furusho-Percot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2015.17.08" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122348v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Dehay" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15715124.2013.865636" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826491v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.09" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826471v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.08" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826696v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.11" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826501v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.10" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598156v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lozano" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Litrico" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Mateos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IR.1943-4774.0000419" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162465v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Rabbani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bayen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCS.2009.933524" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592782v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04812296v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601377v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dejean" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04616649v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529186v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Gallo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651558v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alix" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Erdlenbruch" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144093v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651641v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924692v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thiercelin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711837v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03852434v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03687216v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922614v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076377v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Dau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10676" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03378831v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lobligeois" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Riffiod" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597984v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076984v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602531v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ocampo-Martinez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Negenborn" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-dorchies" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6595-7984" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253122376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-2325-2015" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04259781v19" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delaigue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dorchies" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32614/CRAN.package.airGR" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04257395v5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tilmant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berthet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blanchouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourgin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04257407v4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04973751v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Aubry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Debolini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Graveline" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Imbesi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le-Gallo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04304401v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno J. Lemaire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Santos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Louafi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Soutif-Bellenger" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352639v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Belleudy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Calmel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04304444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222293v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Kahiyeh-Moumin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ricquier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8697" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081606v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-12160" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006613v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grelot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Bailly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-40" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719212v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Nunez Torres" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyae Elmalki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696260v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-105" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04269268v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182650v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC2521716X2022197" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03832127v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022197" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03330881v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-2190" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081446v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330861v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Piazzi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1371" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536934v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Faucheux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gamri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dejean" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7218-5_59" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607240v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607238v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602517v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Th&#233;pot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600860v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ficch&#237;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Raso" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Malaterre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jay-Allemand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601048v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baume" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862508" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599768v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599835v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela D'Agostino" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Demerliac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Fl&#246;rke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598852v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599303v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598887v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chauveau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952296v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bourgin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Astruc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rizzoli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Malaterre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Baume" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jay-Allemand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jean-Baptiste" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783043v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588743v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Werey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mellac Beck" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04972913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04718224v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03811877v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bagli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gil-Garcia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04357949v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03925845v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Montginoul" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#230;titia Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889053v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Oubanas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Gejadze" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Billaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926259v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03336263v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607111v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607109v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607112v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607110v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601046v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599772v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Theobald" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Tr&#228;bing" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Kehr" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Aufenanger" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601068v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598132v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lilas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lamblin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03143801v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borell-Estupina" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Marechal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Coustau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Fleury" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jourde" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599572v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charpentier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hugodot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598130v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouzeyre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598131v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598129v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Koli&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592960v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kuhfuss" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04601100v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Irz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grall" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiotte-Suchet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04412754v18" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9ecb81e4acc31ec0332f4887771f2cfa4f2a55df;origin=https://cran.r-project.org/package%253DairGR;visit=swh:1:snp:b14ede66c1ce5d036e4068297411cc78f06c6771;anchor=swh:1:rel:83fc526950e22151a11cd502d747dc455984a513;path=/airGR/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04614411v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lemaitre-Basset" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Oudin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101855" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033012v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Guiot de la Roch&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2020.1792364" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608569v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Raso" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chiavico" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)WR.1943-5452.0001040" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609669v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Viatg&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pinna" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019017" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604888v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2016047" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601880v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pianosi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)WR.1943-5452.0000571" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233447v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Furusho-Percot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2015.17.08" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122348v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florine Dehay" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15715124.2013.865636" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826491v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.09" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826696v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.11" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826471v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.08" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826501v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2013.11.10" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598156v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lozano" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Litrico" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Mateos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IR.1943-4774.0000419" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162465v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Rabbani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bayen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCS.2009.933524" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592782v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04812296v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601377v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dejean" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04616649v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529186v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Gallo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651558v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alix" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Erdlenbruch" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144093v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651641v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924692v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thiercelin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03852434v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711837v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03687216v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922614v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Villerd" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076377v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Dau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10676" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03378831v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lobligeois" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Riffiod" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597984v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04076984v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602531v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ocampo-Martinez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Negenborn" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>