--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -497,213 +497,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lake Sediments From Littoral and Profundal Zones are Heterogeneous but Equivalent Sources of Methane Produced by Distinct Methanogenic Communities—A Case Study From Lake Remoray</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two Millennia of Complexity and Variability in a Perialpine Socioecological System (Savoie, France): The Contribution of Palynology and sedaDNA Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Tardy</w:t>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Doyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Millet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ludovic Gielly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JG006776⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2022.866781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04303659v1</w:t>
+                <w:t xml:space="preserve">hal-03789462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paleoreconstructions of ciliate communities reveal long-term ecological changes in temperate lakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Barouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Vasselon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Vasselon</w:t>
+                <w:t xml:space="preserve">François Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -718,191 +735,174 @@
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-022-12041-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03667008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two Millennia of Complexity and Variability in a Perialpine Socioecological System (Savoie, France): The Contribution of Palynology and sedaDNA Analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lake Sediments From Littoral and Profundal Zones are Heterogeneous but Equivalent Sources of Methane Produced by Distinct Methanogenic Communities—A Case Study From Lake Remoray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elise Doyen</w:t>
+                <w:t xml:space="preserve">Vincent Tardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Gielly</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emilie Lyautey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (11), pp.e2021JG006776. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fevo.2022.866781⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2021JG006776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03789462v1</w:t>
+                <w:t xml:space="preserve">hal-04303659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinary insights into a 500-year trajectory of an alpine socio-ecological system in Montaimont, France</w:t>
               </w:r>
@@ -927,51 +927,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lachello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1026,51 +1026,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial distribution of sediment archaeal and bacterial communities relates to the source of organic matter and hypoxia – a biogeographical study on Lake Remoray (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1078,51 +1078,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Masclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Essert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 97 (10), </w:t>
@@ -1154,295 +1154,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03439896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the response of micro-eukaryotic diversity to the Great Acceleration using lake sedimentary DNA</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The vegetation, climate, and fire history of a mountain steppe: A Holocene reconstruction from the South Caucasus, Shenkani, Armenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Debroas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Etienne</w:t>
+                <w:t xml:space="preserve">Amy Cromartie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Galop</w:t>
+                <w:t xml:space="preserve">Chéima Barhoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17682-8⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 246, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2020.106485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02910139v1</w:t>
+                <w:t xml:space="preserve">hal-02929989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The vegetation, climate, and fire history of a mountain steppe: A Holocene reconstruction from the South Caucasus, Shenkani, Armenia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Blanchet</w:t>
+                <w:t xml:space="preserve">Assessing the response of micro-eukaryotic diversity to the Great Acceleration using lake sedimentary DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chéima Barhoumi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erwan Messager</w:t>
+                <w:t xml:space="preserve">Didier Debroas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Peyron</w:t>
+                <w:t xml:space="preserve">Didier Galop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 246, </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, 8 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2020.106485⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17682-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929989v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02910139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le village lacustre de Rives 2 et l’occupation des terrasses de Thonon-les-Bains (Haute-Savoie) à l’âge du Bronze</w:t>
               </w:r>
@@ -1960,385 +1960,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01681619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">20th century human pressures drive reductions in deepwater oxygen leading to losses of benthic methane-based food webs</w:t>
+                <w:t xml:space="preserve">Frequency and intensity of palaeofloods at the interface of Atlantic and Mediterranean climate domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Belle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Millet</w:t>
+                <w:t xml:space="preserve">B. Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Verneaux</w:t>
+                <w:t xml:space="preserve">H. Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Lami</w:t>
+                <w:t xml:space="preserve">C. Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. S. Anselmetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.02.019⟩</w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (2), pp.299-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/cp-12-299-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568901v1</w:t>
+                <w:t xml:space="preserve">hal-02634933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency and intensity of palaeofloods at the interface of Atlantic and Mediterranean climate domains</w:t>
+                <w:t xml:space="preserve">20th century human pressures drive reductions in deepwater oxygen leading to losses of benthic methane-based food webs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Wilhelm</w:t>
+                <w:t xml:space="preserve">Simon Belle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Vogel</w:t>
+                <w:t xml:space="preserve">Valérie Verneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Crouzet</w:t>
+                <w:t xml:space="preserve">Andrea Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 137 (137), pp.209-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.02.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/cp-12-299-2016⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634933v1</w:t>
+                <w:t xml:space="preserve">hal-01568901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate and human land-use as a driver of Lake Narlay (Eastern France, Jura Mountains) evolution over the last 1200 years: implication for methane cycle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Verneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 55 (1), pp.83-96. </w:t>
@@ -3250,51 +3250,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the resilience of steppe grassland ecosystems of the Southern Caucasus under differing social mediated land-use patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Khatchadourian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3494,320 +3494,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millennial dynamics of vegetation and agropastoral activities recorded from two sites in the Northern Alps: the Glières peat bog and the Laouchets lake</w:t>
+                <w:t xml:space="preserve">Dynamiques millénaires de la végétation et des pratiques agro-pastorales sur deux sites des Alpes du Nord : La tourbière des Glières et le lac des Laouchets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Pourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Q13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04952429v1</w:t>
+                <w:t xml:space="preserve">hal-04952459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques millénaires de la végétation et des pratiques agro-pastorales sur deux sites des Alpes du Nord : La tourbière des Glières et le lac des Laouchets</w:t>
+                <w:t xml:space="preserve">Millennial dynamics of vegetation and agropastoral activities recorded from two sites in the Northern Alps: the Glières peat bog and the Laouchets lake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Pourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Doyen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIe colloque du GMPCA : Archéométrie 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Q13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04952459v1</w:t>
+                <w:t xml:space="preserve">hal-04952429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable Holocene landscape use in the Armenian highlands: insight from pollen and reveals models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Menot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4009,51 +4009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Gregory-Eaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Barouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4104,51 +4104,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mountain agro-ecosystems long-term trajectories in the North Western Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4238,103 +4238,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wildfires and human communities in Bronze and Iron Age, Armenia: A macro-charcoal and paleo-temperature (BrGDGTs) reconstruction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chéima Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Menot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, San Francisco, United States</w:t>
@@ -4363,51 +4363,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human and climate drivers of Holocene grassland fires in the South Caucasus: A macro-charcoal, brGDGTs, and pollen reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chéïma Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4415,51 +4415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Ménot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienna, Austria. </w:t>
@@ -4497,77 +4497,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-proxy (pollen, NPPs, macro-charcoal, XRF, brGDGTs) investigation of resilience in socio-ecological systems in the Bronze and Iron Age South Caucasus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Menot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dugerdil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4752,103 +4752,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Humans and Climate in the Process of Steppe Formation in the High-Mountain Region of Armenia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chéima Barhoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MEDPALYNO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
@@ -4985,51 +4985,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unprecedented changes in lake functioning in the Anthropocene : assessment of lake ecological trajectories over the last millennium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belle Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5479,364 +5479,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques agricoles et sylvicoles depuis 1500 ans en Lorraine : histoire comparée de trois massifs forestiers</w:t>
+                <w:t xml:space="preserve">Origine des dépressions fermées du plateau lorrain et utilisation des sols : palynologie, LIDAR et micromorphologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ruffaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Dambrine</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Georges-Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Goepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France</w:t>
+              <w:t xml:space="preserve">Bio-géosystèmes continentaux quaternaires : variabilité climatique et anthropisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00464291v1</w:t>
+                <w:t xml:space="preserve">hal-00464279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application du radar-sol aux sites d’ambiance humide : application aux habitats littoraux lacustres du Jura et des mardelles de Lorraine</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pratiques agricoles et sylvicoles depuis 1500 ans en Lorraine : histoire comparée de trois massifs forestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Friedt</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ruffaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques AGAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Saint-Brieux, France</w:t>
+              <w:t xml:space="preserve">APLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01119840v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00464291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origine des dépressions fermées du plateau lorrain et utilisation des sols : palynologie, LIDAR et micromorphologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application du radar-sol aux sites d’ambiance humide : application aux habitats littoraux lacustres du Jura et des mardelles de Lorraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Camerlynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Etienne E. Dambrine</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Laplaige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Friedt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-géosystèmes continentaux quaternaires : variabilité climatique et anthropisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journées scientifiques AGAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Saint-Brieux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00464279v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01119840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archives palynologiques et sédimentaires : les mardelles forestières de Lorraine</w:t>
               </w:r>
@@ -5848,51 +5848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ruffaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dambrine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COLLOQUE INTERNATIONAL Q6 Biodiversité au Quaternaire : Climats, Environnements et Peuplements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5949,64 +5949,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Holocene glycerol dialkyl glycerol tetraether (GDGT) MAAT reconstruction from the country of Armenia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Cromartie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6100,77 +6100,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bajard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPA-IAL Stockholm 2018 conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Stockholm, Sweden</w:t>
@@ -6664,77 +6664,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in Ciliate Communities Reveal Modification of Lake Functioning Over the Last Century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barouillet Cécilia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Vasselon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Vasselon</w:t>
+                <w:t xml:space="preserve">François Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7112,51 +7112,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BEC56735"/>
+    <w:nsid w:val="5D0075C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7343,51 +7343,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-etienne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6388-7241" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159284414" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/299855522" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000403191383" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328331v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Barouillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gregory-Eaves" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-025-00358-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952265v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Julien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Doyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marquer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fearc.2024.1474357" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303659v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tardy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lyautey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JG006776" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667008v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Vasselon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Keck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12041-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.866781" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elleaume" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachello" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01902-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439896v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Essert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiab126" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910139v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Galop" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17682-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Cromartie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;ima Barhoumi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2020.106485" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03216573v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Landry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Marguet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Treffort" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tremblay-Cormier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02877381v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe H&#233;non" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005844v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quinsac" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Etienne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2018.11.005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VHXC46FT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681619v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.07.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Belle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Verneaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lami" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.02.019" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPZJ5SFM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634933v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wilhelm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vogel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crouzet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. S. Anselmetti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-299-2016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536534v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-015-9864-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636984v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-014-0439-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00929699v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-012-9646-x" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927543v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ruffaldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Georges-Leroy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ritz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683612470173" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647029v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Goepp" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2010.10.036" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQ2716ND-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741250v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464289v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Dambrine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118682v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221935v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Khatchadourian" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Palumbi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Smith" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Badalyan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824010v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Desgu&#233;-Itier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952429v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pourrier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952459v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436773v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Menot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587744v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Walter-Simonnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04817355v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rotschi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11911" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452746v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wentao Chen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin James Walsh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-6072" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436653v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436561v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;&#239;ma Barhoumi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dugerdil" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette M&#233;not" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10442" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436818v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robles Mary" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04817336v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Itier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-15440" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03233599v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Wiethold" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Klag" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollive" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02024640v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belle Simon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo de Mendoza" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891390v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fouinat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Montet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schoeneich" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01875283v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517084v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464291v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dambrine" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119840v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Camerlynck" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bossuet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Laplaige" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Friedt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464279v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464297v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036443v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887780v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880049v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01874219v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Quinsac" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Savoye" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323067v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepam.cnrs.fr/actualite/ouvrage-actes-des-41e-rencontres-biodiversites-environnements-et-societes-depuis-la-prehistoire-nouveaux-marqueurs-et-approches-integrees/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474889v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barouillet C&#233;cilia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264781v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin N&#252;sslein" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meyer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nowakowski" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746238v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10094" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-etienne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6388-7241" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159284414" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/299855522" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000403191383" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328331v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Barouillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Etienne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gregory-Eaves" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-025-00358-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952265v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Julien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Messager" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Doyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marquer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fearc.2024.1474357" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789462v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.866781" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667008v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Vasselon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Keck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12041-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303659v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tardy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lyautey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JG006776" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elleaume" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lachello" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01902-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439896v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Essert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiab126" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929989v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Cromartie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;ima Barhoumi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2020.106485" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910139v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Galop" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17682-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03216573v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Landry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Marguet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Treffort" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tremblay-Cormier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gisclon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02877381v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe H&#233;non" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005844v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Quinsac" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Etienne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2018.11.005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VHXC46FT-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681619v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.07.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634933v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wilhelm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vogel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crouzet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. S. Anselmetti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-299-2016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568901v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Belle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Verneaux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lami" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.02.019" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPZJ5SFM-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536534v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-015-9864-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636984v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00334-014-0439-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00929699v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Reyss" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-012-9646-x" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927543v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ruffaldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Georges-Leroy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ritz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683612470173" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647029v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Goepp" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2010.10.036" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQ2716ND-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741250v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464289v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Dambrine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118682v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221935v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Khatchadourian" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Palumbi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Smith" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Badalyan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824010v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Desgu&#233;-Itier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952459v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pourrier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952429v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436773v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Menot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587744v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Walter-Simonnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04817355v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rotschi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11911" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452746v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wentao Chen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin James Walsh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-6072" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436653v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436561v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;&#239;ma Barhoumi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dugerdil" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette M&#233;not" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10442" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436818v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robles Mary" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04817336v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Itier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-15440" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03233599v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Wiethold" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Klag" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollive" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02024640v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belle Simon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo de Mendoza" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891390v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fouinat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Montet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schoeneich" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01875283v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517084v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lequy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464279v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464291v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dambrine" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119840v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Camerlynck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bossuet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Laplaige" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Friedt" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464297v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036443v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887780v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01880049v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Quiers" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacq" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01874219v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Quinsac" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Savoye" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323067v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Jacob" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Billaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepam.cnrs.fr/actualite/ouvrage-actes-des-41e-rencontres-biodiversites-environnements-et-societes-depuis-la-prehistoire-nouveaux-marqueurs-et-approches-integrees/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474889v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barouillet C&#233;cilia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264781v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin N&#252;sslein" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meyer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nowakowski" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01746238v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN10094" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>