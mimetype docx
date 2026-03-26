--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -502,295 +502,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04540099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic topological and supramolecular control of Diels‐Alder reactivity based on a tunable self‐complexing hos‐guest molecular switch</w:t>
+                <w:t xml:space="preserve">Revitalizing Inert Materials: Grafting Self‐Oscillating, Stimuli‐Responsive Organometallic Polymers for Pulsating Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cedric Ribeiro</w:t>
+                <w:t xml:space="preserve">Johanne Pirkin‐benameur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bouad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Cariello</w:t>
+                <w:t xml:space="preserve">Flora Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Malfait</w:t>
+                <w:t xml:space="preserve">Denis Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bria</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Fournier</w:t>
+                <w:t xml:space="preserve">Katell Sénéchal‐david</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Chemistry - A European Journal, e202302300, </w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (33), pp.2300346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202302300⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/admi.202300346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04401036v2</w:t>
+                <w:t xml:space="preserve">hal-04187324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revitalizing Inert Materials: Grafting Self‐Oscillating, Stimuli‐Responsive Organometallic Polymers for Pulsating Systems</w:t>
+                <w:t xml:space="preserve">Synergistic topological and supramolecular control of Diels‐Alder reactivity based on a tunable self‐complexing hos‐guest molecular switch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanne Pirkin‐benameur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bouad</w:t>
+                <w:t xml:space="preserve">Cedric Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Lefebvre</w:t>
+                <w:t xml:space="preserve">Michele Cariello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Bouyer</w:t>
+                <w:t xml:space="preserve">Aurélie Malfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katell Sénéchal‐david</w:t>
+                <w:t xml:space="preserve">Marc Bria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (33), pp.2300346. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Chemistry - A European Journal, e202302300, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/admi.202300346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202302300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04187324v1</w:t>
+                <w:t xml:space="preserve">hal-04401036v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Nanoporous Materials From Boronate-Containing Stimuli-Responsive Diblock Copolymers</w:t>
               </w:r>
@@ -1070,51 +1070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Le Fer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Malfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1588,64 +1588,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catechol/boronic acid chemistry for the creation of block copolymers with a multi-stimuli responsive junction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Malfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Lyskawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1813,51 +1813,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A water-soluble supramolecular polymeric dual sensor for temperature and pH with an associated direct visible readout</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Malfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3286,51 +3286,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04191326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of PBT vitrimers through reactive extrusion – effect of flame retardant additives</w:t>
+                <w:t xml:space="preserve">Flame-retardancy of a PBT vitrimer matrix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
@@ -3361,315 +3361,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">David Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Samyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Turin, Italy</w:t>
+              <w:t xml:space="preserve">ECOFRAM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Alès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04191811v1</w:t>
+                <w:t xml:space="preserve">hal-04191806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive approach to Flame retard PBT vitrimer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of PBT vitrimers through reactive extrusion – effect of flame retardant additives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Duquesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Samyn</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Los Angeles, CA, United States</w:t>
+              <w:t xml:space="preserve">Polymer 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04191380v1</w:t>
+                <w:t xml:space="preserve">hal-04191811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flame-retardancy of a PBT vitrimer matrix</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Additive approach to Flame retard PBT vitrimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Samyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Gaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Samyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOFRAM 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Alès, France</w:t>
+              <w:t xml:space="preserve">Polymers 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Los Angeles, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04191806v1</w:t>
+                <w:t xml:space="preserve">hal-04191380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignifugation d’une matrice PBT vitrimère</w:t>
               </w:r>
@@ -3770,51 +3770,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supramolecular chemistry:a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
+                <w:t xml:space="preserve">Smart coloured polymeric systems with memory function(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Belal</w:t>
@@ -3849,97 +3849,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FBPOL2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Florianopolis, Brazil</w:t>
+              <w:t xml:space="preserve">French-Chinese Macromolecular Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Wuhan, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289784v1</w:t>
+                <w:t xml:space="preserve">hal-04289154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart coloured polymeric systems with memory function(s)</w:t>
+                <w:t xml:space="preserve">Smart Coloured Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Belal</w:t>
@@ -3974,97 +3974,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French-Chinese Macromolecular Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Wuhan, China</w:t>
+              <w:t xml:space="preserve">82nd PMM conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289154v1</w:t>
+                <w:t xml:space="preserve">hal-04289795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart Coloured Hydrogels</w:t>
+                <w:t xml:space="preserve">Supramolecular chemistry:a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Belal</w:t>
@@ -4099,347 +4099,347 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">82nd PMM conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">BPC Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289795v1</w:t>
+                <w:t xml:space="preserve">hal-04289525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart coloured polymeric systems with memory function(s)</w:t>
+                <w:t xml:space="preserve">Supramolecular chemistry:a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Lyskawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Belal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R Hoogenboom</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFP 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Macro 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289085v1</w:t>
+                <w:t xml:space="preserve">hal-04289132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supramolecular chemistry:a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
+                <w:t xml:space="preserve">Smart coloured polymeric systems with memory function(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Belal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Lyskawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Stoffelbach</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macro 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">GFP 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289132v1</w:t>
+                <w:t xml:space="preserve">hal-04289085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supramolecular chemistry:a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
+                <w:t xml:space="preserve">Supramolecular chemistry: a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Belal</w:t>
@@ -4474,97 +4474,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BPC Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Symposium MOLMATMEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289525v1</w:t>
+                <w:t xml:space="preserve">hal-04289250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supramolecular chemistry: a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
+                <w:t xml:space="preserve">Supramolecular chemistry:a powerful tool to elaborate « colourful » multi-stimuli responsive macromolecular assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Woisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Belal</w:t>
@@ -4599,73 +4599,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hoogenboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium MOLMATMEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Angers, France</w:t>
+              <w:t xml:space="preserve">FBPOL2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Florianopolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289250v1</w:t>
+                <w:t xml:space="preserve">hal-04289784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catechol/ boronic acid chemistry for the creation of multi-stimuli responsive self-assembled block copolymers</w:t>
               </w:r>
@@ -5455,51 +5455,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101187v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauran Mama" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Pirkin-Benameur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fournier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Woisel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes15060164" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montarnal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaucher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2023.126559" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540099v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Samsoen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dudognon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Fer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2024.123895" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04401036v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Ribeiro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cariello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Malfait" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bria" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302300" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04187324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Pirkin&#8208;benameur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lefebvre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell S&#233;n&#233;chal&#8208;david" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202300346" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689068v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Grande" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erig&#232;ne Bakangura" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coumes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2py00237j" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03256609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Louati" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Tahon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Stoclet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alo&#239;se" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.123875" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03198707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hoogenboom" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2021.110366" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04287402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Laure" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Bruycker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Espeel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03363" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04529421v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laquievre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barrau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Stoclet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2017.04.042" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5PQK21WP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04642871v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lyskawa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b00160" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484607v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lyskawa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6PY00738D" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484476v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b01889" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484467v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Cooke" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2015.02.033" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782865v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Hien Ho" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin E. Levere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montembault" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagrario Pascual" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH12192" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696705v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Sambe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Stoffelbach" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delattre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma2009854" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03326778v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Zobrist" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sobocinski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma200853w" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bigot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja1027452" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429877v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma901809a" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119746v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fontaine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.21644" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J3SML125-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02355088v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Haddleton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cc0600122" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365712v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guyomard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2004.05.005" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DZSWDGN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05086206v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191326v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Samyn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gaucher" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191811v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191380v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191806v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04190979v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289784v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Belal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hoogenboom" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289154v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289795v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289085v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289525v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289250v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338936v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04461554v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04461439v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04461454v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Affouard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04555149v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stoffelbach" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101187v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauran Mama" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Pirkin-Benameur" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bouad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fournier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Woisel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes15060164" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montarnal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaucher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2023.126559" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540099v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Samsoen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Dudognon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Fer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2024.123895" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04187324v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Pirkin&#8208;benameur" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lefebvre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell S&#233;n&#233;chal&#8208;david" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202300346" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04401036v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Ribeiro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Cariello" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Malfait" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bria" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302300" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689068v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Grande" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erig&#232;ne Bakangura" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coumes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2py00237j" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03256609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Louati" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Tahon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Stoclet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alo&#239;se" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.123875" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03198707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hoogenboom" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2021.110366" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04287402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Laure" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Bruycker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Espeel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b03363" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04529421v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laquievre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barrau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Stoclet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2017.04.042" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5PQK21WP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04642871v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lyskawa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b00160" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484607v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lyskawa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6PY00738D" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484476v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b01889" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484467v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Cooke" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2015.02.033" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782865v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Hien Ho" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin E. Levere" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montembault" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sagrario Pascual" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH12192" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696705v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Sambe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Stoffelbach" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delattre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma2009854" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03326778v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Zobrist" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sobocinski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma200853w" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bigot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja1027452" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429877v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma901809a" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119746v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fontaine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.21644" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J3SML125-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-02355088v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Haddleton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cc0600122" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365712v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guyomard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bardeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2004.05.005" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DZSWDGN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05086206v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191326v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Samyn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gaucher" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191806v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191811v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04191380v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04190979v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289154v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Belal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hoogenboom" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289795v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289525v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289132v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289085v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04289784v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338936v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04461554v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04461439v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04461454v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Affouard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04555149v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stoffelbach" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>