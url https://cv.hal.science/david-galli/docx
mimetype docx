--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -227,238 +227,243 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Tiers en vers</w:t>
+                <w:t xml:space="preserve">Les impromptus scientifiques : nouvelles formes de rencontres art-science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Grison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galli</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Triquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les tiers lieux culturels. Tome 1 - Identités en création</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carnets de Laboratoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Éditions De Bonne Heure, pp.51-58, 2024, 978-2-493781-17-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.10932989⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04708791v1</w:t>
+                <w:t xml:space="preserve">hal-04599873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Préambule au « Tiers en vers » : une recherche de questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lambert</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">David Galli; Clara Galliano; Vincent Lambert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les tiers lieux culturels. Tome 1 - Identités en création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.21-28, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
+              <w:t xml:space="preserve">, pp.95-99, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04484887v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prétexte</w:t>
               </w:r>
@@ -484,51 +489,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">David Galli; Clara Galliano; Vincent Lambert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les tiers lieux culturels. Tome 1 - Identités en création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.11-19, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
@@ -537,243 +542,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les impromptus scientifiques : nouvelles formes de rencontres art-science</w:t>
+                <w:t xml:space="preserve">Le Tiers en vers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">David Galli; Clara Galliano; Vincent Lambert. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnets de Laboratoire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les tiers lieux culturels. Tome 1 - Identités en création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-103, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04599873v1</w:t>
+                <w:t xml:space="preserve">hal-04708791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préambule au « Tiers en vers » : une recherche de questions</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Galli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Rivière</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Galliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">David Galli; Clara Galliano; Vincent Lambert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les tiers lieux culturels. Tome 1 - Identités en création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.95-99, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
+              <w:t xml:space="preserve">, pp.21-28, 2024, Communication et Civilisation, 978-2-336-44488-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04708782v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
@@ -1802,51 +1802,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171827v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Galli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;vy-Leblond" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gerini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708791v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Rivi&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-tiers-lieux-culturels-1/16265" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484887v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Galliano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_tiers_lieux_culturels_tome_1_identites_en_creation_david_galli_clara_galliano_vincent_lambert-9782336444888-79398.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708244v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Renucci" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599873v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Grison" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Triquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10932989" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708782v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172106v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172103v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Tisseron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172093v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Winkin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112647v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Abitbol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807332447-pharmaphone-la-voix-des-adolescents" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112652v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pommereau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112656v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gutton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bougnoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112659v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marcelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02636508v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.accentpublisher.ro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03175842v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171827v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Galli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;vy-Leblond" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gerini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599873v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Rivi&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Grison" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Triquet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10932989" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708782v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/les-tiers-lieux-culturels-1/16265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708244v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Renucci" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708791v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484887v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Galliano" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lambert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-les_tiers_lieux_culturels_tome_1_identites_en_creation_david_galli_clara_galliano_vincent_lambert-9782336444888-79398.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172106v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172103v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Tisseron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172093v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Winkin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112647v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Abitbol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807332447-pharmaphone-la-voix-des-adolescents" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112652v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pommereau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112656v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gutton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bougnoux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112659v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marcelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02636508v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.accentpublisher.ro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03175842v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>