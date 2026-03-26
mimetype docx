--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -230,291 +230,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05441239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A feasibility study of leveraging intermuscular coherence in EMG-driven neuromusculoskeletal modeling to improve muscle moment estimation</w:t>
+                <w:t xml:space="preserve">Status of surface electromyography assessment as part of clinical gait analysis in the management of patients with cerebral palsy - Outcomes of a Delphi process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Mathieu</w:t>
+                <w:t xml:space="preserve">Robert Reisig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Crémoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Gasq</w:t>
+                <w:t xml:space="preserve">Nathalie Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Pudlo</w:t>
+                <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Amarantini</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gabor J. Barton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harald Boehm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bspc.2025.108004⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 117, pp.72-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2024.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05062997v1</w:t>
+                <w:t xml:space="preserve">hal-04977109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Status of surface electromyography assessment as part of clinical gait analysis in the management of patients with cerebral palsy - Outcomes of a Delphi process</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A feasibility study of leveraging intermuscular coherence in EMG-driven neuromusculoskeletal modeling to improve muscle moment estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Alexander</w:t>
+                <w:t xml:space="preserve">Emilie Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Armand</w:t>
+                <w:t xml:space="preserve">Sylvain Crémoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabor J. Barton</w:t>
+                <w:t xml:space="preserve">Philippe Pudlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harald Boehm</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 117, pp.72-77. </w:t>
+              <w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 109, pp.108004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2024.12.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bspc.2025.108004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977109v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From lab to real life: Is there a link between lab-based and ecological assessment of Procedural Perceptual-Motor Learning tasks?</w:t>
               </w:r>
@@ -902,51 +902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current practices in clinical gait analysis in Europe: A comprehensive survey-based study from the European society for movement analysis in adults and children (ESMAC) standard initiative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zimi Sawacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1170,77 +1170,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upper limb motor dysfunction is associated with fragmented kinetics after brain injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Crémoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Delcamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1611,51 +1611,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 5 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2219,2687 +2219,2687 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Botulinum toxin combined with rehabilitation decrease corticomuscular coherence in stroke patients</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AbobotulinumtoxinA Doses in Upper and Lower Limb Spasticity: A Systematic Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Chalard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexis Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Freitag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ike Iheanacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyle Fahrbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2021.12.019⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (11), pp.734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins14110734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03636388v1</w:t>
+                <w:t xml:space="preserve">inserm-04052886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respective Contributions of Instrumented 3D Gait Analysis Data and Tibial Motor Nerve Block on Presurgical Spastic Equinus Foot Assessment: A Retrospective Study of 40 Adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes in intermuscular connectivity during active elbow extension reveal a functional simplification of motor control after stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Delcamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chalard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fneur.2022.862644⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2022.940907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738505v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04364555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in intermuscular connectivity during active elbow extension reveal a functional simplification of motor control after stroke</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Respective Contributions of Instrumented 3D Gait Analysis Data and Tibial Motor Nerve Block on Presurgical Spastic Equinus Foot Assessment: A Retrospective Study of 40 Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmeline Montane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marino Scandella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Castel-Lacanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnins.2022.940907⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.862644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2022.862644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04364555v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AbobotulinumtoxinA Doses in Upper and Lower Limb Spasticity: A Systematic Literature Review</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Botulinum toxin combined with rehabilitation decrease corticomuscular coherence in stroke patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Delcamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chalard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (11), pp.734. </w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 136, pp.49-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/toxins14110734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2021.12.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04052886v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03636388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired grip strength is related to altered modulation of intermuscular coupling in post-stroke subjects: a pilot study</w:t>
+                <w:t xml:space="preserve">Temporal Dynamics of Corticomuscular Coherence Reflects Alteration of the Central Mechanisms of Neural Motor Control in Post-Stroke Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia Delcamp</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Maxime Fauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chalard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.682080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2021.682080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04367739v1</w:t>
+                <w:t xml:space="preserve">inserm-03636386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responsiveness of kinematic and clinical measures of upper-limb motor function after stroke: A systematic review and meta-analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Villepinte</w:t>
+                <w:t xml:space="preserve">Impaired grip strength is related to altered modulation of intermuscular coupling in post-stroke subjects: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Delcamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arpana Verma</w:t>
+                <w:t xml:space="preserve">Marie Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloe Dimeglio</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Vigouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (4), pp.NP159-NP160</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03212101v2</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04367739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuromodulation of cortical beta oscillatory activity following botulinum injection in post-stroke</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marque</w:t>
+                <w:t xml:space="preserve">Responsiveness of kinematic and clinical measures of upper-limb motor function after stroke: A systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Villepinte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arpana Verma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Dimeglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64 (2), pp.101366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.02.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04367740v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03212101v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phasic alteration of corticomuscular coupling in post-stroke subjects is associated with decreased motor function during active elbow extensions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Neuromodulation of cortical beta oscillatory activity following botulinum injection in post-stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 35 (4), pp.NP95</w:t>
+              <w:t xml:space="preserve">, 2021, 35 (4), pp.NP22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04367734v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04367740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the combination of botulinum toxin A injection in elbow flexor muscles and rehabilitation on cortical oscillatory activity in individuals with stroke</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Phasic alteration of corticomuscular coupling in post-stroke subjects is associated with decreased motor function during active elbow extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Fauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurorehabilitation and Neural Repair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (4), pp.NP95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.09.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04364610v1</w:t>
+                <w:t xml:space="preserve">hal-04367734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Dynamics of Corticomuscular Coherence Reflects Alteration of the Central Mechanisms of Neural Motor Control in Post-Stroke Patients</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Effect of the combination of botulinum toxin A injection in elbow flexor muscles and rehabilitation on cortical oscillatory activity in individuals with stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15, pp.682080. </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64 (6), pp.101434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2021.682080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03636386v1</w:t>
+                <w:t xml:space="preserve">hal-04364610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic parameters obtained with the ArmeoSpring for upper-limb assessment after stroke: a reliability and learning effect study for guiding parameter use</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">THE USE OF POSTUROGRAPHY IN INVESTIGATING THE RISK OF FALLING IN FRAIL OR PREFRAIL OLDER PEOPLE WITH DIABETES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marque</w:t>
+                <w:t xml:space="preserve">H. Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rodríguez-Mañas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Laosa Zafra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12984-020-00759-2⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.44-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14283/jfa.2019.27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03212120v1</w:t>
+                <w:t xml:space="preserve">inserm-03223352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling for lesions, kinematics and physiological noise: impact on fMRI results of spastic post-stroke patients</w:t>
+                <w:t xml:space="preserve">Kinematic parameters obtained with the ArmeoSpring for upper-limb assessment after stroke: a reliability and learning effect study for guiding parameter use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Brihmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnauld Biganzoli</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Castel-Lacanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2020.101056⟩</w:t>
+              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (1), pp.130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12984-020-00759-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223339v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03212120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-Modal Functional Connectivity of the Premotor Cortex Reflects Residual Motor Output After Stroke</w:t>
+                <w:t xml:space="preserve">Controlling for lesions, kinematics and physiological noise: impact on fMRI results of spastic post-stroke patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Brihmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Tarri</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kader Boulanouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Darmana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnauld Biganzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Castel-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain connectivity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.101056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2020.101056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/brain.2020.0750⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223344v1</w:t>
+                <w:t xml:space="preserve">inserm-03223339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the EMG normalization method on muscle activation and the antagonist-agonist co-contraction index during active elbow extension: Practical implications for post-stroke subjects</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmeline Montané</w:t>
+                <w:t xml:space="preserve">Cross-Modal Functional Connectivity of the Premotor Cortex Reflects Residual Motor Output After Stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Brihmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tarri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Amarantini</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Castel-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2020.102403⟩</w:t>
+              <w:t xml:space="preserve">Brain connectivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (5), pp.236 - 249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/brain.2020.0750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223337v2</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spastic co-contraction is directly associated with altered cortical beta oscillations after stroke</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Impact of the EMG normalization method on muscle activation and the antagonist-agonist co-contraction index during active elbow extension: Practical implications for post-stroke subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Belle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmeline Montané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2020.02.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51, pp.102403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2020.102403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223335v2</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223337v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of robotic gait training after stroke: A meta-analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Griffier</w:t>
+                <w:t xml:space="preserve">Spastic co-contraction is directly associated with altered cortical beta oscillations after stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chalard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 63 (6), pp.518-534. </w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 131 (6), pp.1345 - 1353. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.02.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2020.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173049v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223335v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE USE OF POSTUROGRAPHY IN INVESTIGATING THE RISK OF FALLING IN FRAIL OR PREFRAIL OLDER PEOPLE WITH DIABETES</w:t>
+                <w:t xml:space="preserve">Effects of robotic gait training after stroke: A meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Domergue</w:t>
+                <w:t xml:space="preserve">Geoffroy Moucheboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rodríguez-Mañas</w:t>
+                <w:t xml:space="preserve">Romain Griffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Laosa Zafra</w:t>
+                <w:t xml:space="preserve">Bertrand Glize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Hood</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
+                <w:t xml:space="preserve">L. Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Frailty &amp; Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (1), pp.44-50. </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 63 (6), pp.518-534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14283/jfa.2019.27⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03223352v1</w:t>
+                <w:t xml:space="preserve">hal-03173049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of French upper limb Erasmus modified Nottingham Sensory Assessment in stroke</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Villepinte</w:t>
+                <w:t xml:space="preserve">Spastic co-contraction, rather that spasticity, is associated with impaired active function in adults with acquired brain injury: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chalard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Catella</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Téchené</w:t>
+                <w:t xml:space="preserve">Jessica Tallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.03.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 51 (4), pp.307-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2340/16501977-2528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03223398v2</w:t>
+                <w:t xml:space="preserve">inserm-03223397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Botuloscope: 1-year follow-up of upper limb post-stroke spasticity treated with botulinum toxin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chaleat-Valayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Yelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 62 (4), pp.207 - 213. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rehab.2019.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03223399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spastic co-contraction, rather that spasticity, is associated with impaired active function in adults with acquired brain injury: A pilot study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Marque</w:t>
+                <w:t xml:space="preserve">Validation of French upper limb Erasmus modified Nottingham Sensory Assessment in stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Villepinte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Catella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hidalgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Tallet</w:t>
+                <w:t xml:space="preserve">Sabrina Téchené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 51 (4), pp.307-311. </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 62 (1), pp.35-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2340/16501977-2528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223397v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223398v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirror Movements are Linked to Executive Control in Healthy and Brain-injured Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4988,51 +4988,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of different EMG normalisation methods on muscle activations and cocontraction index in adults with chronic post-stroke hemiparesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5105,64 +5105,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of upper limb active movement facilitation and neuromuscular plasticity induced by abobotulinumtoxinA in chronic poststroke: A study protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Picaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5264,51 +5264,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is spasticity or spastic cocontraction of the elbow flexors associated with the limitation of voluntary elbow extension in adults with acquired hemiparesis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5449,51 +5449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 61 (2), pp.78-84. </w:t>
@@ -5583,51 +5583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Loubinoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
@@ -5659,373 +5659,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01909553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a voluntary overcontrol of postural sway from static stabilometric assessment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Main determinants of weight-bearing asymmetry in hemiplegic stroke patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Lainard</w:t>
+                <w:t xml:space="preserve">Jeanne Montastruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Kaluza</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Castel-Lacanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 59, pp.e124. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.279⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 59, pp.e69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04367665v1</w:t>
+                <w:t xml:space="preserve">hal-04367682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Main determinants of weight-bearing asymmetry in hemiplegic stroke patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of a voluntary overcontrol of postural sway from static stabilometric assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Lainard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Montastruc</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Laure Kaluza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dupui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 59, pp.e69. </w:t>
+              <w:t xml:space="preserve">, 2016, 59, pp.e124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.159⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04367682v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04367665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs déterminants de l’asymétrie d’appui en posture statique chez le patient hémiparétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Montastruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lambert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Dupui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 46 (4-5), pp.260-261. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6065,1200 +6065,1200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04367666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi faire appel à l'analyse temps-fréquence pour quantifier la stabilité posturale de patients neurologiques~?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quels paramètres stabilométriques pour objectiver un surcontrôle volontaire des oscillations posturales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Kaluza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lainard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dupui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Amarantini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 45 (4-5), pp.404--405. </w:t>
+              <w:t xml:space="preserve">, 2015, 45 (4-5), pp.400. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344899v1</w:t>
+                <w:t xml:space="preserve">hal-04367667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels paramètres stabilométriques pour objectiver un surcontrôle volontaire des oscillations posturales ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pourquoi faire appel à l'analyse temps-fréquence pour quantifier la stabilité posturale de patients neurologiques~?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dupui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Kaluza</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Amarantini</w:t>
+                <w:t xml:space="preserve">P.-G. Zanone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lainard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
+                <w:t xml:space="preserve">D. Amarantini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 45 (4-5), pp.400. </w:t>
+              <w:t xml:space="preserve">, 2015, 45 (4-5), pp.404--405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04367667v1</w:t>
+                <w:t xml:space="preserve">hal-02344899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-stroke hemiplegia rehabilitation: Evolution of the concepts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
+                <w:t xml:space="preserve">Between-day reliability of centre of pressure measures for balance assessment in hemiplegic stroke patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Castel-Lacanal</w:t>
+                <w:t xml:space="preserve">Marc Labrunée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amarantini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dupui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. de Boissezon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Richard Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2014.08.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (1), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1743-0003-11-39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03223415v1</w:t>
+                <w:t xml:space="preserve">inserm-00981315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between-day reliability of centre of pressure measures for balance assessment in hemiplegic stroke patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
+                <w:t xml:space="preserve">Sensorimotor control deficiency in recurrent anterior shoulder instability assessed with a stabilometric force platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Edouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Labrunée</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dupui</w:t>
+                <w:t xml:space="preserve">Paul Calmels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Montoya</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francis Degache</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 11 (1), pp.39. </w:t>
+              <w:t xml:space="preserve">Journal of Shoulder and Elbow Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (3), pp.355-360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1743-0003-11-39⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jse.2013.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223414v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02498554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between-day reliability of centre of pressure measures for balance assessment in hemiplegic stroke patients.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">Between-day reliability of centre of pressure measures for balance assessment in hemiplegic stroke patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labrunée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dupui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 11 (1), pp.39. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1743-0003-11-39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00981315v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorimotor control deficiency in recurrent anterior shoulder instability assessed with a stabilometric force platform</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Gasq</w:t>
+                <w:t xml:space="preserve">Post-stroke hemiplegia rehabilitation: Evolution of the concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Calmels</w:t>
+                <w:t xml:space="preserve">E. Castel-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Degache</w:t>
+                <w:t xml:space="preserve">X. de Boissezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Loubinoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Shoulder and Elbow Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jse.2013.06.005⟩</w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57 (8), pp.520-529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2014.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02498554v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Posterior tibial tendon transfer in the spastic brain-damaged adult does not lead to valgus flatfoot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
+                <w:t xml:space="preserve">Impact of intermittent catheterization on the quality of life of multiple sclerosis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Castel-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Molinier</w:t>
+                <w:t xml:space="preserve">X. Gamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Reina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Dupui</w:t>
+                <w:t xml:space="preserve">J. Guillotreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Chiron</w:t>
+                <w:t xml:space="preserve">E. Braley-Berthoumieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foot and Ankle Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 19 (3), pp.182-187. </w:t>
+              <w:t xml:space="preserve">World Journal of Urology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 31 (6), pp.1445 - 1450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fas.2013.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00345-012-1017-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03223417v1</w:t>
+                <w:t xml:space="preserve">inserm-03223419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of intermittent catheterization on the quality of life of multiple sclerosis patients</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">X. de Boissezon</w:t>
+                <w:t xml:space="preserve">Posterior tibial tendon transfer in the spastic brain-damaged adult does not lead to valgus flatfoot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Guillotreau</w:t>
+                <w:t xml:space="preserve">F. Molinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Braley-Berthoumieux</w:t>
+                <w:t xml:space="preserve">N. Reina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dupui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Urology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00345-012-1017-8⟩</w:t>
+              <w:t xml:space="preserve">Foot and Ankle Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (3), pp.182-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fas.2013.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-03223419v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03223417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between-day reliability of centre of pressure measures in hemiplegic stroke patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labrunée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dupui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 27 (Suppl. 1), pp.54-55</w:t>
@@ -7551,652 +7551,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptability of BCI-based procedures for motor rehabilitation after stroke: A questionnaire study among patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An online tool to facilitate the assessment of BCI acceptability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Pillette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Py</w:t>
+                <w:t xml:space="preserve">Claire Dussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2023 - Journées de COllectif pour la Recherche Transdisciplinaires sur les Interfaces Cerveau-Ordinateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">BCI 2023 - 10th International BCI Meeting Balancing Innovation and Translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Bruxelles, Belgium. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04111610v1</w:t>
+                <w:t xml:space="preserve">hal-04289425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying profiles of patients to personalise BCI-based procedures for motor rehabilitation after stroke</w:t>
+                <w:t xml:space="preserve">Acceptability of BCI-based procedures for motor rehabilitation after stroke: A questionnaire study among patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2023 - Annual meeting de COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">CORTICO 2023 - Journées de COllectif pour la Recherche Transdisciplinaires sur les Interfaces Cerveau-Ordinateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04288958v1</w:t>
+                <w:t xml:space="preserve">hal-04111610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An online tool to facilitate the assessment of BCI acceptability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifying profiles of patients to personalise BCI-based procedures for motor rehabilitation after stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Izac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Gasq</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BCI 2023 - 10th International BCI Meeting Balancing Innovation and Translation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Bruxelles, Belgium. pp.1-1</w:t>
+              <w:t xml:space="preserve">CORTICO 2023 - Annual meeting de COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289425v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Brain-Computer Interfaces and Neurofeedback acceptable?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Gasq</w:t>
+                <w:t xml:space="preserve">Evaluation of control modalities and functional impact of a self-piloted grasp neuroprosthesis in stroke patients: preliminary results from a multi-crossover N-of-1 randomized controlled study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Azevedo Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2022 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">FES Workshop 2022 - International Workshop on Functional Electrical Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03610355v1</w:t>
+                <w:t xml:space="preserve">hal-03923987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of control modalities and functional impact of a self-piloted grasp neuroprosthesis in stroke patients: preliminary results from a multi-crossover N-of-1 randomized controlled study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Azevedo Coste</w:t>
+                <w:t xml:space="preserve">Are Brain-Computer Interfaces and Neurofeedback acceptable?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Pillette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FES Workshop 2022 - International Workshop on Functional Electrical Stimulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Innsbruck, Austria</w:t>
+              <w:t xml:space="preserve">CORTICO 2022 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923987v1</w:t>
+                <w:t xml:space="preserve">hal-03610355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the Acceptance of BCI-based Stroke Rehabilitation Procedures: Heading for Efficiently Personalised Therapies</w:t>
               </w:r>
@@ -8234,51 +8234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International BCI Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BCI Society, Jun 2021, Online, Belgium</w:t>
@@ -8307,77 +8307,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel method to generalize time-frequency coherence analysis between EEG or EMG signals during repetitive trials with high intra-subject variability in duration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8441,77 +8441,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel method to generalize time-frequency coherence analysis between EEG or EMG signals during repetitive trials with high intra-subject variability in duration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Fauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Cremoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8754,51 +8754,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8892,51 +8892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOFMER 2023 - 38e congrès de la Société Française de Médecine Physique et de Réadaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Le Havre, France. pp.1-1, 2023</w:t>
@@ -9116,51 +9116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9282,51 +9282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9870,51 +9870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05441239v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Graffagnino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sijobert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Patte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Azevedo-Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2025.106743" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062997v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mathieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cr&#233;moux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bspc.2025.108004" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04977109v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Reisig" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Alexander" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Armand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor J. Barton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Boehm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.12.009" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024360v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Seiwert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Fautrelle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tisseyre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319715" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04695715v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Brun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Montan&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Scandella" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Castel-Lacanal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/jrm.v56.18356" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879755v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Guillou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Froger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Couderc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cormier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12938-024-01323-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04620322v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zimi Sawacha" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marije Goudriaan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Horsak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein van der Krogt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.04.014" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04530870v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cormier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cangelosi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marque" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.07979-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500709v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gasq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Delcamp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2024.106221" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364550v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Merlau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Alaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Morin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23177427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893371v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Grevet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killyam Forge" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tadiello" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Izac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnrgo.2022.1082901" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364537v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcad187" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03636389v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Chan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Salib" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Faggianelli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2022.101651" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104447v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Causs&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-023-01184-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04052887v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villepinte" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Couderc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lebely" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijun Chih" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2022.2055164" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639921v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Brihmat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tarri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lepage" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Montane" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13106063" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03636388v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chalard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2021.12.019" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04738505v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sourisseau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2022.862644" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364555v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.940907" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04052886v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Schnitzler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dince" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Freitag" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ike Iheanacho" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Fahrbach" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14110734" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367739v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Delcamp" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Belle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vigouroux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03212101v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpana Verma" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Dimeglio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Boissezon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.02.005" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367740v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367734v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fauvet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364610v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.09.002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03636386v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.682080" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03212120v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Loubinoux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-020-00759-2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223339v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Boulanouar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Darmana" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Biganzoli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2020.101056" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223344v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/brain.2020.0750" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223337v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2020.102403" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223335v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2020.02.023" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173049v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Moucheboeuf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Griffier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Glize" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouyer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.02.008" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223352v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Domergue" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodr&#237;guez-Ma&#241;as" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Laosa Zafra" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hood" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2019.27" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223398v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Catella" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hidalgo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina T&#233;chen&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.03.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223399v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Denis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chaleat-Valayer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Yelnik" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.06.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223397v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/16501977-2528" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364620v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.03.027" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCFH8FMC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367661v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chalard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Montane" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1033" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367662v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picaut" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pons" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2018.11.042" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGMGDRG7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367663v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tisseyre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marque" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tallet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J27WPM14-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223411v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lepage" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.11.002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909553v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367665v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Lainard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Kaluza" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dupui" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.279" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367682v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Montastruc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lambert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.159" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367666v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2016.09.058" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2RDHSCV6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344899v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-G. Zanone" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amarantini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.043" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-10DCNLHV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367667v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kaluza" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lainard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.031" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP3CN0VS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223415v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castel-Lacanal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. de Boissezon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Loubinoux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2014.08.004" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223414v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labrun&#233;e" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Montoya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1743-0003-11-39" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00981315v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498554v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Calmels" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Degache" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jse.2013.06.005" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BS9MVP5X-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223417v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molinier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reina" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chiron" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fas.2013.04.001" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223419v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gam&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillotreau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Braley-Berthoumieux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00345-012-1017-8" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6PMP0LMG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367724v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288030v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Azevedo Coste" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517555v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77584-0_33" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111610v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pillette" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Py" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288958v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289425v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610355v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03923987v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331687v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeunet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364689v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER.2019.8716973" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766479v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108508v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Arne-Bes" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608734v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345813v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144986v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614065v2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804700v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-99161-014-4-032" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288593v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04386420v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Dean" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labrunee" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Terracol" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.07.023" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKR0RGZT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05441239v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Graffagnino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sijobert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Patte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Azevedo-Coste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2025.106743" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04977109v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Reisig" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Alexander" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Armand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor J. Barton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Boehm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.12.009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062997v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mathieu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cr&#233;moux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pudlo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bspc.2025.108004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024360v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Seiwert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Fautrelle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tisseyre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319715" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04695715v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Brun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Montan&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Scandella" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Castel-Lacanal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/jrm.v56.18356" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879755v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Guillou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Froger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Couderc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cormier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12938-024-01323-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04620322v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zimi Sawacha" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marije Goudriaan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Horsak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein van der Krogt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.04.014" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04530870v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cormier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Cangelosi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marque" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.07979-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500709v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gasq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Delcamp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2024.106221" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364550v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Merlau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Alaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Morin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23177427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893371v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Grevet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killyam Forge" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tadiello" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Izac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnrgo.2022.1082901" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364537v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcad187" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03636389v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Chan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Salib" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Faggianelli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2022.101651" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104447v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Causs&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-023-01184-x" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04052887v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villepinte" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Couderc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lebely" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huijun Chih" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2022.2055164" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639921v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Brihmat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tarri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lepage" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Montane" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13106063" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04052886v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Schnitzler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dince" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Freitag" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ike Iheanacho" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Fahrbach" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14110734" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364555v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chalard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.940907" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04738505v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sourisseau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2022.862644" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03636388v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2021.12.019" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03636386v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fauvet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2021.682080" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367739v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Delcamp" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Belle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vigouroux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03212101v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpana Verma" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Dimeglio" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Boissezon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.02.005" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367740v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364610v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.09.002" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223352v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Domergue" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodr&#237;guez-Ma&#241;as" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Laosa Zafra" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hood" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14283/jfa.2019.27" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03212120v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Loubinoux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-020-00759-2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223339v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Boulanouar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Darmana" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Biganzoli" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2020.101056" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223344v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/brain.2020.0750" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223337v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2020.102403" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223335v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2020.02.023" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173049v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Moucheboeuf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Griffier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Glize" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.02.008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223397v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tallet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/16501977-2528" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223399v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Denis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chaleat-Valayer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Yelnik" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2019.06.003" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223398v2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Catella" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Martin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hidalgo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina T&#233;chen&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.03.004" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364620v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.03.027" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCFH8FMC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367661v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chalard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Montane" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1033" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367662v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Picaut" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pons" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2018.11.042" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGMGDRG7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367663v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tisseyre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marque" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tallet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J27WPM14-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223411v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lepage" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.11.002" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909553v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367682v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Montastruc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lambert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.159" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367665v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Lainard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Kaluza" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dupui" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.279" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367666v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2016.09.058" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2RDHSCV6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367667v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kaluza" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lainard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupui" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.031" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP3CN0VS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344899v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-G. Zanone" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Amarantini" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.043" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-10DCNLHV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00981315v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labrun&#233;e" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Montoya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1743-0003-11-39" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498554v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Calmels" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Degache" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jse.2013.06.005" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BS9MVP5X-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223414v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223415v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castel-Lacanal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. de Boissezon" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Loubinoux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2014.08.004" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223419v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gam&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillotreau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Braley-Berthoumieux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00345-012-1017-8" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6PMP0LMG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03223417v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molinier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Reina" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chiron" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fas.2013.04.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367724v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288030v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Azevedo Coste" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517555v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77584-0_33" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289425v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pillette" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111610v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Py" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288958v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03923987v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610355v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331687v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeunet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364689v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cremoux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER.2019.8716973" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766479v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108508v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Arne-Bes" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608734v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345813v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144986v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614065v2" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804700v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-99161-014-4-032" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288593v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04386420v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Dean" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labrunee" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Terracol" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2017.07.023" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKR0RGZT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>