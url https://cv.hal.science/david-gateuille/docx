--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,224 +100,224 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroPlasticRivers : développement d’une méthodologie harmonisée de mesure des concentrations et des flux de micro-plastiques sur le continuum Rhône-Méditerranée</w:t>
+                <w:t xml:space="preserve">Microplastiques au sommet du Mont-Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Coquery</w:t>
+                <w:t xml:space="preserve">Frédéric Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Rapport final, INRAE - RiverLy. 2025, pp.54</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Savoie Mont-Blanc; Aqualti. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328444v1</w:t>
+                <w:t xml:space="preserve">hal-05426589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastiques au sommet du Mont-Blanc</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MicroPlasticRivers : développement d’une méthodologie harmonisée de mesure des concentrations et des flux de micro-plastiques sur le continuum Rhône-Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gillet</w:t>
+                <w:t xml:space="preserve">Gaëlle Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Université Savoie Mont-Blanc; Aqualti. 2025</w:t>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport final, INRAE - RiverLy. 2025, pp.54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-05426589v1</w:t>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05328444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilans et flux de polluants organiques dans le bassin de la Seine</w:t>
               </w:r>
@@ -421,51 +421,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique et Transferts des Hydrocarbures Aromatiques Polycycliques (HAP) dans le bassin de l'Orgeval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -575,103 +575,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of methodologies for the evaluation of microplastics in rivers: application on the Rhône River continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Lelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
@@ -700,51 +700,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de méthodologies d’évaluation des microplastiques dans les rivières sur le continuum du Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourier Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -825,90 +825,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une méthodologie harmonisée de mesure des concentrations et des flux de microplastiques en rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Darmon</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Lelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1200,77 +1200,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastic contamination in remote alpine lakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Dusaucy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Gasperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1334,103 +1334,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The "Mantamaran", a light, robust, portable and affordable sampler designed for altitudes lake microplastics sampling campaigns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Gallinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Gasperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICRO 2020, Fate and Impact of Microplastics : Knowledge and Responsabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Arrecife (on line), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1468,51 +1468,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources of fine-grained sediment in a large regulated watershed in British Columbia using the sediment fingerprinting technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Owens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Petticrew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1593,51 +1593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of ancient mining activity on the critical zone: the example of the Peisey-Nancroix Pb-Ag mine (19th-20th century)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lyautey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1718,51 +1718,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining changes in the sources of fine-grained sediment in a large regulated watershed in British Columbia using the sediment fingerprinting technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Owens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen Petticrew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2546,51 +2546,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long term impact of PAH contamination in soils on the water quality in rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2661,303 +2661,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02640953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of erosion and transfer processes in Polycyclic Aromatic Hydrocarbon contamination of water bodies in the Seine River basin (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Constraining sediment dynamics in rivers using fallout radionuclides: How to move forward from the lessons learnt in catchments of Mexico, Laos and France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elian Gourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Huon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.EGU2014-4042</w:t>
+              <w:t xml:space="preserve">ICCE 2014 Symposium: The International Symposium on Sediment Dynamics: From the Summit to the Sea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02640978v1</w:t>
+                <w:t xml:space="preserve">cea-02669005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraining sediment dynamics in rivers using fallout radionuclides: How to move forward from the lessons learnt in catchments of Mexico, Laos and France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of erosion and transfer processes in Polycyclic Aromatic Hydrocarbon contamination of water bodies in the Seine River basin (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Moreau-Guigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Chevreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Mouchel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCE 2014 Symposium: The International Symposium on Sediment Dynamics: From the Summit to the Sea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Vienne, Austria. pp.EGU2014-4042</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02669005v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02640978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Polycyclic Aromatic Hydrocarbon transfers at the catchment scale combining chemical and fallout radionuclides analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3217,64 +3217,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polycyclic aromatic hydrocarbon dynamics in soils along proglacial chronosequences in the Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Deline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3338,64 +3338,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport of persistent organic pollutants: Another effect of microplastic pollution?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3442,77 +3442,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastic pollution of worldwide lakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Dusaucy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 284, pp.117075. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4925,51 +4925,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Balance of PAHs at the Scale of the Seine River Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Gasperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5059,51 +5059,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding polycyclic aromatic hydrocarbon transfers at the catchment scale combining chemical and fallout radionuclides analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5454,51 +5454,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328444v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426589v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naffrechoux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945452v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Briand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gateuille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gasp&#233;ri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moreau-Guigon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02668705v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Lefevre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Moreau-Guigon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181635v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Giraud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868266v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younouss Diallo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Ramon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Routhiau Roxane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879299v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Diallo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ramon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565095v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Dusaucy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-1292" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02981252v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gallinelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033063v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Owens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Petticrew" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Booth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd French" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608042v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lyautey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Amigo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033041v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882486v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lyautey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Amigo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01541513v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanchard Martine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945466v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882536v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01453249v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Briand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01380650v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945477v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02640953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chevreuil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02640978v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02669005v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Gourdin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02639349v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746441v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lauerwald" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.10.e136661" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193510v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Marchal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165998" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694678v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1600" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271076v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2021.117075" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609267v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Ferrari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnineau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Casado" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Apotheloz Perret Gentil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.hs.04" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945342v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.N. Owens" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.L. Petticrew" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Booth" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. French" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07011784.2018.1531063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945405v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Gall" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Laceby" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.04.082" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01396132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-8005-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945444v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fanget" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587440v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Blake" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gaspar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Koiter" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2016.08.012" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194906v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Lefevre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.10.009" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195884v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2014.02.029" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984554v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Beek" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lefevre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2012.01.024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJ4QZ0V1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564669v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legout" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Esteves" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Li&#233;bault" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7594" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XT2GC229-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894924v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_382" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615659v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945491v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426589v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naffrechoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328444v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945452v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Briand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gateuille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gasp&#233;ri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moreau-Guigon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02668705v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Lefevre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Moreau-Guigon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181635v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Giraud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868266v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younouss Diallo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Ramon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Routhiau Roxane" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879299v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Diallo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ramon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565095v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Dusaucy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Dris" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-1292" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02981252v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Gallinelli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033063v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Owens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Petticrew" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Booth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd French" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608042v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lyautey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Amigo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033041v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882486v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rossi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lyautey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Amigo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01541513v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanchard Martine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945466v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01882536v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01453249v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Briand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01380650v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945477v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02640953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chevreuil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02669005v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Gourdin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02640978v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02639349v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746441v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lauerwald" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.10.e136661" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193510v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Marchal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.165998" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694678v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wat2.1600" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271076v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2021.117075" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609267v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Ferrari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnineau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Casado" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Apotheloz Perret Gentil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.hs.04" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945342v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.N. Owens" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.L. Petticrew" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Booth" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. French" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07011784.2018.1531063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945405v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Gall" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Laceby" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2018.04.082" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01396132v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-8005-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945444v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrette" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fanget" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587440v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Blake" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gaspar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Koiter" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2016.08.012" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194906v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Lefevre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.10.009" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195884v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2014.02.029" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984554v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Beek" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lefevre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2012.01.024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJ4QZ0V1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564669v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legout" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Esteves" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Li&#233;bault" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7594" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XT2GC229-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894924v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_382" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615659v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01945491v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>