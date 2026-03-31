--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -370,265 +370,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power boundaries in resonant electrodynamic wireless power transfer systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predictive lumped model for a tunable bistable piezoelectric energy harvester architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Benhemou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Demouron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vibration and Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10775463241261751⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (4), pp.045033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad2c6a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04626598v1</w:t>
+                <w:t xml:space="preserve">hal-04627094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive lumped model for a tunable bistable piezoelectric energy harvester architecture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aya Benhemou</w:t>
+                <w:t xml:space="preserve">Power boundaries in resonant electrodynamic wireless power transfer systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33 (4), pp.045033. </w:t>
+              <w:t xml:space="preserve">Journal of Vibration and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad2c6a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/10775463241261751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627094v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing the robustness of electrodynamic WPT systems with hybrid electromechanical transduction</w:t>
               </w:r>
@@ -882,90 +882,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative analysis of parallel SSHI and SEH for bistable vibration energy harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Demouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1140,802 +1140,802 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04565000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of electrical interfaces for tunable piezoelectric vibration energy harvesting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High performance piezoelectric vibration energy harvesting by electrical resonant frequency tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac54e8⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 31 (12), pp.125012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac9d74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03575992v1</w:t>
+                <w:t xml:space="preserve">hal-03845270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Efficiency of SECE-based Interfaces for Piezoelectric Vibration Energy Harvesting</w:t>
+                <w:t xml:space="preserve">A comparative study of electrical interfaces for tunable piezoelectric vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 31 (1), pp.01LT01. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac3ebe⟩</w:t>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac54e8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460385v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple analytical models and analysis of bistable vibration energy harvesters</w:t>
+                <w:t xml:space="preserve">Electrical Efficiency of SECE-based Interfaces for Piezoelectric Vibration Energy Harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aya Benhemou</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 31 (10), pp.105016. </w:t>
+              <w:t xml:space="preserve">, 2022, 31 (1), pp.01LT01. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac8d3d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac3ebe⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765636v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete Optimal Couple Tracking: a control scheme for electrical-tuning of strong coupling piezoelectric energy harvesters</w:t>
+                <w:t xml:space="preserve">Simple analytical models and analysis of bistable vibration energy harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Demouron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (7), pp.785-799. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (10), pp.105016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1045389X221104179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac8d3d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680541v1</w:t>
+                <w:t xml:space="preserve">hal-03765636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear losses study in strongly coupled piezoelectric device for broadband energy harvesting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrete Optimal Couple Tracking: a control scheme for electrical-tuning of strong coupling piezoelectric energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 165, pp.108370. </w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (7), pp.785-799. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108370⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1045389X221104179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335253v1</w:t>
+                <w:t xml:space="preserve">hal-03680541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance piezoelectric vibration energy harvesting by electrical resonant frequency tuning</w:t>
+                <w:t xml:space="preserve">Non-linear losses study in strongly coupled piezoelectric device for broadband energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Adrien Ameye</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 31 (12), pp.125012. </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 165, pp.108370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac9d74⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845270v1</w:t>
+                <w:t xml:space="preserve">hal-03335253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast-Convergence Self-Adjusting SECE Circuit With Tunable Short-Circuit Duration Exhibiting 368% Bandwidth Improvement</w:t>
               </w:r>
@@ -2323,51 +2323,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-bandwidth piezoelectric energy harvesting with frequency-tuning synchronized electric charge extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2865,90 +2865,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Enhancement of Bistable Piezoelectric Energy Harvesters Using Non-Linear Energy Extraction Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Demouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3120,64 +3120,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive Modelling Approach for a Piezoelectric Bistable Energy Harvester Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3254,90 +3254,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Energy Harvesting by Bistable Piezoelectric Devices through Nonlinear Energy Extraction Circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Demouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3375,90 +3375,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Energy Extraction Circuits for Bistable Piezoelectric Energy Harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Demouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3490,2401 +3490,2401 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the power-limit of multi-modes multi-electrodes vibration energy harvesters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of a vibration energy harvester with two close resonant frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Gibus</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Wireless Power Week Conference (WPW 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.126-131, </w:t>
+              <w:t xml:space="preserve">WPW 2022 - IEEE Wireless Power Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.132-135, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853955⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03718683v1</w:t>
+                <w:t xml:space="preserve">hal-03775628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistive Load Influence on the Power and Bandwidth of Bistable Energy Harvesters</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the power-limit of multi-modes multi-electrodes vibration energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTSI 2022 (7th Forum on Research and Technologies for Society and Industry Innovation)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Paris, France. pp.198-203, </w:t>
+              <w:t xml:space="preserve">2022 IEEE Wireless Power Week Conference (WPW 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.126-131, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/RTSI55261.2022.9905162⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03764595v1</w:t>
+                <w:t xml:space="preserve">hal-03718683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design approach for post-buckled beams in bistable piezoelectric energy harvesters</w:t>
+                <w:t xml:space="preserve">Resistive Load Influence on the Power and Bandwidth of Bistable Energy Harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quentin Demouron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Power Week (WPW 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853996⟩</w:t>
+              <w:t xml:space="preserve">RTSI 2022 (7th Forum on Research and Technologies for Society and Industry Innovation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Paris, France. pp.198-203, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RTSI55261.2022.9905162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03780330v2</w:t>
+                <w:t xml:space="preserve">hal-03764595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Load resistance impact on the electromechanical dynamic of bistable piezoelectric energy harvesters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Morel</w:t>
+                <w:t xml:space="preserve">Design approach for post-buckled beams in bistable piezoelectric energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Benhemou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRSE 2022 (Journées Nationales sur la Récupération et le Stockage de l’Energie)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Wireless Power Week (WPW 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.136-140, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720912v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780330v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a vibration energy harvester with two close resonant frequencies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Load resistance impact on the electromechanical dynamic of bistable piezoelectric energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Demouron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WPW 2022 - IEEE Wireless Power Week</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JNRSE 2022 (Journées Nationales sur la Récupération et le Stockage de l’Energie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853894⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03775628v1</w:t>
+                <w:t xml:space="preserve">hal-03720912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly coupled hybrid transduction for lowfrequency electrodynamic wireless power transfer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Garraud</w:t>
+                <w:t xml:space="preserve">Nonlinear modelling of strongly coupled piezoelectric harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Gibus</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03760291v1</w:t>
+                <w:t xml:space="preserve">hal-03258913v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the initial conditions on the performance of a non-harmonically driven bistable Vibration Energy Harvester</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Huguet</w:t>
+                <w:t xml:space="preserve">Highly coupled hybrid transduction for lowfrequency electrodynamic wireless power transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales sur la récupération et le stockage d'énergie (JNRSE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03790546v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunities for electrically-based frequency tuning of piezoelectric vibration energy harvesters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Morel</w:t>
+                <w:t xml:space="preserve">Effect of the initial conditions on the performance of a non-harmonically driven bistable Vibration Energy Harvester</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Benhemou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées nationales sur la récupération et le stockage d'énergie (JNRSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble - visio, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03505561v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of a static finite elements approach and dynamic lumped model for bistable vibration energy harvester modelling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Huguet</w:t>
+                <w:t xml:space="preserve">Opportunities for electrically-based frequency tuning of piezoelectric vibration energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Piezoelectric Materials and Applications in Actuators (IWPMA 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. pp.236-239, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658360⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03790559v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A strong electromechanically coupled and low-damped harvester for resonant frequency tuning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combination of a static finite elements approach and dynamic lumped model for bistable vibration energy harvester modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Benhemou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerMEMS 2021 - IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Piezoelectric Materials and Applications in Actuators (IWPMA 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, web conference (oral), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03513179v1</w:t>
+                <w:t xml:space="preserve">hal-03790559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear modelling of strongly coupled piezoelectric harvesters</w:t>
+                <w:t xml:space="preserve">A strong electromechanically coupled and low-damped harvester for resonant frequency tuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PowerMEMS 2021 - IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. pp.68-71, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03258913v2</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03513179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Versatile Through-Metal-Wall Acoustic Power and Data Transfer Solution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">32.2 Self-Tunable Phase-Shifted SECE Piezoelectric Energy-Harvesting IC with a 30nW MPPT Achieving 446% Energy-Bandwidth Improvement and 94% Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Freychet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Boisseau</w:t>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Frassati</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. Gasnier</w:t>
+                <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.92321100357⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.488-490, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9062972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04924112v1</w:t>
+                <w:t xml:space="preserve">hal-02915554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">32.2 Self-Tunable Phase-Shifted SECE Piezoelectric Energy-Harvesting IC with a 30nW MPPT Achieving 446% Energy-Bandwidth Improvement and 94% Efficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Morel</w:t>
+                <w:t xml:space="preserve">A Versatile Through-Metal-Wall Acoustic Power and Data Transfer Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Freychet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Quelen</w:t>
+                <w:t xml:space="preserve">F. Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">V. Josselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.488-490, </w:t>
+              <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9062972⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.92321100357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02915554v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04924112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 120°C 20G-compliant vibration energy harvester for aeronautic environments</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An integrated electrical interface for frequency tuning of vibrational energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Groupement de Recherche Systems on Chips 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350981v1</w:t>
+                <w:t xml:space="preserve">hal-03363419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-powered integrated solution for frequency tuning of piezoelectric energy harvesters</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A 120°C 20G-compliant vibration energy harvester for aeronautic environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Boucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Willemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Daytona Beach, United States. pp.012118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03198007v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High electromechanical coupling of a broadband PZT-based vibration energy harvester</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A self-powered integrated solution for frequency tuning of piezoelectric energy harvesters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Piezoelectric Materials and Applications in Actuators (IWPMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948282v1</w:t>
+                <w:t xml:space="preserve">hal-03198007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinearities influences on performances of a strongly-coupled piezoelectric generator for broadband vibration energy harvesting</w:t>
+                <w:t xml:space="preserve">High electromechanical coupling of a broadband PZT-based vibration energy harvester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Boisseau</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Piezoelectric Materials and Applications in Actuators (IWPMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02961063v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly-coupled PZT-based vibration energy harvester for broadband applications</w:t>
+                <w:t xml:space="preserve">Nonlinearities influences on performances of a strongly-coupled piezoelectric generator for broadband vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Krakow, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.61547410359⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02948293v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated electrical interface for frequency tuning of vibrational energy harvesters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highly-coupled PZT-based vibration energy harvester for broadband applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupement de Recherche Systems on Chips 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03363419v1</w:t>
+                <w:t xml:space="preserve">hal-02948293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and design of highly coupled piezoelectric energy harvesters for broadband applications</w:t>
               </w:r>
@@ -6052,51 +6052,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6653,51 +6653,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398851v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Saint-Martin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-023-09188-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decroix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3434548" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626598v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10775463241261751" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627094v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Benhemou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huguet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Demouron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad2c6a" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469280v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ameye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad1baa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674735v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2024.118852" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626722v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad0d10" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565000v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Saint-Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Charleux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Roux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gibus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad0f34" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575992v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lefeuvre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac54e8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460385v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac3ebe" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765636v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac8d3d" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680541v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221104179" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335253v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108370" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845270v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac9d74" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915548v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quelen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berlitz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3012340" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961037v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.115518" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382668v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Freychet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Frassati" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab516f" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348327v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-S. Yoo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111759" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867028v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Forges" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;ne Deb&#233;da" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814328" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Deb&#233;da" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217777v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Tourtelier-Gallo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Freychet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948517v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007580" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139950v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Sainte Maresville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dosol" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199523v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007567" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199572v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718683v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853955" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764595v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTSI55261.2022.9905162" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780330v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853996" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720912v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775628v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853894" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760291v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658332" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790546v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Roux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505561v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658360" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790559v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513179v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658406" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258913v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924112v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Freychet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassati" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josselin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.92321100357" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915554v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quelen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062972" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350981v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boucaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallardo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willemin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012118" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198007v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948282v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961063v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.61547410359" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948293v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363419v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055654v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819770v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106194v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Debeda" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255223v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03169860v3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020CHAMA044" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398851v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Saint-Martin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-023-09188-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decroix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3434548" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627094v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Benhemou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huguet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Demouron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad2c6a" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626598v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10775463241261751" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469280v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ameye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad1baa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674735v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2024.118852" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626722v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad0d10" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565000v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Saint-Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Charleux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Roux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gibus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad0f34" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845270v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac9d74" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575992v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lefeuvre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac54e8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac3ebe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765636v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac8d3d" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680541v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221104179" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335253v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108370" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915548v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quelen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berlitz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3012340" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961037v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.115518" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382668v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Freychet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Frassati" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab516f" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348327v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-S. Yoo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111759" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867028v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Forges" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;ne Deb&#233;da" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814328" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Deb&#233;da" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217777v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Tourtelier-Gallo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Freychet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948517v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007580" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139950v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Sainte Maresville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dosol" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199523v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007567" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199502v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199572v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775628v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853894" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718683v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853955" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764595v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTSI55261.2022.9905162" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780330v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853996" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720912v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258913v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760291v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658332" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790546v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Roux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505561v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658360" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790559v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513179v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658406" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915554v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quelen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062972" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924112v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Freychet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassati" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josselin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.92321100357" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363419v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350981v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boucaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallardo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willemin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012118" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198007v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948282v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961063v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.61547410359" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948293v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055654v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819770v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106194v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Debeda" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255223v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03169860v3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020CHAMA044" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>