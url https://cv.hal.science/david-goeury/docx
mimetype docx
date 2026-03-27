--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -481,525 +481,525 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse comparative des territorialités du vote au Maroc et en Tunisie : trajectoires politiques et électorales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ceuta–Bab Sebta (Espagne–Maroc), le SARS-Cov-2 comme accélérateur de la reconfiguration frontalière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Borders in Globalization Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (1), pp.50 - 53. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles van Hamme</w:t>
+                <w:t xml:space="preserve">⟨10.18357/bigr21202019862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fin des notabilités urbaines ? Opinions, engagements et votes des citoyens urbains marocains. Entre nouvelles formes militantes et désaffiliation politique. Leçons de cinq observatoires urbains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Deau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maher Ben Rebah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Maghreb-Machrek</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°243 (1), pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/machr.243.0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03126278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une analyse comparative des territorialités du vote au Maroc et en Tunisie : trajectoires politiques et électorales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles van Hamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Ben Rebah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maghreb-Machrek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2020, N°243 (1), pp.11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/machr.243.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03126280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une analyse comparative des territorialités du vote au Maroc et en Tunisie : trajectoires politiques et électorales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles van Hamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Ben Rebah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maghreb-Machrek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°243 (1), pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/machr.243.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bordering the world as a response to emerging infectious disease. The case of SARS CoV-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Borders in Globalization Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 2 (1), pp.50 - 53. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18357/bigr21202019862⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 2 (1), pp.12-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18357/bigr21202019760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...174 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">¿Podemos hablar de una generación &amp;quot;20 de febrero&amp;quot;? Preguntando a la juventud urbana marroquí: identidad política y participación.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...144 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1059,51 +1059,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déclin des villes moyennes et conflictualité territoriale au Maroc. Les conséquences d’une pluralisation politique inachevée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Deau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 21, pp.193-204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1911,288 +1911,491 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01572581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aménager les terres pour valoriser les ressources en eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vaucelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival International de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Saint-Dié-des-Vosges (88), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les villes du futur seront-elles en terre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival International de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Saint-Dié-des-Vosges (88), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruissements Oasiens : une approche à l'écoute de l'urbain au Sahara.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Breviglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noha Gamal Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Unheard landscapes. listening, resonating, inhabiting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Olivier Gaudin, Francesco Michi, Jean-Paul Thibaud, Nicolas Tixier, Lolita Voisin, Stefano Zorzanello, Oct 2021, Blois, France. pp.68-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un bien commun amazighe face à l’urbanisation et à la mondialisation : le cas de la Targa de Tiznit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goeury, David, 2018, « Un bien commun amazighe face à l'urbanisation et à la mondialisation : le cas de la Targa de Tiznit », in Amazighité, valeurs sociétales et le vivre ensemble, Actes du colloque international de la 13 e session de l'Université d'été d'Agadir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Agadir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ces terrains lointains. De la naissance des hétérotopies en géographie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">À travers l'espace de la méthode : les dimensions du terrain en géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00357669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2202,3381 +2405,3381 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engagements. Faire de la géographie au XXIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lefebvre-Chombart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Vincennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.240, 2025, GéoTraverses, 9782379245527</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05205444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résonances oasiennes. Approches sensibles de l’urbain au Sahara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Vincennes</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.240, 2025, GéoTraverses, 9782379245527</w:t>
+                <w:t xml:space="preserve">Marc Breviglieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noha Gamal Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MētisPresses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.367, 2021, 978-2-94-0563-82-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marc Breviglieri</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03250069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction à l’analyse des territoires, Paris, A.Colin, 224 pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Noha Gamal Said</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sierra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, 9782200293024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03153948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiznit. Aïn Aqdim, la source à l’origine de l’oasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, pp.367, 2021, 978-2-94-0563-82-1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Naji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Boumzgou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DTGSN, pp.36, 2016, 978-9954-9298-9-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01540197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction à l'analyse des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sierra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Armand Colin, 2016, 9782200293024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01348465v1</w:t>
-              </w:r>
-[...161 lines deleted...]
-                <w:t xml:space="preserve">halshs-03153948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bijoux amazighs en argent : du matrimoine aux collections internationales. Le cas de Tiznit au Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Salima Naji; Alexis Sornin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amazighes - Cycles, parures, motifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mucem; Fondation Jardin Majorelle, pp.76-81, 2025, 979-10-92708-28-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05205437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un aperçu de l’héritage et du devenir des oasis sahariennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Breviglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Breviglieri, Marc; Gamal Said, Noja; Goeury, David. </w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noha Gamal Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Breviglieri, Marc; Gamal Said, Noha; Goeury, David. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résonances oasiennes. Approches sensibles de l’urbain au Sahara</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.27-43, 2021</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MētisPresses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.335-347, 2021, 978-2-94-0563-82-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un retour des communs est-il possible ? Analyse d’une initiative pionnière de réutilisation des eaux urbaines épurées pour l’irrigation à vocation agricole dans une cité oasienne (Tiznit, Maroc)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Martine BERGER, Jean-Louis CHALÉARD, Alia GANA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crise des modèles ? Agricultures, recompositions territoriales et nouvelles relations villes-campagnes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 37, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grafigéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p.129-151, 2021, 978-2-901560-86-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03143448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des ateliers exploratoires face à un monde découvert. Fabriquer des cohabitations scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Breviglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Breviglieri, Marc; Gamal Said, Noha; Goeury, David. </w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Breviglieri, Marc; Gamal Said, Noja; Goeury, David. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résonances oasiennes. Approches sensibles de l’urbain au Sahara</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.335-347, 2021, 978-2-94-0563-82-1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MetisPresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.27-43, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éducation, avenir et pratiques numériques des jeunes filles rurales de 15 à 24 ans. La téléphonie mobile comme échappatoire dans un quotidien sans horizon ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Zahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fadma Ait Mous; Zakaria Kadiri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les jeunes du Maroc. Comprendre les dynamiques pour un nouveau contrat social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economia-HEM Research Center</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.337-371, 2021, 978-9920-34-047-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03311304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oasis en présence : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Breviglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noha Gamal Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Breviglieri, Marc; Gamal Said, Noha; Goeury, David. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résonances oasiennes. Approches sensibles de l’urbain au Sahara</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MētisPresses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.9-23, 2021, 978-2-94-0563-82-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03384835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le détroit de Gibraltar : épaississement d’une frontière emblématique</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les frontières himalayennes « au cœur du grand jeu entre les puissances » entre confrontations et corridor de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.320-329, 2020, Clefs Concours, 9782350306698</w:t>
+              <w:t xml:space="preserve">, pp.448-455, 2020, Clef Concours, 9782350306698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La fermeture des frontières comme réponse politique à une pandémie émergente ? Le cas du SARS-CoV-2</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les frontières en dernier recours? Retour sur la pandémie de SARS-CoV-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Raymond Woessner. </w:t>
+              <w:t xml:space="preserve">Philippe Sierra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.39-50, 2020, Clefs Concours, 9782350306698</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellipses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-14, 2020, 9782340-040649</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les frontières en dernier recours? Retour sur la pandémie de SARS-CoV-2</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fermeture des frontières comme réponse politique à une pandémie émergente ? Le cas du SARS-CoV-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Sierra. </w:t>
+              <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.7-14, 2020, 9782340-040649</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.39-50, 2020, Clefs Concours, 9782350306698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les frontières himalayennes « au cœur du grand jeu entre les puissances » entre confrontations et corridor de développement</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le détroit de Gibraltar : épaississement d’une frontière emblématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.448-455, 2020, Clef Concours, 9782350306698</w:t>
+              <w:t xml:space="preserve">, pp.320-329, 2020, Clefs Concours, 9782350306698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les frontières terrestres du Maroc : des fronts sous tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Sierra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellipses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.239-253, 2020, 9782340-040649</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mur des sables marocain : entre limite, front et zone tampon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.156-160, 2020, Clefs Concours, 9782350306698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La frontière indo-pakistanaise mise en tourisme dans un rituel nationaliste : Wagah Border</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.436-448, 2020, Clef Concours, 9782350306698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les espaces ruraux, lieux de confrontation sur les modèles de développement : ZAD et retour des communs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces ruraux en France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.149-158, 2018, Clef Concours, 978-2-35030-523-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01950359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Printemps arabes, divergence des destinées nationales</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléments d’analyse spatiale des manifestations durant les printemps arabes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Afrique : du Sahel et du Sahara à la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ellipses, pp.207-219, 2017</w:t>
+              <w:t xml:space="preserve">, Ellipses, pp.235-242, 2017, 2340021227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Éléments d’analyse spatiale des manifestations durant les printemps arabes</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Printemps arabes, divergence des destinées nationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Afrique : du Sahel et du Sahara à la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ellipses, pp.235-242, 2017, 2340021227</w:t>
+              <w:t xml:space="preserve">, Ellipses, pp.207-219, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 5. La mobilisation politique lors des élections régionales et nationales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Younes Benmoumen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La responsabilité des élus dans le cadre de la régionalisation avancée (Maroc)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tafra; Telquel Média, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les inégalités socio-territoriales et les politiques de lutte contre la pauvreté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Andrieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Afrique : du Sahel et du Sahara à la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, pp.157-170, 2017, 2340021227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 4. Qui gouverne les régions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Younes Benmoumen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La responsabilité des élus dans le cadre de la régionalisation avancée (Maroc)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tafra; Telquel Media, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ZAD : conflits sur l'usage marginal de l'espace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Woessner, Raymond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La France des marges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.216-222, 2016, Clef Concours, 978-2-35030-381-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une géohistoire des marges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La France des marges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.59-76, 2016, Clefs Concours, 978-2-35030-381-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Guyane : usages et mésusages d'une ultrapériphérie continentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raymond Woessner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La France des marges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.318-331, 2016, Clefs Concours, 978-2-35030-381-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 3 : cartographie des résultats des élections législatives au Maroc de 1963 à 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Maroc vote. Les élections législatives en chiffres (1963-2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parc national contre la démocratie ? Du conflit local à la revendication nationale, le cas du Parc National du Haut-Atlas Oriental (Maroc)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces protégés et territoires. Entre conflits et acceptation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 978-2-7011-8963-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01371337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aires marines protégées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Woessner Raymond. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mers et océans, Paris : Atlande, Clefs concours, 2014.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.255-269, 2014, Clefs concours, ISBN-13: 978-2350302751</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01091830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aires protégées urbaines, des étendards identitaires ? (Agadir, Souss, Maroc)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BiodiverCités - Les aires protégées urbaines, des laboratoires grandeur nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Manuscrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 978-2-304-04112-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01371339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuisines du Monde au bout du Monde : le cas de Leh (Ladakh, Inde)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie et cultures. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les établissements de restauration dans le Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 978-2-336-00420-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les espaces du mérite, ou la valorisation touristique de l’enclavement dans les vallées du Haut-Atlas central (Maroc) et du Zanskar (Inde)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La DIMENSION SPATIALE DES INÉGALITÉS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 9782753536753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.26746⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01572562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des fêtes religieuses aux festivals : la mise en résonance de la spécificité culturelle comme facteur de développement dans les territoires enclavés. (Etude comparée de l’Atlas marocain et du Ladakh indien)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement culturel et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 978-2-296-13793-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des backpackers aux company men. Du tourisme mondial au tourisme national : le cas du Ladakh (Inde)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Tourisme et mondialisation"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ETE - Éditions ESPACES, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territoires enclavés et espace transnational de soins, le rôle de micro-ONG dans les vallées de hautes montagnes de pays en voie de développement (Zanskar-Inde/ Haut-Atlas central-Maroc)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontières et santé. Genèses et maillages des réseaux transfrontaliers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.193-205, 2010, Géographie et cultures, 978-2-296-13095-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04147966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ONG et aires protégées au Maroc. L'endogénisation des politiques de protection de l'environnement, une dynamique multiforme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hassan Ramou; Maria Giuseppina Lucia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marocco, turismo e sviluppo locale - Maroc, Tourisme et développement local</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 978-2-296-10356-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La géographie des « autres mondes » : une « advocacy » au service de populations marginalisées ou la construction de « paradis agraires » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les géographes et le développement. Discours et actions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MSHA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9782858923687</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéger ou contrôler le détroit ? La Réserve de la biosphère intercontinentale de la Méditerranée Andalousie (Espagne) - Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MERS, DÉTROITS ET LITTORAUX : CHARNIÈRES OU FRONTIÈRES DES TERRITOIRES ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 978-2-296-10833-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01656638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5586,157 +5789,157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformations démographiques du Maroc de 2014 à 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Système des Nations Unies pour le Développement. 2025, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04988610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAPPORT D'ACTIVITÉ Du programme ANRS 12 305 &amp;quot;AGR ET POPULATIONS CLÉS INFECTÉES OU AFFECTÉES PAR LE VIH AU MAROC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Agence nationale de recherches sur le sida et les hépatites virales. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01273708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5746,911 +5949,911 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">20th February 2011 Protesters by Province in Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01649860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bipolarisation du champ politique marocain. L'opposition PJD PAM aux élections de 2015 et de 2016. Représentation en anamorphose selon le poids démographique de chaque province ou préfecture.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01649832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Caire : révolution en 2011, contre révolution en 2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01649843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Répartition des 338 décès et 2147 blessés par gouvernorat en Tunisie du 17/12/2010 au 26/10/2011 selon la Commission nationale d’investigation sur les dépassements et les violations (2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01649865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recomposition électorale des forces de gauche au Maroc. Opposition USFP FGD aux élections législatives de 2016.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01649834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La bipolarisation du champ politique marocain. L'opposition PJD PAM aux élections de 2015 et de 2016. Représentation en anamorphose selon le poids démographique de chaque province ou préfecture.</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La bipolarisation du champ politique marocain. Opposition PJD ¨PAM en 2015 et 2016.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">France. 2017</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01649829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3 aires marines protégées françaises : Port Cros, mer d'Iroise et mer de Corail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">France. 2017</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les principales marées noires dans le monde depuis 1967 et les FIPOL.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">France. 2017</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'aire marine protégée de Chagos au service de la géopolitique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">3 aires marines protégées françaises : Port Cros, mer d'Iroise et mer de Corail</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les requins dans le monde entre attaques et sanctuaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les principales marées noires dans le monde depuis 1967 et les FIPOL.</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aires marines protégées dans le monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'aire marine protégée de Chagos au service de la géopolitique</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pollutions marines dans le monde : eaux mortes et déchets plastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les requins dans le monde entre attaques et sanctuaires.</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aires marines protégées sous juridiction française en 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goeury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">France. 2014</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01091784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parti arrivé en tête par province aux élections législatives au Maroc en 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Goeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Morocco. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...185 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01088388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId137"/>
+      <w:footerReference w:type="default" r:id="rId143"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6797,51 +7000,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205441v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goeury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popav.773.0017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432407v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15eem" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205442v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445396v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.512.0159" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266578v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.7753" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126280v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles van Hamme" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Ben Rebah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.243.0011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083569v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/bigr21202019862" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126278v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.243.0057" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128457v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083567v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delmas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/bigr21202019760" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179555v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15366/reim2019.26.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411452v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.5615" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900318v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540196v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Naji" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Emmanuel Leray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4863" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178283v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.3242" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178284v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656666v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656634v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.5427" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-4L7T06R9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572571v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.1100" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656639v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/civilisations.1225" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.3452" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Breviglieri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Gamal Said" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864386v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00357669v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205444v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefebvre-Chombart" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/ouvrage/engagements-faire-de-la-geographie-au-xxie-siecle/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250069v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/fr/resonances-oasiennes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01348465v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sierra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boumzgou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153948v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205437v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248193v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143448v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prodig.cnrs.fr/spip.php?rubrique147" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248263v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311304v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Zahi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://economia.ma/fr/evenements/nouveau-1ere-edition-de-economia-book" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384835v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983551v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/geographie-thematique/751-frontieres-9782350306698.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983573v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983530v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/10632-frontieres-9782340040649.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983559v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983534v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983545v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983555v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950359v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/clefs-concours/598-les-espaces-ruraux-en-france-978235030523.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632976v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632981v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648404v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632973v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648403v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391163v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.atlande.eu/geographie/437-la-france-des-marges-9782350303819.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391161v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391164v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640728v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371337v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-belin.com/ewb_pages/f/fiche-article-les-espaces-proteges-entre-conflits-et-23740.php" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091830v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.atlande.eu/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371339v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manuscrit.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656668v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=38284" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656665v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=21448" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572562v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.26746" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656636v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656641v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=31234" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147966v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-frontieres_et_sante_geneses_et_maillages_des_reseaux_transfrontaliers_sabine_duhamel_francois_moulle-9782296130951-32447.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656664v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msha.fr/msha/publication.php?menu=detail&amp;amp;id=P358&amp;amp;categorie=99" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656638v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=13674" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04988610v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273708v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649865v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649834v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649832v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649843v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649860v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649829v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091785v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091775v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091813v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091773v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091776v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091778v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091784v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01088388v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205441v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goeury" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popav.773.0017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432407v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15eem" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205442v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445396v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.512.0159" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266578v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.7753" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083569v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/bigr21202019862" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.243.0057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126280v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles van Hamme" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Ben Rebah" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.243.0011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128457v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083567v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delmas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18357/bigr21202019760" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179555v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15366/reim2019.26.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411452v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.5615" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900318v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540196v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Naji" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Emmanuel Leray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.4863" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178283v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.3242" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178284v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656666v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656634v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.5427" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-4L7T06R9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572571v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.1100" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656639v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/civilisations.1225" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.3452" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563301v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;on" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Blond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaucelle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563314v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verdier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116976v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Breviglieri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Gamal Said" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864386v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00357669v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205444v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefebvre-Chombart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/ouvrage/engagements-faire-de-la-geographie-au-xxie-siecle/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250069v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/fr/resonances-oasiennes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03153948v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sierra" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540197v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boumzgou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01348465v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205437v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248263v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143448v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prodig.cnrs.fr/spip.php?rubrique147" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248193v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311304v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Zahi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://economia.ma/fr/evenements/nouveau-1ere-edition-de-economia-book" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384835v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983559v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/geographie-thematique/751-frontieres-9782350306698.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983530v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/10632-frontieres-9782340040649.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983573v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983551v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983534v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983545v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983555v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950359v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/clefs-concours/598-les-espaces-ruraux-en-france-978235030523.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632981v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632976v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648404v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632973v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648403v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391163v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.atlande.eu/geographie/437-la-france-des-marges-9782350303819.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391161v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391164v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640728v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371337v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-belin.com/ewb_pages/f/fiche-article-les-espaces-proteges-entre-conflits-et-23740.php" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091830v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.atlande.eu/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371339v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.manuscrit.com/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656668v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=38284" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572562v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.26746" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656665v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=21448" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147966v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-frontieres_et_sante_geneses_et_maillages_des_reseaux_transfrontaliers_sabine_duhamel_francois_moulle-9782296130951-32447.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656641v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=31234" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656664v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msha.fr/msha/publication.php?menu=detail&amp;amp;id=P358&amp;amp;categorie=99" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656638v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=article&amp;amp;no=13674" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04988610v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273708v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649860v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649832v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649843v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649865v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649834v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01649829v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091785v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091775v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091813v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091773v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091776v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091778v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01091784v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01088388v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>