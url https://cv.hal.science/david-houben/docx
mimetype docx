--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -409,624 +409,624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing ratio and Nitrogen fertilization drive synergistic effects between biochar and compost</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beneficial effects of conservation agriculture on earthworm and Collembola communities in Northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Vedere</w:t>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Honvault</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Houben</w:t>
+                <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrient Cycling in Agroecosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 128, pp.429-446. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 503 (155-165), pp.155-165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10705-023-10320-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-023-05916-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440991v1</w:t>
+                <w:t xml:space="preserve">hal-04027974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial effects of conservation agriculture on earthworm and Collembola communities in Northern France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+                <w:t xml:space="preserve">Mixing ratio and Nitrogen fertilization drive synergistic effects between biochar and compost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Vedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Rumpel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 503 (155-165), pp.155-165. </w:t>
+              <w:t xml:space="preserve">Nutrient Cycling in Agroecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128, pp.429-446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-023-05916-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10705-023-10320-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04027974v1</w:t>
+                <w:t xml:space="preserve">hal-04440991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The older, the better: Ageing improves the efficiency of biochar-compost mixture to alleviate drought stress in plant and soil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combining agroecology and bioeconomy to meet the societal challenges of agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Védère</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+                <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Biron</w:t>
+                <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Planchais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marianne Bordenave-Jacquemin</w:t>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.158920⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 492, pp.61-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-023-06294-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831829v1</w:t>
+                <w:t xml:space="preserve">hal-04217791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining agroecology and bioeconomy to meet the societal challenges of agriculture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The older, the better: Ageing improves the efficiency of biochar-compost mixture to alleviate drought stress in plant and soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Védère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Aussenac</w:t>
+                <w:t xml:space="preserve">Philippe Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Debref</w:t>
+                <w:t xml:space="preserve">Séverine Planchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Firmin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Houben</w:t>
+                <w:t xml:space="preserve">Marianne Bordenave-Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 492, pp.61-78. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 856 (1), pp.158920. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-023-06294-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.158920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217791v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive or neutral effects of biochar-compost mixtures on earthworm communities in a temperate cropping system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Vedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1071,1061 +1071,1061 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does soil water status influence the fate of soil organic matter? A review of processes across scales</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Earthworm communities and microbial metabolic activity and diversity under conventional, feed and biogas cropping systems as affected by tillage practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
+                <w:t xml:space="preserve">Julia Denier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Girardin</w:t>
+                <w:t xml:space="preserve">Julien Guidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2022.104214⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169, pp.104232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2021.104232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831825v1</w:t>
+                <w:t xml:space="preserve">hal-03357729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochar and compost addition increases soil organic carbon content and substitutes P and K fertilizer in three French cropping systems</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
+                <w:t xml:space="preserve">AGRI-ENVIRONMENTAL ASSESSMENT OF CONVENTIONAL AND ALTERNATIVE BIOENERGY CROPPING SYSTEMS PROMOTING BIOMASS PRODUCTIVITY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Marraccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers of Agricultural Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15302/J-FASE-2021435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13593-022-00848-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03930088v1</w:t>
+                <w:t xml:space="preserve">hal-03624106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of soil minerals on organic phosphorus availability and phosphorus uptake by plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Issifou Amadou</w:t>
+                <w:t xml:space="preserve">Biochar and compost addition increases soil organic carbon content and substitutes P and K fertilizer in three French cropping systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Védère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (6), pp.119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-022-00848-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116125⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03786032v1</w:t>
+                <w:t xml:space="preserve">hal-03930088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGRI-ENVIRONMENTAL ASSESSMENT OF CONVENTIONAL AND ALTERNATIVE BIOENERGY CROPPING SYSTEMS PROMOTING BIOMASS PRODUCTIVITY</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+                <w:t xml:space="preserve">How does soil water status influence the fate of soil organic matter? A review of processes across scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Védère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Marraccini</w:t>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Agricultural Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 234, pp.104214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15302/J-FASE-2021435⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2022.104214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03624106v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into sorption and desorption of organic phosphorus on goethite, gibbsite, kaolinite and montmorillonite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Role of soil minerals on organic phosphorus availability and phosphorus uptake by plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issifou Amadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2022.105378⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 428, pp.116125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03711164v1</w:t>
+                <w:t xml:space="preserve">hal-03786032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct and indirect interactions between biochar properties, plant belowground traits and plant performance</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+                <w:t xml:space="preserve">New insights into sorption and desorption of organic phosphorus on goethite, gibbsite, kaolinite and montmorillonite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issifou Amadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology - Bioenergy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14, pp.1254- 1265. </w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.105378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcbb.12993⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2022.105378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03786142v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Frass: The Legacy of Larvae – Benefits and Risks of Residues From Insect Production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct and indirect interactions between biochar properties, plant belowground traits and plant performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conor Watson</w:t>
+                <w:t xml:space="preserve">Michel‐pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Wichern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fsufs.2022.889004⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology - Bioenergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, pp.1254- 1265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcbb.12993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03658439v1</w:t>
+                <w:t xml:space="preserve">hal-03786142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthworm communities and microbial metabolic activity and diversity under conventional, feed and biogas cropping systems as affected by tillage practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editorial: Frass: The Legacy of Larvae – Benefits and Risks of Residues From Insect Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conor Watson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Denier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florian Wichern</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 169, pp.104232. </w:t>
+              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2021.104232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fsufs.2022.889004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357729v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03658439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the Role of Rhizosphere Microbiome and Root Traits in Organic Phosphorus Mobilization for Sustainable Phosphorus Fertilization. A Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issifou Amadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2153,468 +2153,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03424374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Short-Term Fertilizer Potential of Mealworm Frass Using a Pot Experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biochar-Compost Interactions as Affected by Weathering: Effects on Biological Stability and Plant Growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 5, pp.714596. </w:t>
+              <w:t xml:space="preserve">Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fsufs.2021.714596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/agronomy11020336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03377722v1</w:t>
+                <w:t xml:space="preserve">hal-03148514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between below‐ground traits and rhizosheath fungal and bacterial communities for phosphorus acquisition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of the Short-Term Fertilizer Potential of Mealworm Frass Using a Pot Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hacène Meglouli</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Daoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.13823⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.714596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fsufs.2021.714596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03286269v1</w:t>
+                <w:t xml:space="preserve">hal-03377722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochar-Compost Interactions as Affected by Weathering: Effects on Biological Stability and Plant Growth</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Girardin</w:t>
+                <w:t xml:space="preserve">Interactions between below‐ground traits and rhizosheath fungal and bacterial communities for phosphorus acquisition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacène Meglouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Houot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Houben</w:t>
+                <w:t xml:space="preserve">Frédéric Laruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (2), </w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (7), pp.1603-1619. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/agronomy11020336⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148514v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tradeoffs among phosphorus-acquisition root traits of crop species for agroecological intensification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2659,1122 +2659,1122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02860461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fertilizer Potential of Struvite as Affected by Nitrogen Form in the Rhizosphere</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Potential use of mealworm frass as a fertilizer: Impact on crop growth and soil properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Houben</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su12062212⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.4659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-61765-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02571684v1</w:t>
+                <w:t xml:space="preserve">hal-03240469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting response of nutrient acquisition traits in wheat grown on bisphenol A 1 contaminated soils</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficiency of KOH-modified rice straw-derived biochar for reducing cadmium mobility, bioaccessibility and bioavailability risk index in red soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saqib Bashir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qaiser Hussain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Yacoumas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+                <w:t xml:space="preserve">Jun Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingling Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Tisserant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11270-019-4383-7⟩</w:t>
+              <w:t xml:space="preserve">Pedosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (6), pp.874-882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1002-0160(20)60043-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02898111v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency of KOH-modified rice straw-derived biochar for reducing cadmium mobility, bioaccessibility and bioavailability risk index in red soil</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal immobilization and nitrate reduction in a contaminated soil amended with zero-valent iron (Fe0)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pedosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1002-0160(20)60043-1⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 201, pp.110868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2020.110868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03278850v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02900977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal immobilization and nitrate reduction in a contaminated soil amended with zero-valent iron (Fe0)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fertilizer Potential of Struvite as Affected by Nitrogen Form in the Rhizosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Danaé Gómez-Suárez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Sonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2020.110868⟩</w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (6), pp.2212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su12062212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900977v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02571684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking biochar properties to biomass of basil, lettuce and pansy cultivated in growing media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julia Denier</w:t>
+                <w:t xml:space="preserve">Contrasting response of nutrient acquisition traits in wheat grown on bisphenol A 1 contaminated soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Yacoumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Meglouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Tisserant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 261, pp.109001. </w:t>
+              <w:t xml:space="preserve">Water, Air, and Soil Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 231 (1), pp.23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scienta.2019.109001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11270-019-4383-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427204v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02898111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthworms (Lumbricus terrestris L.) Mediate the Fertilizing Effect of Frass</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+                <w:t xml:space="preserve">Linking biochar properties to biomass of basil, lettuce and pansy cultivated in growing media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Denier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (6), pp.783. </w:t>
+              <w:t xml:space="preserve">Scientia Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 261, pp.109001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/agronomy10060783⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scienta.2019.109001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03240702v1</w:t>
+                <w:t xml:space="preserve">hal-02427204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential use of mealworm frass as a fertilizer: Impact on crop growth and soil properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Earthworms (Lumbricus terrestris L.) Mediate the Fertilizing Effect of Frass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10, pp.4659. </w:t>
+              <w:t xml:space="preserve">Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (6), pp.783. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-61765-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/agronomy10060783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03240469v1</w:t>
+                <w:t xml:space="preserve">hal-03240702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus-acquisition strategies of canola, wheat and barley in soil amended with sewage sludges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Response of phosphorus dynamics to sewage sludge application in an agroecosystem in northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Lambers</w:t>
+                <w:t xml:space="preserve">Ellen E. Kandeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9, pp.14878. </w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 137, pp.178-186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-51204-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2019.02.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02319872v1</w:t>
+                <w:t xml:space="preserve">hal-02176387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of phosphorus dynamics to sewage sludge application in an agroecosystem in northern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phosphorus-acquisition strategies of canola, wheat and barley in soil amended with sewage sludges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hans Lambers</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellen E. Kandeler</w:t>
+                <w:t xml:space="preserve">H. Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 137, pp.178-186. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.14878. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2019.02.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-51204-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02176387v1</w:t>
+                <w:t xml:space="preserve">hal-02319872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phytolith-rich biochar increases cotton biomass and silicon-mineralomass in a highly weathered soil</w:t>
               </w:r>
@@ -3894,51 +3894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of metal binding sites onto biochar using rare earth elements as a fingerprint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3998,51 +3998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of Organic Matter Decomposition to No-Tillage Adoption Evaluated by the Tea Bag Technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Mercadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4083,516 +4083,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant Functional Traits: Soil and Ecosystem Services</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+                <w:t xml:space="preserve">The influence of weathering and soil organic matter on Zn isotopes in soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Opfergelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.T. Cornélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Givron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.W. Burton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tplants.2017.01.005⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 466, pp.140-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2017.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03671614v1</w:t>
+                <w:t xml:space="preserve">hal-02948129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du biochar sur la biodisponibilité du phosphore dans un sol limoneux acide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the long-term effect of biochar on properties of temperate agricultural soil at pre-industrial charcoal kiln sites in Wallonia, Belgium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-T. Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Leifeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25518/1780-4507.13539⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 68 (1), pp.80-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejss.12395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04395160v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the long-term effect of biochar on properties of temperate agricultural soil at pre-industrial charcoal kiln sites in Wallonia, Belgium</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effet du biochar sur la biodisponibilité du phosphore dans un sol limoneux acide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brieuc Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Thomas Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Soil Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejss.12395⟩</w:t>
+              <w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.209-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25518/1780-4507.13539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947948v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of weathering and soil organic matter on Zn isotopes in soils</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.T. Cornélis</w:t>
+                <w:t xml:space="preserve">Plant Functional Traits: Soil and Ecosystem Services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 466, pp.140-148. </w:t>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (5), pp.385-394. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2017.06.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2017.01.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02948129v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03671614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of pre-industrial charcoal kilns on chemical properties of forest soil of Wallonia, Belgium</w:t>
               </w:r>
@@ -4720,51 +4720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of cobalt and copper speciation in metalliferous soils from Katanga (Democratic Republic of Congo)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4886,90 +4886,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the phosphorus cycling from the functional trait approach of plan-soil interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issifou Amadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier US. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Functional Traits: Linking Climate and Ecosystem Functioning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, pp.157-175, 2025, 9780443133671. </w:t>
@@ -5039,90 +5039,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agri-environmental assessment of conventional and alternative bioenergy cropping systems promoting biomass productivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Denier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5158,277 +5158,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment le statut hydrique du sol influence le devenir des matières organiques du sol ? Une revue des processus à des échelles variées</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effet de différents systèmes de culture et types de travail du sol sur les communautés microbiennes et de vers de terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Biron</w:t>
+                <w:t xml:space="preserve">Julia Denier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées d'Étude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFES, Association Française d'Etude des Sols, Jun 2021, Webinaire, France. p 110</w:t>
+              <w:t xml:space="preserve">9èmes Journées TEBIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Beauvais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04590283v1</w:t>
+                <w:t xml:space="preserve">hal-04324598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de différents systèmes de culture et types de travail du sol sur les communautés microbiennes et de vers de terre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Denier</w:t>
+                <w:t xml:space="preserve">Comment le statut hydrique du sol influence le devenir des matières organiques du sol ? Une revue des processus à des échelles variées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Védère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
+                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Liesse Aubertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées TEBIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Beauvais, France</w:t>
+              <w:t xml:space="preserve">15èmes Journées d'Étude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFES, Association Française d'Etude des Sols, Jun 2021, Webinaire, France. p 110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04324598v1</w:t>
+                <w:t xml:space="preserve">hal-04590283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vers de terre influencent-ils l’effet du frass sur la croissance des plantes ?</w:t>
               </w:r>
@@ -5440,51 +5440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Daoulas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Journées TEBIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5503,247 +5503,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vers de terre influencent-ils l’effet du frass (excrément d’insectes) sur la croissance des plantes ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Daoulas</w:t>
+                <w:t xml:space="preserve">Highlighting phosphorus-acquisition strategies in intermediate crops, a functional approach.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées TEBIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Villeneuse d'Ascq, France</w:t>
+              <w:t xml:space="preserve">9th International Phosphorus Workshop – IPW9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04394990v1</w:t>
+                <w:t xml:space="preserve">hal-04395008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting phosphorus-acquisition strategies in intermediate crops, a functional approach.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+                <w:t xml:space="preserve">Les vers de terre influencent-ils l’effet du frass (excrément d’insectes) sur la croissance des plantes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Daoulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Phosphorus Workshop – IPW9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">Journées TEBIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Villeneuse d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395008v1</w:t>
+                <w:t xml:space="preserve">hal-04394990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficiency of KOH modified rice straw derived biochar on cadmium mobility, bioaccessibility and bioavailability risk index in soil</w:t>
               </w:r>
@@ -5930,813 +5930,813 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des formes de phosphore (P) dans les boues de station d’épuration sur la disponibilité du P</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Nobile</w:t>
+                <w:t xml:space="preserve">Effets des formes de phosphore dans les boues de stations d’épuration urbaine sur les communautés faunistiques du sol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Journée d’étude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">7èmes Journées TEBIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04397987v1</w:t>
+                <w:t xml:space="preserve">hal-04324534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des formes de phosphore dans les boues de stations d’épuration urbaine sur les communautés faunistiques du sol.</w:t>
+                <w:t xml:space="preserve">Effets de la quantité et des formes de phosphore et de dans les boues d’épuration urbaine sur la structure des communautés faunistiques du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées TEBIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Avignon, France</w:t>
+              <w:t xml:space="preserve">14ème Journée d’étude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04324534v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la quantité et des formes de phosphore et de dans les boues d’épuration urbaine sur la structure des communautés faunistiques du sol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+                <w:t xml:space="preserve">Impact des formes de phosphore (P) dans les boues de station d’épuration sur la disponibilité du P</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elen Kandeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Journée d’étude des Sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04397978v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la quantité et des formes de phosphore dans les boues d’épuration urbaine sur les communautés faunistiques du sol</w:t>
+                <w:t xml:space="preserve">Effets des formes de phosphore dans les boues de stations d’épuration urbaine sur les communautés faunistiques du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées TEBIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04324568v1</w:t>
+                <w:t xml:space="preserve">hal-04397926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des formes de phosphore dans les boues de stations d’épuration urbaine sur les communautés faunistiques du sol</w:t>
+                <w:t xml:space="preserve">Effets de la quantité et des formes de phosphore dans les boues d’épuration urbaine sur les communautés faunistiques du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées TEBIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Avignon, France</w:t>
+              <w:t xml:space="preserve">Journées d'Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04397926v1</w:t>
+                <w:t xml:space="preserve">hal-04324568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la fertilisation phosphatée organique et inorganique sur le fonctionnement de l’agroécosystème via la dynamique du phosphore</w:t>
+                <w:t xml:space="preserve">Effect of phosphorus fractionation in sludge on P dynamics in agroecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kandeller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">17th International RAMIRAN conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Wexford, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396814v1</w:t>
+                <w:t xml:space="preserve">hal-04397897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of phosphorus fractionation in sludge on P dynamics in agroecosystem</w:t>
+                <w:t xml:space="preserve">Effet de la fertilisation phosphatée organique et inorganique sur le fonctionnement de l’agroécosystème via la dynamique du phosphore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International RAMIRAN conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Wexford, Ireland</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04397897v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la fertilisation phosphatée organique et inorganique sur le fonctionnement de l’agroécosystème via la dynamique du phosphore</w:t>
               </w:r>
@@ -6761,51 +6761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Peaucellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AXEMA-SIMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6856,51 +6856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Giet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick E Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7121,51 +7121,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitution de sols à l'aide de compost et de biochar : impact sur la croissance et les traits des végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7216,51 +7216,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphorus availability is an important driver of the response of organic matter decomposition to no-tillage adoption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maimiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7292,592 +7292,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04395088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus-acquisition strategies of rapeseed, barley and wheat in soils amended with sewage sludge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Nobile</w:t>
+                <w:t xml:space="preserve">Ecotoxicité du bisphénol A vis-à-vis de la croissance, la nutrition et la symbiose mycorhizienne du blé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Yacoumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hans Lambers</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacène Meglouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Laruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Condorcet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">Les Journées Condorcet 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Calais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395449v1</w:t>
+                <w:t xml:space="preserve">hal-04395372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecotoxicité du bisphénol A vis-à-vis de la croissance, la nutrition et la symbiose mycorhizienne du blé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Yacoumas</w:t>
+                <w:t xml:space="preserve">Effet de l’Agriculture de Conservation des Sols sur les propriétés biologiques et chimiques du sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Peaucelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées Condorcet 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Calais, France</w:t>
+              <w:t xml:space="preserve">AXEMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Beauvais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04395372v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’Agriculture de Conservation des Sols sur les propriétés biologiques et chimiques du sol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+                <w:t xml:space="preserve">Phosphorus-acquisition strategies of different crop species in soils amended with sewage sludge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AXEMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Beauvais, France</w:t>
+              <w:t xml:space="preserve">6th International Symposium Phosphorus in Soils and Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04395488v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus-acquisition strategies of different crop species in soils amended with sewage sludge</w:t>
+                <w:t xml:space="preserve">Phosphorus-acquisition strategies of rapeseed, barley and wheat in soils amended with sewage sludge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium Phosphorus in Soils and Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Journées Condorcet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395314v1</w:t>
+                <w:t xml:space="preserve">hal-04395449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contamination des sols agricoles par le bisphénol A : une préoccupation de sécurité alimentaire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Yacoumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Yacoumas</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Joël Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hacène Meglouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française de Toxicologie (SFT) 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Lille, France</w:t>
@@ -7900,307 +7900,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04395557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d'un polluant émergent, le bisphenol A, sur la croissance et la mycorhization du blé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Yacoumas</w:t>
+                <w:t xml:space="preserve">Plant functional diversity effects on phosphorus availability in soils, the case of intermediate crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Laruelle</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Lambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nobile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème journée francophone des mycorhizes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">14ème Journées d’étude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395389v1</w:t>
+                <w:t xml:space="preserve">hal-04395344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant functional diversity effects on phosphorus availability in soils, the case of intermediate crops</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+                <w:t xml:space="preserve">Impact d'un polluant émergent, le bisphenol A, sur la croissance et la mycorhization du blé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Yacoumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hacène Meglouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Laruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Journées d’étude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">5ème journée francophone des mycorhizes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395344v1</w:t>
+                <w:t xml:space="preserve">hal-04395389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting phosphorus-acquisition strategies in intermediate crops: a functional approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8208,51 +8208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium Phosphorus in Soils and Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Leuven, Belgium</w:t>
@@ -8386,50 +8386,61 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lounès-Hadj Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">56th Congress of the European Societies of Toxicology (EUROTOX 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Virtual online, France. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Toxicology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 350, pp.S253, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00823-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8479,51 +8490,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les secrets des racines et des sols, clefs de l’agroécologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8739,51 +8750,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="38856F84"/>
+    <w:nsid w:val="989A82E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8970,51 +8981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-houben" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0574-3033" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05322084v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lesaint" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2025.115197" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05322079v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mirabello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roisin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Albert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42729-025-02668-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440991v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhattan Lebrun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vedere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Honvault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-023-10320-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027974v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-05916-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831829v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Planchais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bordenave-Jacquemin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.158920" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217791v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-06294-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03810055v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nobile" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2022.104684" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831825v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Aubertin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Girardin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104214" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03930088v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00848-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03786032v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issifou Amadou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116125" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03624106v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kervro&#235;dan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guidet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marraccini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/J-FASE-2021435" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711164v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2022.105378" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03786142v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel&#8208;pierre Faucon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12993" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03658439v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Watson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Wichern" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.889004" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357729v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Denier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2021.104232" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424374v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11112267" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377722v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daoulas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2021.714596" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Meglouli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laruelle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13823" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03148514v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11020336" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860461v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lambers" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04584-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571684v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dana&#233; G&#243;mez-Su&#225;rez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12062212" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898111v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yacoumas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meglouli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-019-4383-7" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278850v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saqib Bashir" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qaiser Hussain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingling Fu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1002-0160(20)60043-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900977v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sonnet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.110868" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427204v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2019.109001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240702v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy10060783" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240469v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61765-x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319872v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Michel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lambers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51204-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176387v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen E. Kandeler" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2019.02.017" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176368v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zimin Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Li" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Yans" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dufour" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.201800031" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841944v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2018.e00543" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Mercadal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/soilsystems2030042" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671614v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2017.01.005" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395160v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Hardy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Cornelis" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/1780-4507.13539" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947948v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hardy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-T. Cornelis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leifeld" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lambert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.12395" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948129v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Opfergelt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Corn&#233;lis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Givron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Burton" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2017.06.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671657v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.12324" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0ZK6WKPH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136344v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lange" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Colinet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylor Shutcha" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2014.11.011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04945959v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-13367-1.00006-5" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355330v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590283v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324598v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324456v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394990v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395008v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395259v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bashir" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hussain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Fu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324479v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397987v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elen Kandeler" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324534v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397978v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324568v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04397926v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396814v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04397897v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kandeller" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396819v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peaucellier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04291062v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Giet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick E Hayes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05246047v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Veiga" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ugarte" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamilton Araujo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dujany" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/ebook-9791387613570" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638021v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395088v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Maimiti Dulaurent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395449v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395372v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Yacoumas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395488v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Peaucelier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395314v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395557v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395389v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395344v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395329v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04255004v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Roisin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutelier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fontaine" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loun&#232;s-Hadj Sahraoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00823-7" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293403v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murilo Veloso" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395192v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-houben" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0574-3033" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05322084v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lesaint" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2025.115197" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05322079v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mirabello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roisin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Albert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42729-025-02668-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027974v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Honvault" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-05916-9" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440991v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhattan Lebrun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vedere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-023-10320-x" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-06294-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831829v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Planchais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bordenave-Jacquemin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.158920" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03810055v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nobile" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2022.104684" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357729v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Denier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guidet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kervro&#235;dan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2021.104232" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03624106v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marraccini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/J-FASE-2021435" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03930088v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Aubertin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00848-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831825v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Girardin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104214" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03786032v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issifou Amadou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116125" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711164v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2022.105378" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03786142v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel&#8208;pierre Faucon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12993" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03658439v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Watson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Wichern" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2022.889004" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424374v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11112267" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03148514v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11020336" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377722v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daoulas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2021.714596" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286269v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Meglouli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laruelle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13823" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860461v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lambers" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04584-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240469v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61765-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278850v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saqib Bashir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qaiser Hussain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingling Fu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1002-0160(20)60043-1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900977v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sonnet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.110868" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571684v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dana&#233; G&#243;mez-Su&#225;rez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12062212" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898111v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yacoumas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meglouli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-019-4383-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427204v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scienta.2019.109001" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240702v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy10060783" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176387v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Michel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen E. Kandeler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2019.02.017" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319872v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lambers" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51204-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176368v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zimin Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Li" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Yans" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dufour" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.201800031" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841944v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2018.e00543" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Mercadal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/soilsystems2030042" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948129v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Opfergelt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Corn&#233;lis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Givron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Burton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2017.06.002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947948v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hardy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-T. Cornelis" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leifeld" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lambert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.12395" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395160v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Hardy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thomas Cornelis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/1780-4507.13539" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671614v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2017.01.005" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671657v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.12324" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0ZK6WKPH-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136344v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lange" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Colinet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylor Shutcha" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2014.11.011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04945959v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-13367-1.00006-5" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355330v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324598v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590283v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324456v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395008v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394990v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395259v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bashir" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hussain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Fu" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324479v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324534v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397978v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397987v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elen Kandeler" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04397926v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324568v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04397897v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kandeller" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396814v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396819v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peaucellier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04291062v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Giet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick E Hayes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05246047v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Veiga" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Ugarte" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamilton Araujo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dujany" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/ebook-9791387613570" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638021v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395088v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Maimiti Dulaurent" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395372v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Yacoumas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395488v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Peaucelier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395314v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395449v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395557v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395344v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395389v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395329v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04255004v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Roisin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutelier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fontaine" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loun&#232;s-Hadj Sahraoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00823-7" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293403v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murilo Veloso" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395192v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>