--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -151,4329 +151,4329 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Level Set Discrete Element Model for sintering with an optimization-based contact detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayan Paredes-Goyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Theoretical, Computational and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/jtcam.13721⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04594920v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LaPrNiO 4 +δ Nano‐Columnar Thin Films as Oxygen Electrodes for Reversible Solid Oxide Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvère Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosova Kreka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Tarancón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ENERGY &amp; ENVIRONMENTAL MATERIALS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9 (1), pp.e70080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eem2.70080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale in-situ microstructure observation of sintering and thermal damage in a refractory ceramic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bigeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loan Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Boller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Trillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Mesnager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2024.102269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04890871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the potential of combining over- and under-stoichiometric MIEC materials for oxygen-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fleig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 631, pp.236152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2024.236152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced performance of reversible solid oxide cells using high-surface-area nanostructured thin-film oxygen electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeel Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosova Kreka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fjorelo Buzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvère Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 650, pp.237492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2025.237492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermomechanical behavior of an alumina-mullite-zirconia refractory ceramic: sintering and thermally induced damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bigeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Vespa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Leplay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Mesnager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Citti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (2), pp.1256-1266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2023.09.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04606379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution of numerical modelling to design oxygen electrode for micro-solid oxide cells: A case study of high-performance nano-columnar La2NiO4 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 593, pp.233951. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.233951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Two-step sintering of alumina nano-powders: A discrete element study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brayan Paredes-Goyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aatreya Manjulagiri Venkatesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (2), pp.501-509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2022.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03904166v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling of solid oxide cell oxygen electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvère Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (2), pp.022003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2515-7655/acc5b1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of microstructure heterogeneity on the damage resistance of nacre-like alumina: insights from image-based discrete simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Radi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 191 (15), pp.210-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.09.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890254v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strength and toughness trade-off optimization of nacre-like ceramic composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Radi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 183, pp.107699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2019.107699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A simple approach to bulk bioinspired tough ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Radi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12, pp.100807. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100807⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02493649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elasticity and fracture of brick and mortar materials using discrete element simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Radi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126, pp.101-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2019.02.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02067383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast In Situ Nanotomography at ESRF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Villanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richi Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lhuissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (S2), pp.450 - 451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s1431927618014496⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anisotropic sintering behavior of freeze-cast ceramics by optical dilatometry and discrete-element simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron Lichtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Röhrens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Villanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 155, pp.343-349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2018.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of strain tolerant porous microstructures – A case for controlled imperfection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra K Bordia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 148, pp.193 - 201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2017.12.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of sintering temperature on morphology and electrochemical performance of LSCF/GDC composite films as efficient cathode for SOFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ӧzden Çelikbilek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Siebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Djurado</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 246, pp.1248 - 1258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2017.06.070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast in situ 3D nanoimaging: a new tool for dynamic characterization in materials science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Villanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lhuissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siyu Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (7), pp.354 - 359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mattod.2017.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of packing characteristics on the discrete element simulation of elasticity and buckling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rishi Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarshad Rommel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lhuissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 110, pp.14-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2016.02.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01367851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Coupled Experimental/Numerical Approach for Tuning High-Performing SOFC-Cathode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ozden Celikbilek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dessemond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (7), pp.81-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/07207.0081ecst⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rational design of hierarchically nanostructured electrodes for solid oxide fuel cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ӧzden Çelikbilek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Siebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dessemond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 333, pp.72 - 82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2016.09.156⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strength of hierarchically porous ceramics: Discrete simulations on X-ray nanotomography images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron Lichtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Villanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra K. Bordia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113, pp.250 - 253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2015.11.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Macropore Anisotropy on the Mechanical Response of Hierarchically Porous Ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron Lichtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra K. Bordia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99 (3), pp.979 - 987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.14004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01371082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintered ceramics with controlled microstructures: numerical investigations with the Discrete Element Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zilin Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra K Bordia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Ceramic Society of Japan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124 (4), pp.340 - 345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2109/jcersj2.15269⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effective transport properties of 3D multi-component microstructures with interface resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lichtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra K. Bordia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 96, Part A, pp.277-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2014.09.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanical properties of hierarchical porous silica thin films: experimental characterization by nanoindentation and Finite Element modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Yacou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 140 (1-3), pp.120-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micromeso.2010.09.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00581440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yield, creep and wear properties of Ultra High Molecular Weight Polyethylene processed by High Velocity Compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fridrici</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 110 (5), pp.2579-2585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.28697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintering mechanisms involved in high-velocity compaction of nascent semicrystalline polymer powders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.2550-2559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2009.02.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How nascent structure of semi-crystalline polymer powders enhances bulk mechanical properties?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.9793-9801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma801133v⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00433973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanical and physical characterization of polyoxymethylene processed by high-velocity compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.488-497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.26231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00434151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microstructural origin of physical and mechanical properties of ultra high molecular weight polyethylene processed by high velocity compaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 48 (21), pp.6374-6383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2007.07.058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00434141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LaPrNiO4+δ films grown by MOCVD as oxygen electrode thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosova Kreka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Tarancón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurocvd &amp; ALD 24</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Catane, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Finite Element Model for micro-Solid Oxide Cell (µSOC) oxygen electrodes: application to nano-columnar thin film architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du GDR Oxyfun 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Guéthary, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726049v1</w:t>
-              </w:r>
-[...4046 lines deleted...]
-                <w:t xml:space="preserve">hal-00434141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4491,77 +4491,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open Review of &amp;quot;A Level Set Discrete Element Model for sintering with an optimization-based contact detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brayan Paredes-Goyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe L. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tushar Kanti Mandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4605,51 +4605,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.A.S. ZEDEL: Modélisation de la chute en escalade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4725,103 +4725,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How good is La2NiO4+δ as an electrode for rechargeable Oxygen-Ion Batteries?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Power of Interfaces Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Palma de Majorque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4846,103 +4846,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thin Nanostructured Oxygen Electrodes for High-Performance Reversible Solid Oxide Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosova Kreka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fjorelo Buzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Reunion Plenières de la Fédération hydrogene (FRH2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, La Grande Motte, France</w:t>
@@ -4971,103 +4971,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating High-Performance Oxygen Electrodes for Micro-Solid Oxide Cells: A Combined Experimental and Numerical Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIth Conference of the European Ceramic Society (EcerS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5092,77 +5092,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sintering of particles: grain-growth and non-sphericity treated with DEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brayan Paredes-Goyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe L. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEM9 - 9th International Conference on Discrete Element Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Erlangen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5187,103 +5187,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D Finite Element Method model designed for nanocolumnar µSOC oxygen electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Power of Interfaces Workshop,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Palma de Majorque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5308,103 +5308,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacre-like alumina: past, present, and future (Keynote)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe L. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress and exhibition on Advanced Materials and Processes (EUROMAT 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Graz, Austria</w:t>
@@ -5433,77 +5433,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of initial packing, pore formers and sintering on mechanical properties of porous ceramics: Discrete Element Method simulations (Invited)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendra K Bordia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Sintering 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, San Diego, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5541,77 +5541,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D image‐based modeling of hierarchical porous electrodes: mechanical strength and effective conductivity (Invited)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lichtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bordia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5692,51 +5692,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarir Mahfoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME, International Design Engineering Technical Conferences and Information in Engineering Confeence, IDETC-IEC 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5793,51 +5793,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céramiques aux échelles de la microstructure et de l'architecture : frittage, propriétés en service et rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des matériaux [physics.class-ph]. Université Grenoble Alpes, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5887,51 +5887,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymères à hautes performances mécaniques élaborés par Compaction Grande Vitesse: mécanismes de frittage et relations procédé/microstructure/propriétés mécaniques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique [physics.med-ph]. INSA de Lyon, 2007. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6048,51 +6048,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="18B5DB7C"/>
+    <w:nsid w:val="396E1BD6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6279,51 +6279,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-jauffres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8500-9407" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103271v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Panisset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosova Kreka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffr&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Taranc&#243;n" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726049v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Burriel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890871v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bigeard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Girard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Trillaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mesnager" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102269" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408795v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffres" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eem2.70080" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594920v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Paredes-Goyes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L Martin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.13721" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408837v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Panisset" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schmid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stangl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fleig" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jauffres" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2024.236152" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeel Riaz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fjorelo Buzi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.237492" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606379v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Vespa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leplay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Citti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.09.051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572381v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riaz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233951" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904166v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aatreya Manjulagiri Venkatesh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L. Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.10.001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04104012v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurencin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7655/acc5b1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890254v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Radi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Saad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.09.034" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441786v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2019.107699" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493649v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100807" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067383v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2019.02.009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872651v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Villanova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richi Kumar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Daudin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lhuissier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1431927618014496" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864376v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Lichtner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roussel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel R&#246;hrens" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.06.001" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864382v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra K Bordia" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.12.039" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677467v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1254;zden &#199;elikbilek" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Siebert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Djurado" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.06.070" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678681v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Lou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2017.06.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367851v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishi Kumar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarshad Rommel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2016.02.009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677479v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozden Celikbilek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dessemond" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. Martin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07207.0081ecst" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446351v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2016.09.156" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P13X5RK9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381870v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra K. Bordia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2015.11.015" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371082v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0D2V73R4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678708v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zilin Yan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouvard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2109/jcersj2.15269" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121273v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lichtner" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2014.09.027" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581440v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Yacou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Dendievel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Ayral" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2010.09.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BP8GRGJR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433974v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lame" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vigier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dore" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fridrici" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.28697" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-72KRSQ5X-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433938v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2009.02.012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433973v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma801133v" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chervin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.26231" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MZJX6PKK-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434141v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2007.07.058" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021530v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tushar Kanti Mandal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Phu Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454880v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841232v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schmid" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841004v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867538v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04870678v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867722v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485180v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677462v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677453v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roussel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bordia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507172v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Richard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03788045v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00496821v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-jauffres" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8500-9407" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594920v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brayan Paredes-Goyes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/jtcam.13721" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408795v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Panisset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosova Kreka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Taranc&#243;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eem2.70080" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890871v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bigeard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Girard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Trillaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mesnager" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102269" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408837v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Panisset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schmid" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stangl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fleig" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jauffres" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2024.236152" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408807v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeel Riaz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fjorelo Buzi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.237492" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Vespa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leplay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Citti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2023.09.051" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572381v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riaz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Burriel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233951" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904166v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aatreya Manjulagiri Venkatesh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffr&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L. Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.10.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04104012v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurencin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7655/acc5b1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890254v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Radi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Saad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.09.034" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441786v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deville" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2019.107699" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493649v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100807" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067383v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2019.02.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872651v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Villanova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richi Kumar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Daudin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lhuissier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1431927618014496" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864376v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Lichtner" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roussel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel R&#246;hrens" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.06.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864382v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra K Bordia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.12.039" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677467v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1254;zden &#199;elikbilek" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Siebert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Djurado" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.06.070" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678681v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Lou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2017.06.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367851v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rishi Kumar" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarshad Rommel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2016.02.009" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677479v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozden Celikbilek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dessemond" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. Martin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07207.0081ecst" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446351v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2016.09.156" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P13X5RK9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381870v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra K. Bordia" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2015.11.015" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371082v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0D2V73R4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678708v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zilin Yan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouvard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2109/jcersj2.15269" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121273v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lichtner" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2014.09.027" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581440v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Yacou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Dendievel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Ayral" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2010.09.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BP8GRGJR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433974v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lame" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vigier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dore" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fridrici" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.28697" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-72KRSQ5X-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433938v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2009.02.012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433973v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma801133v" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434151v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chervin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.26231" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MZJX6PKK-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434141v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2007.07.058" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103271v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04726049v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021530v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tushar Kanti Mandal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Phu Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454880v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841232v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schmid" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841004v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867538v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04870678v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867722v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485180v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677462v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677453v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Roussel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bordia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507172v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Richard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03788045v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00496821v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>