--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1332,51 +1332,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03478642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Reception of Exiles in Rural France: National Guidelines and Local Variations of a Dispersion Policy</w:t>
+                <w:t xml:space="preserve">L’accueil des exilés dans les espaces ruraux en France : orientations nationales et déclinaisons locales d’une politique de dispersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthomiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fromentin</w:t>
@@ -1411,102 +1411,102 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Przybyl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 36 (2-3), </w:t>
+              <w:t xml:space="preserve">, 2020, 36 (2-3), pp.53-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/remi.17873⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/remi.15550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03596536v1</w:t>
+                <w:t xml:space="preserve">hal-03101652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’accueil des exilés dans les espaces ruraux en France : orientations nationales et déclinaisons locales d’une politique de dispersion</w:t>
+                <w:t xml:space="preserve">The Reception of Exiles in Rural France: National Guidelines and Local Variations of a Dispersion Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthomiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fromentin</w:t>
@@ -1541,78 +1541,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Przybyl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 36 (2-3), pp.53-82. </w:t>
+              <w:t xml:space="preserve">, 2020, 36 (2-3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/remi.15550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/remi.17873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03101652v1</w:t>
+                <w:t xml:space="preserve">hal-03596536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner les migrations internationales entre perspectives nationales et internationalisation de la formation</w:t>
               </w:r>
@@ -1865,183 +1865,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04472150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des espaces parcourus aux lieux investis. Enquête auprès des Sénégalais installés en Europe</w:t>
+                <w:t xml:space="preserve">Spire Amandine, L’étranger et la ville en Afrique de l’Ouest. Lomé au regard d’Accra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 67-68, pp.213-232. </w:t>
+              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (3-4), pp.237-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/autr.067.0213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/remi.6983⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01073432v1</w:t>
+                <w:t xml:space="preserve">hal-04472153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spire Amandine, L’étranger et la ville en Afrique de l’Ouest. Lomé au regard d’Accra</w:t>
+                <w:t xml:space="preserve">Des espaces parcourus aux lieux investis. Enquête auprès des Sénégalais installés en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 30 (3-4), pp.237-239. </w:t>
+              <w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 67-68, pp.213-232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/remi.6983⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/autr.067.0213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472153v1</w:t>
+                <w:t xml:space="preserve">halshs-01073432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les statistiques des migrations africaines : ni exode, ni invasion</w:t>
               </w:r>
@@ -2710,217 +2710,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migration internationale et conditions d'habitat des ménages à Dakar</w:t>
+                <w:t xml:space="preserve">International Migration and Housing Conditions of Households in Dakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Papa Sakho</w:t>
+                <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Population (édition française)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 66 (1), pp.197-228</w:t>
+              <w:t xml:space="preserve">Revue Population</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00740675v1</w:t>
+                <w:t xml:space="preserve">hal-03770803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International Migration and Housing Conditions of Households in Dakar</w:t>
+                <w:t xml:space="preserve">Migration internationale et conditions d'habitat des ménages à Dakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakho Papa</w:t>
+                <w:t xml:space="preserve">Papa Sakho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Population</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011</w:t>
+              <w:t xml:space="preserve">Population (édition française)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 66 (1), pp.197-228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03770803v1</w:t>
+                <w:t xml:space="preserve">halshs-00740675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliographie critique</w:t>
               </w:r>
@@ -3069,200 +3069,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00740682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les migrations d'Afrique subsaharienne en Europe : un essor encore limité</w:t>
+                <w:t xml:space="preserve">Les migrations d’Afrique subsaharienne en Europe : un essor encore limité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Population et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 452, pp.1-4</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 452, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/popsoc.452.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00740710v1</w:t>
+                <w:t xml:space="preserve">hal-04472166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les migrations d’Afrique subsaharienne en Europe : un essor encore limité</w:t>
+                <w:t xml:space="preserve">Les migrations d'Afrique subsaharienne en Europe : un essor encore limité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Population et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 452, pp.1-4. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 452, pp.1-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/popsoc.452.0001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04472166v1</w:t>
+                <w:t xml:space="preserve">halshs-00740710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3274,506 +3274,506 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sciences sociales pour tous : médiations et vulgarisation</w:t>
+                <w:t xml:space="preserve">Circulation internationale et changement urbain au Sénégal. Saly ou la fabrique d'une ville cosmopolite à la périphérie de Dakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème édition du Festival International de l'édition et du livre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CCME Maroc, Apr 2025, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">Circulation internationale et changement urbain : perspectives aux suds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Convergences Migration, Jun 2025, Paris Campus Condorcet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135496v1</w:t>
+                <w:t xml:space="preserve">hal-05135432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulation internationale et changement urbain au Sénégal. Saly ou la fabrique d'une ville cosmopolite à la périphérie de Dakar</w:t>
+                <w:t xml:space="preserve">Les sciences sociales pour tous : médiations et vulgarisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation internationale et changement urbain : perspectives aux suds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Convergences Migration, Jun 2025, Paris Campus Condorcet, France</w:t>
+              <w:t xml:space="preserve">30ème édition du Festival International de l'édition et du livre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CCME Maroc, Apr 2025, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05135432v1</w:t>
+                <w:t xml:space="preserve">hal-05135496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International mobilities, a resource for the transition of rural areas. Highlights from the natural wine sector in Saumurois (Loire Valley)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Petite Côte sénégalaise, la transition d’un espace touristique entre résilience et résistances.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rural Geographies in Transition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Rural Geographies Conference, Jun 2023, Groningen, Netherlands</w:t>
+              <w:t xml:space="preserve">Tourismes en transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Astres, Nov 2023, Papeete (Tahiti), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04304148v1</w:t>
+                <w:t xml:space="preserve">hal-04304143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Petite Côte sénégalaise, la transition d’un espace touristique entre résilience et résistances.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">International mobilities, a resource for the transition of rural areas. Highlights from the natural wine sector in Saumurois (Loire Valley)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Hochedez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourismes en transition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Astres, Nov 2023, Papeete (Tahiti), France</w:t>
+              <w:t xml:space="preserve">Rural Geographies in Transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rural Geographies Conference, Jun 2023, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04304143v1</w:t>
+                <w:t xml:space="preserve">hal-04304148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indissociabilité de la méthode, de la posture et de la pratique scientifique ? Penser collectivement l’engagement dans son continuum</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La fabrique de BD pour discuter les migrations internationales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Étienne Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres 2023 du Comité National Français de Géographie - "Engagement(s)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité National Français de Géographie (CNFG), May 2023, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">BD et sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de sociologie, université de Nantes, Oct 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04159411v1</w:t>
+                <w:t xml:space="preserve">hal-04304144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrique de BD pour discuter les migrations internationales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Indissociabilité de la méthode, de la posture et de la pratique scientifique ? Penser collectivement l’engagement dans son continuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clelia Gasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Hoyez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BD et sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de sociologie, université de Nantes, Oct 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">Rencontres 2023 du Comité National Français de Géographie - "Engagement(s)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité National Français de Géographie (CNFG), May 2023, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304144v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAMIGRI : construction et perspectives d’un programme de recherche sur les migrations internationales dans les campagnes de la France de l’Ouest</w:t>
               </w:r>
@@ -3841,51 +3841,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un projet Tremplin : la mobilité des Européens en Afrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelles réalisations et quelles trajectoire pour le développement par la recherche en coopération avec l’Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4068,394 +4068,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03110065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositifs et initiatives d’installation des populations migrantes dans les campagnes</w:t>
+                <w:t xml:space="preserve">Hospitalités de la France rurale : quand les migrations entrent en campagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Pistre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'études CAMIGRI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Migrinter, May 2019, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Conférence SFR Confluences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03110071v1</w:t>
+                <w:t xml:space="preserve">hal-03110022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etudier les migrations internationales dans les campagnes françaises</w:t>
+                <w:t xml:space="preserve">Dispositifs et initiatives d’installation des populations migrantes dans les campagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sarah Przybyl</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pistre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Université populaire du Niortais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Niort, France</w:t>
+              <w:t xml:space="preserve">Journées d'études CAMIGRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Migrinter, May 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03110074v1</w:t>
+                <w:t xml:space="preserve">hal-03110071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accueillir et s’engager en milieu rural</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etudier les migrations internationales dans les campagnes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Przybyl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Festival International de Géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Saint Die des Vosges, France</w:t>
+              <w:t xml:space="preserve">Université populaire du Niortais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Niort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03110028v1</w:t>
+                <w:t xml:space="preserve">hal-03110074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hospitalités de la France rurale : quand les migrations entrent en campagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accueillir et s’engager en milieu rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Berthomiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Przybyl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence SFR Confluences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Angers, France</w:t>
+              <w:t xml:space="preserve">Festival International de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Saint Die des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03110022v1</w:t>
+                <w:t xml:space="preserve">hal-03110028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques et contrastes de l’urbanisation au Sahel</w:t>
               </w:r>
@@ -4839,277 +4839,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les résidences secondaires en France. Usages en transition et reconfigurations de la distribution spatiale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Fromentin</w:t>
+                <w:t xml:space="preserve">Les migrations internes. Des changements résidentiels marqués par le cycle de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pistre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.225-231, 2025, 978-2-271-15414-9</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-173, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347057v1</w:t>
+                <w:t xml:space="preserve">hal-05435568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les migrations internes. Des changements résidentiels marqués par le cycle de vie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Le Roux</w:t>
+                <w:t xml:space="preserve">Les résidences secondaires en France. Usages en transition et reconfigurations de la distribution spatiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coupleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yoann Doignon. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.225-231, 2025, 978-2-271-15414-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CNRS Editions</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05435568v1</w:t>
+                <w:t xml:space="preserve">hal-05347057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La répartition des étrangers et des immigrés. Vers une redistribution spatiale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coupleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5118,51 +5118,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yoann Doignon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.153-157, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5226,51 +5226,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Valette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de la population française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CNRS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.159-165, 2025, 978-2-271-15414-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5298,51 +5298,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces touristiques en mutation sur la Petite Côte sénégalaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Fleuret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6039,51 +6039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cris Beauchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quel co-développement pour l’Afrique subsaharienne, essai de démographie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6194,51 +6194,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etalement urbain et risques de fragmentation à Dakar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collection du CEDETE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etalement urbain et villes fragmentées à travers le monde, des théories aux faits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 2-913454-43-7</w:t>
@@ -6505,360 +6505,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03110121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Parole à</w:t>
+                <w:t xml:space="preserve">Village Global</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2019, pp.5</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Village Global</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02343504v1</w:t>
+                <w:t xml:space="preserve">hal-03019962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pause pédagogique au Sénégal</w:t>
+                <w:t xml:space="preserve">La Parole à</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Przybyl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026321v1</w:t>
+                <w:t xml:space="preserve">halshs-02343504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La parole à</w:t>
+                <w:t xml:space="preserve">Pause pédagogique au Sénégal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sarah Przybyl</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tehem Maunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03770841v1</w:t>
+                <w:t xml:space="preserve">hal-03026321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Village Global</w:t>
+                <w:t xml:space="preserve">La parole à</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Przybyl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03019962v1</w:t>
+                <w:t xml:space="preserve">hal-03770841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les campagnes françaises à la loupe des migrations internationales</w:t>
               </w:r>
@@ -6951,51 +6951,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Européens en Afrique : « migrants », « voyageurs » ou « clandestins » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakho Papa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7556,51 +7556,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C4705031"/>
+    <w:nsid w:val="92AD93F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7704,51 +7704,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="14FC0182"/>
+    <w:nsid w:val="CE15BE2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7852,51 +7852,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="93CA5C3C"/>
+    <w:nsid w:val="B69538B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8000,51 +8000,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="0A5D575F"/>
+    <w:nsid w:val="0C6CC2A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8148,51 +8148,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="BE30D6CF"/>
+    <w:nsid w:val="2AEF25EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8391,51 +8391,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-lessault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/237067374" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868349v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12sv1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458055v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.755.0025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079893v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.23785" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833128v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fromentin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39673" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336997v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.37624" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478642v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.27567" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596536v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomiere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michalon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Przybyl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.17873" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101652v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.15550" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013171v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelina Miranda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.1032" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01772741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lassailly-Jacob" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.844" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472150v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.1502.0375" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073432v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.067.0213" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472153v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6983" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cris Beauchemin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.417" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00921570v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26146" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364051v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bergeon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dureau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Roux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.196" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472157v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6446" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793334v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.272" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01772753v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.223" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872655v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Flahaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6640" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740675v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Sakho" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770803v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakho Papa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472160v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.903.0645" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740682v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4889" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740710v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472166v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popsoc.452.0001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135496v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135432v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304148v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304143v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159411v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia Gasquet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Hoyez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Walker" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304144v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770754v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770858v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106889v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110065v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Pinel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110071v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110074v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110028v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110022v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110085v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boyer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740641v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Diagne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02378936v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Leli&#232;vre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740657v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347057v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coupleux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/atlas-de-la-population-francaise/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435568v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347056v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435544v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Valette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304173v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fleuret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478646v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02085125v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361400v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ined/16028" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ined.16028" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019806v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019773v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019843v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kotlok" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01757524v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Robin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019823v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019881v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770820v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Geffroy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313214v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110121v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehem Maunier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343504v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026321v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770841v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019962v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019921v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135555v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342697v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304160v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979412v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770746v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472146v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05135472v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-lessault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/237067374" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868349v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12sv1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458055v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.755.0025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079893v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.23785" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833128v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fromentin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39673" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336997v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.37624" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478642v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.27567" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101652v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomiere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michalon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Przybyl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.15550" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596536v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.17873" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013171v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelina Miranda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.1032" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01772741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lassailly-Jacob" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.844" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472150v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.1502.0375" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472153v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6983" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01073432v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.067.0213" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cris Beauchemin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.417" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00921570v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26146" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364051v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bergeon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dureau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Roux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.196" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472157v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6446" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793334v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.272" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01772753v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.223" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872655v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Flahaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6640" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770803v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakho Papa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740675v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Sakho" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472160v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popu.903.0645" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740682v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4889" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472166v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popsoc.452.0001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740710v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135432v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135496v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304148v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304144v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159411v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia Gasquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Hoyez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Walker" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770754v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770858v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106889v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110065v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Pinel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110022v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110071v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110074v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110028v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110085v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boyer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740641v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Diagne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02378936v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Leli&#232;vre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740657v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435568v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/atlas-de-la-population-francaise/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347057v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coupleux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347056v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435544v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Valette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304173v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fleuret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478646v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02085125v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361400v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ined/16028" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ined.16028" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019806v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019773v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019843v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kotlok" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01757524v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Robin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019823v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019881v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770820v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304140v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Geffroy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313214v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110121v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehem Maunier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019962v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343504v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026321v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770841v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019921v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135555v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342697v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304160v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979412v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770746v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472146v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05135472v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>