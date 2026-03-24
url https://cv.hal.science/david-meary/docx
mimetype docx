--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -183,51 +183,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -347,4201 +347,4219 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covering the eyes or mouth of a speaker does not prevent word learning in typically developing infants.</w:t>
+                <w:t xml:space="preserve">What can face preference in newborns tell us about their face representation? Contrasting learned familiarity with inherent bias accounts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Birulés</w:t>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+                <w:t xml:space="preserve">Rafael Laboissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Fort</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michelle Heron-Delaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/dev0002016⟩</w:t>
+              <w:t xml:space="preserve">Child Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.aacag009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chidev/aacag009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05255928v1</w:t>
+                <w:t xml:space="preserve">hal-05563235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Eye Tracking to Evaluate Cognitive and Visual Outcomes of Early Life Phenol Exposure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Covering the eyes or mouth of a speaker does not prevent word learning in typically developing infants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sadia Khan</w:t>
+                <w:t xml:space="preserve">Joan Birulés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Lyon-Caen</w:t>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathrine Thomsen</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathilde Fort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.122067⟩</w:t>
+              <w:t xml:space="preserve">Developmental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/dev0002016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117375v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05255928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infants' Preference for ID Speech in Face and Voice Extends to a Non‐Native Language</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Fort</w:t>
+                <w:t xml:space="preserve">Using Eye Tracking to Evaluate Cognitive and Visual Outcomes of Early Life Phenol Exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Hojin</w:t>
+                <w:t xml:space="preserve">Sadia Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Johnson</w:t>
+                <w:t xml:space="preserve">Sarah Lyon-Caen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathrine Thomsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amrit Sakhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infancy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/infa.12639⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 282, pp.122067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.122067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04801751v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of individual color space using a luminous vector field</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Alleysson</w:t>
+                <w:t xml:space="preserve">Infants' Preference for ID Speech in Face and Voice Extends to a Non‐Native Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Birulés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Hojin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infancy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (1), pp.e12639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/infa.12639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.476757⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04003481v1</w:t>
+                <w:t xml:space="preserve">hal-04801751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetrical responding to male versus female other‐race categories in 9‐ to 12‐month‐old infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Quinn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 114 (S1), pp.71-93. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjop.12582⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of early exposure to phthalates on cognitive development and visual behavior at 24 months</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Lyon-Caen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathrine Thomsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amrit K Sakhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azemira Sabaredzovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 219, pp.115068. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envres.2022.115068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04015768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can language modulate perceptual narrowing for faces? Other-race face recognition in infants is modulated by language experience</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measurement of individual color space using a luminous vector field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gudrun Schwarzer</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Alleysson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Behavioral Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/01650254211053054⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (3), pp.A199-A207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.476757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405326v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04003481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Language familiarity influences own-race face recognition in 9-and 12-month-old infants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Can language modulate perceptual narrowing for faces? Other-race face recognition in infants is modulated by language experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gudrun Schwarzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
+                <w:t xml:space="preserve">Anna Krasotkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Kubicek</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Loevenbruck</w:t>
+                <w:t xml:space="preserve">Anne Vilain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infancy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/infa.12404⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Behavioral Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46 (2), pp.83-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/01650254211053054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03364965v2</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A developmental investigation of the other-race categorization advantage in a multiracial population: Contrasting social categorization and perceptual expertise accounts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Language familiarity influences own-race face recognition in 9-and 12-month-old infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Kubicek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pei Jun Woo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Méary</w:t>
+                <w:t xml:space="preserve">Judit Gervain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gudrun Schwarzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kang Lee</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hélène Loevenbruck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 197, pp.104870. </w:t>
+              <w:t xml:space="preserve">Infancy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (4), pp.647-659. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jecp.2020.104870⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/infa.12404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345310v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03364965v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food-Cal: Development of a controlled database of high- and low-calorie food matched with non-food pictures.</w:t>
+                <w:t xml:space="preserve">A developmental investigation of the other-race categorization advantage in a multiracial population: Contrasting social categorization and perceptual expertise accounts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Shankland</w:t>
+                <w:t xml:space="preserve">Pei Jun Woo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Favre</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kang Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40519-019-00687-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 197, pp.104870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jecp.2020.104870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02096543v1</w:t>
+                <w:t xml:space="preserve">hal-03345310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Impact of Early-Life Exposures to Highly Variable Environmental Factors on Foetal and Child Health: Design of SEPAGES Couple-Child Cohort</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Lyon-Caen</w:t>
+                <w:t xml:space="preserve">Food-Cal: Development of a controlled database of high- and low-calorie food matched with non-food pictures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Shankland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Corubolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Siroux</w:t>
+                <w:t xml:space="preserve">Meary David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Lepeule</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Hainaut</w:t>
+                <w:t xml:space="preserve">Valentin Flaudias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph16203888⟩</w:t>
+              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40519-019-00687-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02360561v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infants rapidly detect human faces in complex naturalistic visual scenes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the Impact of Early-Life Exposures to Highly Variable Environmental Factors on Foetal and Child Health: Design of SEPAGES Couple-Child Cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Lyon-Caen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Siroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Lepeule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Kelly</w:t>
+                <w:t xml:space="preserve">Philippe Lorimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Duarte</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Hainaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/desc.12829⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (20), pp.3888. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph16203888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348162v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preference for attractive faces is species-specific.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Damon</w:t>
+                <w:t xml:space="preserve">Infants rapidly detect human faces in complex naturalistic visual scenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhihan Li</w:t>
+                <w:t xml:space="preserve">Sofia Duarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Meary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yin Yan</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Markus Bindemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/com0000148⟩</w:t>
+              <w:t xml:space="preserve">Developmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/desc.12829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02348194v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multisensory Representation of Gender in Infants: An Eye-Tracking Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Méary</w:t>
+                <w:t xml:space="preserve">Preference for attractive faces is species-specific.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yin Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Jaggie</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Wu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kun Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/lang.12287⟩</w:t>
+              <w:t xml:space="preserve">Journal of Comparative Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 133 (2), pp.262-271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/com0000148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01868318v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02348194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An adult face bias in infants that is modulated by face race</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Damon</w:t>
+                <w:t xml:space="preserve">Multisensory Representation of Gender in Infants: An Eye-Tracking Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul C Quinn</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carole Jaggie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Behavioral Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0165025416651735⟩</w:t>
+              <w:t xml:space="preserve">Language Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 68 (S1), pp.14-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/lang.12287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01569891v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications of Visual Field Asymmetries for Face Categorization in Early Deaf Adults: A Study With Chimeric Faces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Dole</w:t>
+                <w:t xml:space="preserve">A Review of Attractiveness Preferences in Infancy: From Faces to Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2017.00030⟩</w:t>
+              <w:t xml:space="preserve">Adaptive Human Behavior and Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (4), pp.321 - 336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40750-017-0071-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01569261v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review of Attractiveness Preferences in Infancy: From Faces to Objects</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Mottier</w:t>
+                <w:t xml:space="preserve">Modifications of Visual Field Asymmetries for Face Categorization in Early Deaf Adults: A Study With Chimeric Faces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Dole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adaptive Human Behavior and Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40750-017-0071-2⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2017.00030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676204v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preference for facial averageness: Evidence for a common mechanism in human and macaque infants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">An adult face bias in infants that is modulated by face race</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Heron-Delaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul C Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul C. Quinn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth A. Simpson</w:t>
+                <w:t xml:space="preserve">Naiqi G. Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep46303⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Behavioral Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (5), pp.581-587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0165025416651735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01569170v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Early Bilingualism on Face Recognition Processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preference for facial averageness: Evidence for a common mechanism in human and macaque infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul C. Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kang Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Kandel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Albert Costa</w:t>
+                <w:t xml:space="preserve">Elizabeth A. Simpson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01080⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.46303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep46303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01351171v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eye movement patterns and visual attention during scene viewing in 3- to 12-month-olds.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Impact of Early Bilingualism on Face Recognition Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Kandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Burfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Ruiz-Tada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Helo</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Albert Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Visual Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0952523816000110⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01569887v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01351171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objective evaluation of motor outcomes in deep brain stimulation of the STN: Beyond patient's self-report</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eye movement patterns and visual attention during scene viewing in 3- to 12-month-olds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Helo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Rämä</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Pannasch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2016.05.021⟩</w:t>
+              <w:t xml:space="preserve">Visual Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 33, pp.E014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0952523816000110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01570042v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can human eyes prevent perceptual narrowing for monkey faces in human infants?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Objective evaluation of motor outcomes in deep brain stimulation of the STN: Beyond patient's self-report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (2), pp.102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2016.05.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/dev.21319⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203117v1</w:t>
+                <w:t xml:space="preserve">hal-01570042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binocular correlation model of face preference: how good, how simple?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Can human eyes prevent perceptual narrowing for monkey faces in human infants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Bayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul C Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meary David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Developmental Psychobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 57 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dev.21319⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/desc.12201⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01419290v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeing two faces together: preference formation in humans and rhesus macaques</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preference for human eyes in human infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Dupierrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Meary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kang Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul C Quinn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 17 (5), pp.1107 - 1119. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 123, pp.138-146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10071-014-0742-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jecp.2013.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01423031v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preference for human eyes in human infants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Binocular correlation model of face preference: how good, how simple?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Dupierrix</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martial Mermillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 123, pp.138-146. </w:t>
+              <w:t xml:space="preserve">Developmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (6), pp.828-830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jecp.2013.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/desc.12201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203046v1</w:t>
+                <w:t xml:space="preserve">hal-01419290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The face perception system becomes species-specific at three months : an eye-tracking study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seeing two faces together: preference formation in humans and rhesus macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhihan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kun Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesca Simion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Behavioral Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (5), pp.1107 - 1119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10071-014-0742-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00865820v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01423031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La perception du visage en developpement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The face perception system becomes species-specific at three months : an eye-tracking study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Hillairet Hillairet de Boisferon</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Elisa Di Giorgio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Simion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biométrie humaine / Journal of human biometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 30</w:t>
+              <w:t xml:space="preserve">International Journal of Behavioral Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 37 (2), pp.95-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203102v1</w:t>
+                <w:t xml:space="preserve">hal-00865820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurogeometry of color vision</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Méary</w:t>
+                <w:t xml:space="preserve">La perception du visage en developpement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Dupierrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hillairet Hillairet de Boisferon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meary David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biométrie humaine / Journal of human biometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2012.02.002⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00927594v1</w:t>
+                <w:t xml:space="preserve">hal-01203102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it a he or a she? Behavioral and computational approaches to sex categorization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenaël Kaminski</w:t>
+                <w:t xml:space="preserve">Neurogeometry of color vision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alleysson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Édouard Gentaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13414-011-0139-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 106 (5-6), pp.284-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2012.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00927606v1</w:t>
+                <w:t xml:space="preserve">hal-00927594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the Control Processes of the Motor System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is it a he or a she? Behavioral and computational approaches to sex categorization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Kaminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Mermillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Leocani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Baud-Bovy</w:t>
+                <w:t xml:space="preserve">Édouard Gentaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIM.2010.2057714⟩</w:t>
+              <w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 73 (5), pp.1344-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13414-011-0139-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00927715v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00927606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptual factors affecting the ability to assess facial resemblance between parents and newborns in humans</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Probing the Control Processes of the Motor System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Édouard Gentaz</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Leocani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chieffo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Comola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Baud-Bovy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1068/p6372⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 59 (10), pp.2488-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2010.2057714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00927612v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00927715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception d'attributs des visages parlants par le nouveau-né humain.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karine Mazens</w:t>
+                <w:t xml:space="preserve">Perceptual factors affecting the ability to assess facial resemblance between parents and newborns in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Kaminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Mermillod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Gentaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2009.12.003⟩</w:t>
+              <w:t xml:space="preserve">Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 39, pp.807-818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1068/p6372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00828713v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00927612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental study of visual perception of handwriting movement: Influence of motor competencies?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
+                <w:t xml:space="preserve">Perception d'attributs des visages parlants par le nouveau-né humain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Meary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Kandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mazens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2008.05.041⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 55 (1), pp.49-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2009.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01773526v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00828713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual preference for isochronic movement does not necessarily emerge from movement kinematics: A challenge for the motor simulation theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Developmental study of visual perception of handwriting movement: Influence of motor competencies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Bidet-Ildei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 430, pp.236-40. </w:t>
+              <w:t xml:space="preserve">, 2008, 440 (1), pp.76 - 80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2007.10.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2008.05.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00927619v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four-day-old human neonates look longer at non-biological motions of a single point-of-light.</w:t>
               </w:r>
@@ -4553,51 +4571,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elenitsa Kitromilides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Mazens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4651,493 +4669,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00828050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual Perception of Elliptic movements in 7-to-11-year-old children : Influence of Motor Rules Full text</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Visual preference for isochronic movement does not necessarily emerge from movement kinematics: A challenge for the motor simulation theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Bidet-Ildei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 19, </w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 430, pp.236-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cpl.1071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2007.10.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01773525v1</w:t>
+                <w:t xml:space="preserve">hal-00927619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual perception of writing and pointing movements.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visual Perception of Elliptic movements in 7-to-11-year-old children : Influence of Motor Rules Full text</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Bidet-Ildei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1068/p3388⟩</w:t>
+              <w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cpl.1071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00857309v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of motor disorders on visual perception of human movements in a case of peripheral dysgraphia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">Visual perception of writing and pointing movements.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13554790490495113⟩</w:t>
+              <w:t xml:space="preserve">Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 34 (9), pp.1061-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1068/p3388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00835629v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00857309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of motor disorders on visual perception of human movements in a case of peripheral dysgraphia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Moreaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurocase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 10, pp.223-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13554790490495113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00835629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Is perceptual anticipation a motor simulation? A PET study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Decety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroReport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 12 (17), pp.3669-74. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/00001756-200112040-00013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00927626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5147,293 +5281,293 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward individual displays, the role of color vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alleysson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HCI INTERNATIONAL 2024 26th International Conference on Human-Computer Interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Constantine Stephanidis, Jun 2024, Washington DC USA, United States. pp.3-16, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-76821-7_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Individual Color Space using Luminous Vector Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alleysson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Symposium International Colour Vision Society (ICVS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Colour Vision Society, Jul 2022, Héraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04003528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a robot-assisted assessment of the control processes of the motor system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Baud-Bovy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Haptics 2009. Third Joint</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Salt Lake City, UT, France. pp.368 - 373, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WHC.2009.4810853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00927630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5443,918 +5577,918 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual preference for kinetic patterns in infancy and adulthood: evidence for an aesthetic of motion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Slithering vs walking: do infants look longer at threat-relevant biological motion?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Méary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Infant Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Philadelphia, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146924v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slithering vs walking: do infants look longer at threat-relevant biological motion?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Visual preference for kinetic patterns in infancy and adulthood: evidence for an aesthetic of motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pascalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Infant Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Philadelphia, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146920v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When using nutritional labels, less is better</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Baciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Ruffieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPS 2015 - International Convention of Psychological Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Amsterdam, Netherlands. pp.1, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of human's eyes in face preference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Dupierrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Di Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SRCD Biennial Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Seattle, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05019733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It is in the eye but not that early</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Dupierrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Di Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Simion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd NIPS International Symposium Face Perception and Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Okazaki, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05019767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is visual attraction for human eyes present at birth?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Dupierrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hillairet de Boisferon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Di Giorgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Simion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 3rd Australiasian Cognitive Neuroscience Conference (ACNS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Brisbane, Australia. Conference Abstract: ACNS-2012 Australasian Cognitive Neuroscience Conference, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/conf.fnhum.2012.208.00141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05019754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of elliptic movements in 7-to-11 year old children: Influence of motor rules.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Bidet-Ildei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meary David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29 th European Conference on Visual Perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, St. Petersburg Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of motor rules on the visual perception of human movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Bidet-Ildei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meary David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Orliaguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International congress of psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2004, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6364,159 +6498,159 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">It takes one to know one: Do human and nonhuman primates share similar face processing?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pascalis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kun Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Singapore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.55-66, 2021, 978-981-16-2027-0 (print) ; 978-981-16-2028-7 (online). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-16-2028-7_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6526,104 +6660,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperbolic models for color vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alleysson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6633,114 +6767,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception visuelle des mouvements humains : Analyse comportementale, neuroimagerie et neuropathologie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Méary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Pierre Mendès-France - Grenoble II, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00464923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId210"/>
+      <w:footerReference w:type="default" r:id="rId213"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6808,51 +6942,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FDF3F685"/>
+    <w:nsid w:val="C6CD3D37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7039,51 +7173,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-meary" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1656-3644" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075972298" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/208107088" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530328v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Frey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meary" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Loichot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bosse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-38243-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255928v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Birul&#233;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascalis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#233;ary" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fort" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/dev0002016" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117375v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rolland" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Khan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lyon-Caen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Thomsen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit Sakhi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.122067" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hojin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Johnson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/infa.12639" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003481v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alleysson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.476757" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738896v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Damon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Quinn" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjop.12582" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015768v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit K Sakhi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azemira Sabaredzovic" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2022.115068" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405326v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clerc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Schwarzer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krasotkina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01650254211053054" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364965v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillairet de Boisferon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Kubicek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Gervain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/infa.12404" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03345310v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei Jun Woo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Lee" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2020.104870" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096543v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Favre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Corubolo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meary David" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Flaudias" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-019-00687-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360561v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Siroux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lepeule" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorimier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hainaut" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16203888" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348162v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kelly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Duarte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bindemann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12829" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348194v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihan Li" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Yan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu Li" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Guo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/com0000148" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868318v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Jaggie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lang.12287" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569891v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Heron-Delaney" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul C Quinn" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiqi G. Xiao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0165025416651735" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569261v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Dole" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00030" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676204v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mottier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40750-017-0071-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569170v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul C. Quinn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A. Simpson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46303" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351171v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Kandel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Burfin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Ruiz-Tada" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Costa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01080" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569887v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Helo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia R&#228;m&#228;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pannasch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0952523816000110" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570042v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2016.05.021" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXMZSQH0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203117v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Bayet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.21319" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JMKF0XMN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419290v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12201" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TMKV8MZ3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423031v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-014-0742-3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203046v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Dupierrix" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2013.12.010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865820v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Di Giorgio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Simion" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203102v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillairet Hillairet de Boisferon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927594v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2012.02.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SL2VMZ86-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927606v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Kaminski" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Gentaz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-011-0139-1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927715v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leocani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chieffo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Comola" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Baud-Bovy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2010.2057714" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927612v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/p6372" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828713v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Berger" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnadieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mazens" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2009.12.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK42DT91-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773526v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bidet-Ildei" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Orliaguet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2008.05.041" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJK8QM7C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927619v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2007.10.040" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VBG6L2S-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828050v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elenitsa Kitromilides" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Graff" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Gentaz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0000186" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773525v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cpl.1071" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857309v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chary" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/p3388" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835629v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle David" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moreaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13554790490495113" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927626v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chaminade" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decety" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-200112040-00013" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693165v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-76821-7_1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003528v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927630v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHC.2009.4810853" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146924v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146920v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190188v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Prevost" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Baciu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ruffieux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019733v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019767v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019754v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2012.208.00141" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773552v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Orliaguet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773555v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364983v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-16-2028-7_4" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-2028-7_4" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515596v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00464923v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-meary" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1656-3644" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075972298" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/208107088" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530328v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Frey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meary" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Loichot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bosse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-38243-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05563235v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Damon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Laboissi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#233;ary" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Heron-Delaney" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Quinn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chidev/aacag009" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255928v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Birul&#233;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pascalis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fort" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/dev0002016" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117375v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rolland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Khan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lyon-Caen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Thomsen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit Sakhi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.122067" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801751v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Hojin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Johnson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/infa.12639" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738896v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjop.12582" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015768v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit K Sakhi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azemira Sabaredzovic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2022.115068" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003481v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alleysson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.476757" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405326v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clerc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Schwarzer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krasotkina" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01650254211053054" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364965v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillairet de Boisferon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Kubicek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Gervain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/infa.12404" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03345310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei Jun Woo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Lee" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2020.104870" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02096543v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Favre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Corubolo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meary David" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Flaudias" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-019-00687-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360561v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Siroux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lepeule" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorimier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hainaut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16203888" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348162v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kelly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Duarte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bindemann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12829" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348194v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihan Li" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin Yan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu Li" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Guo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/com0000148" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868318v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Jaggie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lang.12287" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676204v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mottier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40750-017-0071-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569261v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Dole" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00030" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569891v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul C Quinn" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiqi G. Xiao" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0165025416651735" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569170v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul C. Quinn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A. Simpson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46303" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351171v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Kandel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Burfin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Ruiz-Tada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Costa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01080" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569887v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Helo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia R&#228;m&#228;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pannasch" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0952523816000110" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570042v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2016.05.021" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXMZSQH0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203117v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Bayet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.21319" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JMKF0XMN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203046v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Dupierrix" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2013.12.010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419290v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12201" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TMKV8MZ3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423031v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-014-0742-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865820v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Di Giorgio" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Simion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203102v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillairet Hillairet de Boisferon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927594v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2012.02.002" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SL2VMZ86-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927606v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Kaminski" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Gentaz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-011-0139-1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927715v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Leocani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chieffo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Comola" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Baud-Bovy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2010.2057714" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927612v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/p6372" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828713v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Berger" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnadieu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mazens" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2009.12.003" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK42DT91-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773526v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bidet-Ildei" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Orliaguet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2008.05.041" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJK8QM7C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828050v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elenitsa Kitromilides" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Graff" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Gentaz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0000186" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927619v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2007.10.040" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VBG6L2S-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773525v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cpl.1071" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857309v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chary" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/p3388" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835629v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle David" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moreaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13554790490495113" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927626v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chaminade" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decety" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-200112040-00013" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693165v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-76821-7_1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003528v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927630v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHC.2009.4810853" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146920v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146924v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190188v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Prevost" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Baciu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ruffieux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019733v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019767v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019754v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2012.208.00141" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773552v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Orliaguet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773555v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364983v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-16-2028-7_4" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-2028-7_4" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515596v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00464923v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>