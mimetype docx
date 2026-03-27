--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,4470 +66,4604 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The yarn/matrix interface in composite materials: fragmentation tests and micro-CT based digital volume correlation</w:t>
+                <w:t xml:space="preserve">DUCTILITY DEPENDENCE OF A NI-BASED SUPERALLOY MADE BY SPARK PLASMA SINTERING ON PRIOR PARTICLE BOUNDARIES AND GRAIN SIZE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Drouhet</w:t>
+                <w:t xml:space="preserve">Rémi Lebot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+                <w:t xml:space="preserve">Emmanuel Saly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+                <w:t xml:space="preserve">David Mellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Mellier</w:t>
+                <w:t xml:space="preserve">Pierre Sallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teddy Fournier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gautier Huser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st European Conference on Composite Materials (ECCM21)</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, EuroSuperalloys 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11661-026-08166-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04655150v1</w:t>
+                <w:t xml:space="preserve">hal-05542856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the impact performance of repaired thermoplastic laminates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anisotropy in tensile properties of a high strength metastable β titanium alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Lama</w:t>
+                <w:t xml:space="preserve">Tiphaine Giroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Letizia Verdolotti</w:t>
+                <w:t xml:space="preserve">Patrick Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Oliviero</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Hémery</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st European Conference on Composite Materials (ECCM21)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04655148v1</w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 247, pp.113401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2024.113401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04915015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la fatigue hydrique sur le comportement mécanique d'éco-composites [0/90]7 à renforts de chanvre : analyse expérimentale et modélisation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+                <w:t xml:space="preserve">Damage onset mechanisms in multi-axial tensile test of 3D Woven Organic Matrix Composite through an in situ coupled micro-computed tomography and acoustic emission methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Orenes Balaciart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gigliotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Tranquart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales des Composites 2023 (JNC23)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04280676v1</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 327, pp.117651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2023.117651⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DIC and DVC with X-ray computed tomography for the measurement of strains at the yarn/matrix interface in single hemp yarn composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The Natural Growth of CaCO3 Crystals on Hemp Yarns: A Morphology Analysis and the Mechanical Effects on Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Drouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Barbière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Natural Fibers (ICNF)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04280671v1</w:t>
+              <w:t xml:space="preserve">Fibers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fib11100088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavitation Mechanisms in Elastomers Exposed to Hydrogen: New insights brought by in-situ tomography and mechanochemistry</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3D strain fields in a plant fibre composite during fragmentation test: Micro-CT based DIC and DVC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Drouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Deformation, Yield and Fracture of Polymers (DYFP 2022)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04939063v1</w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 263, pp.110860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2023.110860⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la polymérisation par plasma sur l'adhésion interfaciale de fibres de basalte dans une matrice époxy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Cech</w:t>
+                <w:t xml:space="preserve">Tensile properties of Ti-6Al-4V as-built by laser metal deposition: The relationship between heat affected zone bands, strain localization and anisotropy in ductility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Yvinec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Naït-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bertheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02420799v1</w:t>
+              <w:t xml:space="preserve">Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55, pp.102830. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addma.2022.102830⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INTERFACIAL ADHESION OF BASALT FIBRE REINFORCED POLYMER COMPOSITES</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of moisture and drying on fatigue damage mechanisms in a woven hemp/epoxy composite: Acoustic emission and micro-CT analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Barbière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TWENTY-SECOND INTERNATIONAL CONFERENCE ON COMPOSITE MATERIALS (ICCM22)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03008706v1</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 136, pp.105593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2020.105593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse couplée par micro-tomographie et émission acoustique des endommagements par fatigue d'un composite tissé chanvre/époxy : effet de l'humidité.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparison of falling dart and Charpy impacts performances of compatibilized and not compatibilized polypropylene/woven glass fibres composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Simeoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sorrentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oliviero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02420778v1</w:t>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 165, pp.102-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2018.11.090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'eau sur les mécanismes d'endommagement d'un composite tissé chanvre/époxy : analyse quantitative par microtomographie X</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Engineering the interfacial adhesion in basalt/epoxy composites by plasma polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. C Seghini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01621595v1</w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 122, pp.67-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2019.04.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02282563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavitation in rubbers exposed to high-pressure hydrogen: in-situ characterization of the phenomenon and modelling at the cavity scale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Benoît</w:t>
+                <w:t xml:space="preserve">Impact damage assessment in biocomposites by micro-CT and innovative air-coupled detection of laser-generated ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balthasar Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Tirillò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski- Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Multiphysics Behavior of Rubber</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05458248v1</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 210, pp.922-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.12.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fibres de chanvre comme renfort de matériaux composites à matrice thermodurcissables : de la plante au matériau, présentation du projet COMPOCHANVRE</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Lagattu</w:t>
+                <w:t xml:space="preserve">Effect of temperature and fiber type on impact behavior of thermoplastic fiber metal laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Tirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Ferrante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Sergi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Sbardella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'AMAC (Association pour les Matériaux Composites) : JST Renforcement des polymères par des fibres végétales /Eco-Matériaux</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-00496505v1</w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 223, pp.110961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2019.110961⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interfacial adhesion assessment in flax/epoxy and in flax/vinylester composites by single yarn fragmentation test: Correlation with micro-CT analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M C Seghini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 113, pp.66 - 75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2018.07.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le défaut de soutien familial dans l’immédiat post-partum : quels impacts sur l’émergence de la détresse maternelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Vennat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose-Angélique Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Capponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66 (6), pp.370-381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurenf.2018.07.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05333404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effect of the environment on high temperature fatigue of cross-ply C/epoxy laminated composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Foti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gigliotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lafarie-Frénot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 202, pp.924-934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.04.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In-situ X-ray computed tomography of decompression failure in a rubber exposed to high-pressure gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Castagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polymer Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 70, pp.255-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.07.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Replication of liner collapse phenomenon observed in hyperbaric type IV hydrogen storage vessel by explosive decompression experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lainé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 43 (9), pp.4671-4680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2018.01.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damage characterization during high temperature fatigue of off-axis woven organic matrix composites for aircraft applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Foti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gigliotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13th International Conference on Textile Composites (TEXCOMP-13) 17–19 September 2018, Milan, Italy, 406, pp.012055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/406/1/012055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative analysis by micro-CT of damage during tensile test in a woven hemp/epoxy composite after water ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 102, pp.18-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2017.07.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damage tolerance assessment of the interface strength gradation in thermoplastic composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Sorrentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Tirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 113, pp.111-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2017.01.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatigue multi-physique de matériaux composites à matrice organique stratifiés croisés [0/90] s pour applications aéronautiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Foti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gigliotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lafarie-Frénot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 104 (4), pp.406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mattech/2016019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of the Porous Microstructure on the Elastic Properties of Sintered Ag Paste as Replacement Material for Die Attachment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Milhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caccuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bertheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (10), pp.3948-3956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11664-015-3791-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental study to assess the effect of carbon nanotube addition on the through-thickness electrical conductivity of CFRP laminates for aircraft applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yueguo Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gigliottia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lafarie-Frénot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinbo Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 76 (31-37), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesb.2015.02.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01338349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spark Plasma Sintering of Nickel-Based Superalloys: A New Route to Produce Dual-Alloy Turbine Disks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Saly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Villechaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Mellier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Sallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Caradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 15th International Symposium on Superalloys 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Seven Springs Mountain Resort, Champion, Pennsylvania, France. Springer Nature Switzerland, pp.242-252, 2024, The Minerals, Metals &amp; Materials Series, 978-3-031-63936-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-63937-1_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropy in tensile properties of a high strength metastable β titanium alloy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The yarn/matrix interface in composite materials: fragmentation tests and micro-CT based digital volume correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Drouhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuel Hémery</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Fournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04915015v1</w:t>
+              <w:t xml:space="preserve">21st European Conference on Composite Materials (ECCM21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centrale Nantes; Nantes Université, Jul 2024, Nantes, France. pp.262-269</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage onset mechanisms in multi-axial tensile test of 3D Woven Organic Matrix Composite through an in situ coupled micro-computed tomography and acoustic emission methodology</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessment of the impact performance of repaired thermoplastic laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Sorrentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Lama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Letizia Verdolotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Oliviero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04699086v1</w:t>
+              <w:t xml:space="preserve">21st European Conference on Composite Materials (ECCM21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centrale Nantes; Nantes Université, Jul 2024, Nantes, France. pp.1644-1650</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Natural Growth of CaCO3 Crystals on Hemp Yarns: A Morphology Analysis and the Mechanical Effects on Composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Effet de la fatigue hydrique sur le comportement mécanique d'éco-composites [0/90]7 à renforts de chanvre : analyse expérimentale et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Drouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fibers</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04280632v1</w:t>
+              <w:t xml:space="preserve">Journées Nationales des Composites 2023 (JNC23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D strain fields in a plant fibre composite during fragmentation test: Micro-CT based DIC and DVC</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">DIC and DVC with X-ray computed tomography for the measurement of strains at the yarn/matrix interface in single hemp yarn composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Drouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04179278v1</w:t>
+              <w:t xml:space="preserve">6th International Conference on Natural Fibers (ICNF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Funchal (Madeira Island), Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile properties of Ti-6Al-4V as-built by laser metal deposition: The relationship between heat affected zone bands, strain localization and anisotropy in ductility</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Cormier</w:t>
+                <w:t xml:space="preserve">Cavitation Mechanisms in Elastomers Exposed to Hydrogen: New insights brought by in-situ tomography and mechanochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier P Morelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel E Sanoja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Comtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Creton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Castagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Additive Manufacturing</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03871108v1</w:t>
+              <w:t xml:space="preserve">18th International Conference on Deformation, Yield and Fracture of Polymers (DYFP 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Kerkrade, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of moisture and drying on fatigue damage mechanisms in a woven hemp/epoxy composite: Acoustic emission and micro-CT analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effet de la polymérisation par plasma sur l'adhésion interfaciale de fibres de basalte dans une matrice époxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Carolina Seghini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Tirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Paola Bracciale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Cech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03008479v1</w:t>
+              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of falling dart and Charpy impacts performances of compatibilized and not compatibilized polypropylene/woven glass fibres composites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Oliviero</w:t>
+                <w:t xml:space="preserve">INTERFACIAL ADHESION OF BASALT FIBRE REINFORCED POLYMER COMPOSITES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Carolina Seghini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Sarasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03026240v1</w:t>
+              <w:t xml:space="preserve">TWENTY-SECOND INTERNATIONAL CONFERENCE ON COMPOSITE MATERIALS (ICCM22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03008706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering the interfacial adhesion in basalt/epoxy composites by plasma polymerization</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse couplée par micro-tomographie et émission acoustique des endommagements par fatigue d'un composite tissé chanvre/époxy : effet de l'humidité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Barbiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Touchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02282563v1</w:t>
+              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact damage assessment in biocomposites by micro-CT and innovative air-coupled detection of laser-generated ultrasound</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence de l'eau sur les mécanismes d'endommagement d'un composite tissé chanvre/époxy : analyse quantitative par microtomographie X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chocinski-Arnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03026118v1</w:t>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature and fiber type on impact behavior of thermoplastic fiber metal laminates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francesca Sbardella</w:t>
+                <w:t xml:space="preserve">Cavitation in rubbers exposed to high-pressure hydrogen: in-situ characterization of the phenomenon and modelling at the cavity scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Castagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azdine Naït-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Grandidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02285855v1</w:t>
+              <w:t xml:space="preserve">Workshop on the Multiphysics Behavior of Rubber</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix-Marseille Université; Centrale Marseille; Centre national de la recherche scientifique (CNRS), Nov 2017, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le défaut de soutien familial dans l’immédiat post-partum : quels impacts sur l’émergence de la détresse maternelle ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Les fibres de chanvre comme renfort de matériaux composites à matrice thermodurcissables : de la plante au matériau, présentation du projet COMPOCHANVRE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Alise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mellier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lagattu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
-[...1340 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">Congrès de l'AMAC (Association pour les Matériaux Composites) : JST Renforcement des polymères par des fibres végétales /Eco-Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01338349v1</w:t>
+                <w:t xml:space="preserve">hal-00496505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of a fracture process during decompression-induced cavitation in hydrogen-exposed EPDM from in-situ X-ray micro-tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Castagnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azdine Nait- Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claudia Marano; Francesco Briatico Vangosa; Luca Andena; Roberto Frassine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constitutive Models for Rubber XII : Proceedings of the 12th European Conference on Constitutive Models for Rubber (ECCMR 2022), September 7–9, 2022, Milano, Italy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CRC Press, pp.178-181, 2022, 9781003310266. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9781003310266-30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4539,168 +4673,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of exposure to olfactory variability during active feeds on the development of sucking performance in preterm infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Marret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Soussignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Conference on Food Oral Processing - Physics, Physiology and Psychology of Eating</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Beaune, France. 1 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId158"/>
+      <w:footerReference w:type="default" r:id="rId162"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4847,51 +4981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Drouhet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Touchard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chocinski-Arnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mellier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Fournier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655148v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Sorrentino" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Lama" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Verdolotti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Oliviero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280676v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280671v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P Morelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel E Sanoja" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Comtet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Castagnet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420799v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carolina Seghini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Sarasini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Tirillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Bracciale" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Cech" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008706v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cech" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420778v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barbiere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621595v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Perrier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458248v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Grandidier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Gueguen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beno&#238;t" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496505v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Alise" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tellier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Roy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mellier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lagattu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05407382v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Saly" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Caradec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63937-1_23" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04915015v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Giroud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H&#233;mery" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2024.113401" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699086v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Orenes Balaciart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pannier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gigliotti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tranquart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.117651" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280632v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barbi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib11100088" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179278v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.110860" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871108v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Yvinec" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertheau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cormier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2022.102830" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008479v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbi&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Touchard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chocinski-Arnault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2020.105593" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026240v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Simeoli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sorrentino" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oliviero" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2018.11.090" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282563v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. C Seghini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarasini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2019.04.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026118v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balthasar Fischer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Tirill&#242;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chocinski- Arnault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.12.013" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285855v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ferrante" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sergi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sbardella" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.110961" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333404v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vennat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Ang&#233;lique Belot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Capponi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2018.07.005" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZH520VN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294365v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Foti" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lafarie-Fr&#233;not" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.04.065" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026038v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M C Seghini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Touchard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sarasini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chocinski-Arnault" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mellier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2018.07.015" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308763v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;pin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lain&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Benoit" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.01.022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7HT4L6GC-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294592v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.07.017" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664787v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Foti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pannier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gigliotti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/406/1/012055" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336918v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2017.01.014" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336904v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.07.018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406107v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2016019" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72278E4C6D8E9C58101E364DFFB0BDFE47CB2CD2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964131v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Milhet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gadaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Caccuri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-3791-8" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338349v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueguo Lin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gigliottia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinbo Bai" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemarchand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2015.02.015" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9ZLQXGW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04791553v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Nait- Ali" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003310266-30" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806057v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Leconte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soussignan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542856v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lebot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Saly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mellier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sallot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Huser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-026-08166-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04915015v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Giroud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Villechaise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel H&#233;mery" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2024.113401" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699086v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Orenes Balaciart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pannier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gigliotti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tranquart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2023.117651" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280632v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Drouhet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barbi&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Touchard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chocinski-Arnault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib11100088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179278v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.110860" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871108v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Yvinec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Na&#239;t-Ali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mellier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertheau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cormier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2022.102830" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008479v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Touchard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chocinski-Arnault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2020.105593" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026240v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Simeoli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sorrentino" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oliviero" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2018.11.090" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282563v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. C Seghini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sarasini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cech" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2019.04.013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026118v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balthasar Fischer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Sarasini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Tirill&#242;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chocinski- Arnault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.12.013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285855v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Tirillo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ferrante" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sergi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sbardella" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2019.110961" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026038v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M C Seghini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Touchard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sarasini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chocinski-Arnault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mellier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2018.07.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333404v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vennat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Ang&#233;lique Belot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Capponi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2018.07.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZH520VN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294365v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Foti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lafarie-Fr&#233;not" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.04.065" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294592v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Castagnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Benoit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.07.017" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308763v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;pin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lain&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Grandidier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.01.022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7HT4L6GC-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664787v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Foti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pannier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gigliotti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/406/1/012055" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336904v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Perrier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.07.018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336918v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Sorrentino" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2017.01.014" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406107v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2016019" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/72278E4C6D8E9C58101E364DFFB0BDFE47CB2CD2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964131v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Milhet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gadaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Caccuri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-3791-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338349v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueguo Lin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gigliottia" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinbo Bai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemarchand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2015.02.015" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9ZLQXGW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05407382v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Caradec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63937-1_23" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Fournier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655148v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Lama" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letizia Verdolotti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Oliviero" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280676v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280671v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939063v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier P Morelle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel E Sanoja" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Comtet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420799v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carolina Seghini" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Bracciale" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Cech" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008706v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420778v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barbiere" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621595v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458248v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Gueguen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beno&#238;t" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496505v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Alise" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tellier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Roy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lagattu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04791553v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azdine Nait- Ali" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003310266-30" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806057v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Leconte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marret" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soussignan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>