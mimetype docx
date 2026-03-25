--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -377,295 +377,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05291436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft genome sequencing and assembly of Favolaschia claudopus CIRM-BRFM 2984 isolated from oak limbs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A New Phenolic Acid Decarboxylase from the Brown-Rot Fungus Neolentinus lepideus Natively Decarboxylates Biosourced Sinapic Acid into Canolol, a Bioactive Phenolic Compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Odinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bisotto-Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toinou Frezouls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Bissaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Steven Ahrendt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12, pp.44-46. </w:t>
+              <w:t xml:space="preserve">Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (2), pp.181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7150/jgen.92255⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/bioengineering11020181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04470283v1</w:t>
+                <w:t xml:space="preserve">hal-04469922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Phenolic Acid Decarboxylase from the Brown-Rot Fungus Neolentinus lepideus Natively Decarboxylates Biosourced Sinapic Acid into Canolol, a Bioactive Phenolic Compound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Draft genome sequencing and assembly of Favolaschia claudopus CIRM-BRFM 2984 isolated from oak limbs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Odinot</w:t>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bisotto-Mignot</w:t>
+                <w:t xml:space="preserve">Delphine Chaduli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toinou Frezouls</w:t>
+                <w:t xml:space="preserve">Robert Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Bissaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Navarro</w:t>
+                <w:t xml:space="preserve">Steven Ahrendt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (2), pp.181. </w:t>
+              <w:t xml:space="preserve">Journal of Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.44-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/bioengineering11020181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7150/jgen.92255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04469922v1</w:t>
+                <w:t xml:space="preserve">hal-04470283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorizing fungal diversity for the degradation of fluoroquinolones</w:t>
               </w:r>
@@ -815,51 +815,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Numéro Spécial 02, RARe, pp.125-129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/novae-2022-NS02-art15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
@@ -1138,1229 +1138,1229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene family expansions and transcriptome signatures uncover fungal adaptations to wood decay</w:t>
+                <w:t xml:space="preserve">A Putative Lignin Copper Oxidase from Trichoderma reesei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayat Hage</w:t>
+                <w:t xml:space="preserve">Mariane Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shingo Miyauchi</w:t>
+                <w:t xml:space="preserve">Alexandra Bisotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Máté Virágh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Drula</w:t>
+                <w:t xml:space="preserve">Lydie Oliveira Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Byoungnam Min</w:t>
+                <w:t xml:space="preserve">Betty Cottyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (8), pp.643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.15423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jof7080643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03226505v1</w:t>
+                <w:t xml:space="preserve">hal-03328494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Secretomes of Aspergillus japonicus and Aspergillus terreus Supplement the Rovabio® Enzyme Cocktail for the Degradation of Soybean Meal for Animal Feed</w:t>
+                <w:t xml:space="preserve">Gene family expansions and transcriptome signatures uncover fungal adaptations to wood decay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Grandmontagne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Navarro</w:t>
+                <w:t xml:space="preserve">Hayat Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Neugnot-Roux</w:t>
+                <w:t xml:space="preserve">Shingo Miyauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Ladevèze</w:t>
+                <w:t xml:space="preserve">Máté Virágh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Byoungnam Min</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7 (4), pp.278. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jof7040278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.15423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03234937v1</w:t>
+                <w:t xml:space="preserve">hal-03226505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fungal treatment for the valorization of technical soda lignin</w:t>
+                <w:t xml:space="preserve">The Secretomes of Aspergillus japonicus and Aspergillus terreus Supplement the Rovabio® Enzyme Cocktail for the Degradation of Soybean Meal for Animal Feed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariane Daou</w:t>
+                <w:t xml:space="preserve">Delphine Grandmontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clementina Farfan Soto</w:t>
+                <w:t xml:space="preserve">Virginie Neugnot-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amel Majira</w:t>
+                <w:t xml:space="preserve">Simon Ladevèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cézard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 7 (1), pp.39. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jof7010039⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 7 (4), pp.278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jof7040278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120945v1</w:t>
+                <w:t xml:space="preserve">hal-03234937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure and functional characterization of an oligosaccharide dehydrogenase from Pycnoporus cinnabarinus provides insights into fungal breakdown of lignocellulose</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fungal treatment for the valorization of technical soda lignin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clementina Farfan Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriele Cerutti</w:t>
+                <w:t xml:space="preserve">Amel Majira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Gugole</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dehbia Chena</w:t>
+                <w:t xml:space="preserve">Laurent Cézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Cottyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-021-02003-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (1), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jof7010039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03344334v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03120945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale phenotyping of 1,000 fungal strains for the degradation of non-natural, industrial compounds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Chaduli</w:t>
+                <w:t xml:space="preserve">Crystal structure and functional characterization of an oligosaccharide dehydrogenase from Pycnoporus cinnabarinus provides insights into fungal breakdown of lignocellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gugole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Celeste Montemiglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Taussac</w:t>
+                <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sacha Grisel</w:t>
+                <w:t xml:space="preserve">Dehbia Chena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4 (1), pp.871. </w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14, pp.161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-021-02401-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13068-021-02003-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03313721v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03344334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Putative Lignin Copper Oxidase from Trichoderma reesei</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mariane Daou</w:t>
+                <w:t xml:space="preserve">Large-scale phenotyping of 1,000 fungal strains for the degradation of non-natural, industrial compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Chaduli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bisotto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mireille Haon</w:t>
+                <w:t xml:space="preserve">Sabine Taussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Oliveira Correia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Betty Cottyn</w:t>
+                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7 (8), pp.643. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jof7080643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-02401-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03328494v1</w:t>
+                <w:t xml:space="preserve">hal-03313721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fungal family of lytic polysaccharide monooxygenase-like copper proteins</w:t>
+                <w:t xml:space="preserve">Characterization of the CAZy Repertoire from the Marine-Derived Fungus Stemphylium lucomagnoense in Relation to Saline Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Labourel</w:t>
+                <w:t xml:space="preserve">Wissal Ben Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristian Frandsen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sacha Grisel</w:t>
+                <w:t xml:space="preserve">Abhishek Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Drula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Chemical Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41589-019-0438-8⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (9), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md18090461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02478456v1</w:t>
+                <w:t xml:space="preserve">hal-02953538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the CAZy Repertoire from the Marine-Derived Fungus Stemphylium lucomagnoense in Relation to Saline Conditions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Conserved white rot enzymatic mechanism for wood decay in the Basidiomycota genus Pycnoporus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shingo Miyauchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayat Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md18090461⟩</w:t>
+              <w:t xml:space="preserve">DNA Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/dnares/dsaa011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02953538v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02868456v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conserved white rot enzymatic mechanism for wood decay in the Basidiomycota genus Pycnoporus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
+                <w:t xml:space="preserve">A fungal family of lytic polysaccharide monooxygenase-like copper proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Labourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Frandsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Nature Chemical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (3), pp.345-350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/dnares/dsaa011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41589-019-0438-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02868456v2</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02478456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking of enzymatic biomass deconstruction by fungal secretomes highlights markers of lignocellulose recalcitrance</w:t>
               </w:r>
@@ -3016,103 +3016,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative visual omics of the white-rot fungus Polyporus brumalis exposes the biotechnological potential of its oxidative enzymes for delignifying raw plant biomass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shingo Miyauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Rancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayat Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Chaduli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11, </w:t>
@@ -3150,51 +3150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavender- and lavandin-distilled straws: an untapped feedstock with great potential for the production of high-added value compounds and fungal enzymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Bou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3323,51 +3323,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3418,51 +3418,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Two-Step Bioconversion Process for Canolol Production from Rapeseed Meal Combining an Aspergillus niger Feruloyl Esterase and the Fungus Neolentinus lepideus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Odinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3552,51 +3552,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The integrative omics of white-rot fungus Pycnoporus coccineus reveals co-regulated CAZymes for orchestrated lignocellulose breakdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shingo Miyauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3604,51 +3604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chevret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (4), </w:t>
@@ -3686,51 +3686,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual comparative omics of fungi for plant biomass deconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shingo Miyauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4082,429 +4082,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recombinant protein production facility for fungal biomass-degrading enzymes using the yeast Pichia pastoris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mireille Haon</w:t>
+                <w:t xml:space="preserve">Solid-state fermentation in multi-well plates to assess pretreatment efficiency of rot fungi on lignocellulose biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simeng Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Raouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Sigoillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2015.01002⟩</w:t>
+              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (6), pp.940-949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1751-7915.12307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01237579v1</w:t>
+                <w:t xml:space="preserve">hal-01269512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced degradation of softwood versus hardwood by the white-rot fungus Pycnoporus coccineus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Couturier</w:t>
+                <w:t xml:space="preserve">Recombinant protein production facility for fungal biomass-degrading enzymes using the yeast Pichia pastoris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Haon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Piumi</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13068-015-0407-8⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (1002), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2015.01002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439025v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01237579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-state fermentation in multi-well plates to assess pretreatment efficiency of rot fungi on lignocellulose biomass</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simeng Zhou</w:t>
+                <w:t xml:space="preserve">Enhanced degradation of softwood versus hardwood by the white-rot fungus Pycnoporus coccineus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chevret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Henrissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sana Raouche</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Sigoillot</w:t>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 8 (6), pp.940-949. </w:t>
+              <w:t xml:space="preserve">Biotechnology for Biofuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1751-7915.12307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13068-015-0407-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01269512v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast solubilization of recalcitrant cellulosic biomass by the basidiomycete fungus [i]Laetisaria arvalis[/i] involves successive secretion of oxidative and hydrolytic enzymes</w:t>
               </w:r>
@@ -4758,90 +4758,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel glucose dehydrogenase from the white-rot fungus Pycnoporus cinnabarinus: production in Aspergillus niger and physicochemical characterization of the recombinant enzyme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simeng Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5003,1513 +5003,1513 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01270202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a broad-specificity β-glucanase acting on β-(1,3)-, β-(1,4)-, and β-(1,6)-glucans that defines a new glycoside hydrolase family</w:t>
+                <w:t xml:space="preserve">Post-genomic analyses of fungal lignocellulosic biomass degradation reveal the unexpected potential of the plant pathogen Ustilago maydis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Lafond</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie M. Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David D. Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Olive-Lauge Olive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Chevret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Haon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.02572-12⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (57), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-57⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268088v1</w:t>
+                <w:t xml:space="preserve">hal-01001052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FunGene-DB: a web-based tool for Polyporales strains authentication.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of a broad-specificity β-glucanase acting on β-(1,3)-, β-(1,4)-, and β-(1,6)-glucans that defines a new glycoside hydrolase family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Lafond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2012.06.023⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (24), pp.8540-8546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02572-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00831085v1</w:t>
+                <w:t xml:space="preserve">hal-01268088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular phylogeny of Trametes and related genera, and description of a new genus Leiotrametes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Arthur Moreau</w:t>
+                <w:t xml:space="preserve">FunGene-DB: a web-based tool for Polyporales strains authentication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Favel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Courtecuisse</w:t>
+                <w:t xml:space="preserve">Olivier Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pontarotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13225-011-0149-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 161 (3), pp.383-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2012.06.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268323v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the natural fungal biodiversity of tropical and temperate forests toward improvement of biomass conversion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sacha Grisel</w:t>
+                <w:t xml:space="preserve">Molecular phylogeny of Trametes and related genera, and description of a new genus Leiotrametes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Welti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Arthur Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Favel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Courtecuisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fungal Diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (1), pp.47 - 64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13225-011-0149-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.01651-12⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01268116v1</w:t>
+                <w:t xml:space="preserve">hal-01268323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-genomic analyses of fungal lignocellulosic biomass degradation reveal the unexpected potential of the plant pathogen Ustilago maydis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier D. Chevret</w:t>
+                <w:t xml:space="preserve">Exploring the natural fungal biodiversity of tropical and temperate forests toward improvement of biomass conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille M. Haon</w:t>
+                <w:t xml:space="preserve">Caroline Olive-Lauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 13 (57), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (18), pp.6483-6490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-57⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.01651-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001052v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Cultural Approaches for Microaerophilic Hyperthermophiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A thermostable GH45 endoglucanase from yeast: impact of its atypical multimodularity on activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Uzarraga</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Davidson</w:t>
+                <w:t xml:space="preserve">Julia Feliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00284-010-9712-4⟩</w:t>
+              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1475-2859-10-103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01888771v1</w:t>
+                <w:t xml:space="preserve">hal-02649454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeographic relationships in the polypore fungus Pycnoporus inferred from molecular data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New Cultural Approaches for Microaerophilic Hyperthermophiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Uzarraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Auria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Davidson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Combet-Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1574-6968.2011.02412.x⟩</w:t>
+              <w:t xml:space="preserve">Current Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (2), pp.346 - 350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00284-010-9712-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02651819v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A thermostable GH45 endoglucanase from yeast: impact of its atypical multimodularity on activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Couturier</w:t>
+                <w:t xml:space="preserve">Phylogeographic relationships in the polypore fungus Pycnoporus inferred from molecular data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence L. Lesage-Meessen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille M. Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Feliu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
+                <w:t xml:space="preserve">Eva Uzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Levasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 10, </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 325 (1), pp.37 - 48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1475-2859-10-103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1574-6968.2011.02412.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02649454v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated assay for screening the enzymatic release of reducing sugars from micronized biomass</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie M. Couturier</w:t>
+                <w:t xml:space="preserve">High redox potential laccases from the ligninolytic fungi Pycnoporus coccineus and Pycnoporus sanguineus suitable for white biotechnology: from gene cloning to enzyme characterization and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Uzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Ghizzi Damasceno da Silva</w:t>
+                <w:t xml:space="preserve">P. Nousiainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Guy J.-G. Berrin</w:t>
+                <w:t xml:space="preserve">Vanessa Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier X. Rouau</w:t>
+                <w:t xml:space="preserve">J. Sipila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Piumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 9, 12 p. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108 (6), pp.199-213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1475-2859-9-58⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2009.04623.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00939699v1</w:t>
+                <w:t xml:space="preserve">hal-02659462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High redox potential laccases from the ligninolytic fungi Pycnoporus coccineus and Pycnoporus sanguineus suitable for white biotechnology: from gene cloning to enzyme characterization and applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Technical advance in fungal biotechnology: development of a miniaturized culture method and an automated high-throughput screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Nousiainen</w:t>
+                <w:t xml:space="preserve">François Alberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Balland</w:t>
+                <w:t xml:space="preserve">R.P. de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Sipila</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marcel M. Asther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Record</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2009.04623.x⟩</w:t>
+              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (2), pp.278-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1472-765X.2009.02655.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02659462v1</w:t>
+                <w:t xml:space="preserve">hal-02659167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical advance in fungal biotechnology: development of a miniaturized culture method and an automated high-throughput screening</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Navarro</w:t>
+                <w:t xml:space="preserve">Automated assay for screening the enzymatic release of reducing sugars from micronized biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David D. Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie M. Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.P. de Vries</w:t>
+                <w:t xml:space="preserve">Gabriela Ghizzi Damasceno da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel M. Asther</w:t>
+                <w:t xml:space="preserve">Jean-Guy J.-G. Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Record</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xavier X. Rouau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 49 (2), pp.278-282. </w:t>
+              <w:t xml:space="preserve">Microbial Cell Factories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9, 12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1472-765X.2009.02655.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1475-2859-9-58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659167v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring laccase-like multicopper oxidase genes from the ascomycete Trichoderma reesei: a functional, phylogenetic and evolutionary study</w:t>
               </w:r>
@@ -6547,51 +6547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Andberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pontarotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11, pp.32. </w:t>
@@ -6815,51 +6815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 6 (7), pp.1208. </w:t>
@@ -7082,64 +7082,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel M. Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 342 (15), pp.2316-2321. </w:t>
@@ -7241,51 +7241,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Njara Rakotomanomana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbohydrate Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 341, pp.1820-1827. </w:t>
@@ -7348,77 +7348,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of members of Aspergillus sections nigri, flavi, and terrei for feruloyl esterase production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ourdia Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Record</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille M. Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7667,51 +7667,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lomascolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Auria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 54 (11), pp.3852-3858. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7809,51 +7809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Punt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Belaich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel M. Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 71 (12), pp.8132-8140. </w:t>
@@ -7917,77 +7917,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Isabel Estrada Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille M. Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel M. Asther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 115 (1), pp.47-56. </w:t>
@@ -8184,64 +8184,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the potential of Aspergillus niger species for the bioconversion of L-phenylalanine into 2-phenylethanol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lomascolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille M. Haon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8349,77 +8349,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungal growth and enzyme production on alkali lignin from grasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariane Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Raouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Craig Faulds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8470,77 +8470,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of fungal biodiversity for the deconstruction of lignocellulosic biomass and the implementation of new biosynthetic pathways for green chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Guy Berrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariane Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8621,51 +8621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariane Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9071,73 +9071,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mycological Congress (IMC12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Maastricht, Netherlands</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Antimicrobial Peptides (AMP2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620171v1</w:t>
+                <w:t xml:space="preserve">hal-04607495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screen the fungal diversity of Basidiomycota, the sister division of Ascomycota, could be efficient to find new antibiotics</w:t>
               </w:r>
@@ -9196,103 +9196,103 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Antimicrobial Peptides (AMP2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">International Mycological Congress (IMC12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607495v1</w:t>
+                <w:t xml:space="preserve">hal-04620171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic characterization of secretomes from selected fungal strains with high biotechnological potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Oliveira Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ribeaucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9498,51 +9498,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungal Oxido-reductase models enzymology structural data and synergy for biotechnological applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Record</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9623,103 +9623,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survey of fungal lignocellulose-acting enzymes for improved plant biomass degradation capacities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Record</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lomascolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Favel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David D. Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence L. Lesage-Meessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Lund Symposium on Lignin and Hemicellulose Valorisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Lund, Sweden. 2015</w:t>
@@ -9793,51 +9793,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methionine oxidation of Carbohydrate-Active enZymes during white-rot wood decay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Molinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Drula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9898,103 +9898,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of an Oligosaccharide Dehydrogenase from Pycnoporus Cinnabarinus Provides Insights into Fungal Breakdown of Lignocellulose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Gugole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Celeste Montemiglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Turbé-Doan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dehbia Chena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -10061,51 +10061,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CIRM - CF : Plan de Gestion des Données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Chaduli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
@@ -10296,51 +10296,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242906v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R&#246;llig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Grenga" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Cresswell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Signe Lett" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62567-3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05291436v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Akrout" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Staita" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Armengaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Kielbasa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104414" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04470283v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chaduli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cazenave" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ahrendt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/jgen.92255" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04469922v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Odinot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bisotto-Mignot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toinou Frezouls" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering11020181" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04615862v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;la Zouari-Mechichi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouthaina Ghariani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Khmaissa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e30611" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03735633v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NS02-art15" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807102v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Kaddouch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cleveland" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Grisel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Haon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra04485d" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885449v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;lou Reyre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01581-22" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03226505v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Hage" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Miyauchi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;t&#233; Vir&#225;gh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byoungnam Min" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15423" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03234937v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grandmontagne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Neugnot-Roux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Berrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7040278" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03120945v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Daou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Farfan Soto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Majira" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent C&#233;zard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Cottyn" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7010039" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344334v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cerutti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gugole" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Celeste Montemiglio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Turb&#233;-Doan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehbia Chena" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-02003-y" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313721v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Taussac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lesage-Meessen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02401-w" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328494v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bisotto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira Correia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7080643" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Labourel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Frandsen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brouilly" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-019-0438-8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953538v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Ben Ali" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Kumar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18090461" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02868456v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsaa011" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02152203v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Benoit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senta Blanquet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-019-1417-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02556079v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zuber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frimat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Kamar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2019040331" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02117950v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Filiatrault-Chastel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gimbert Herpo&#235;l-Gimbert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-019-1394-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095894v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tauzin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bruel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000253" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764393v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsan Amara" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deroy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benkhelfallah" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02826-17" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867992v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Rancon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1198-5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467725v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginies" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chevret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1218-5" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137580v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni&#235;l van Wyk" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blaise" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwx014" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01668695v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sigoillot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Laguna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms5040067" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595476v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0175528" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446771v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Grigoriev" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lipzen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Riley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01335" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595461v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narumon Tangthirasunun" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Garajova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Tong" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02716-16" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594592v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couturier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Favel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lechat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5943/mycosphere/si/3b/6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01237579v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gruet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439025v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-015-0407-8" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269512v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Zhou" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Raouche" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12307" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204406v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Oliv&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-014-0143-5" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268764v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Katsimpouras" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Benarouche" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Karpusas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dimarogona" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5542-9" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268950v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Levasseur" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mathieu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5891-4" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270202v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Weiss" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Samson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1567-1364.12017" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268088v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lafond" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02572-12" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831085v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrol" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pontarotti" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2012.06.023" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZL3MPQJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268323v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Welti" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arthur Moreau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Courtecuisse" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13225-011-0149-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268116v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Olive-Lauge" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01651-12" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001052v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Couturier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Navarro" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Olive-Lauge Olive" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Chevret" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Haon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-57" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888771v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Uzarraga" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Auria" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Davidson" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Combet-Blanc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-010-9712-4" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D7VCXLH2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651819v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Lesage-Meessen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Uzan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2011.02412.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649454v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Feliu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-10-103" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939699v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ghizzi Damasceno da Silva" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy J.-G. Berrin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Rouau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-9-58" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659462v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nousiainen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Balland" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sipila" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04623.x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659167v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alberto" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. de Vries" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel M. Asther" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Record" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2009.02655.x" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658923v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku Saloheimo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Andberg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2091-11-32" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668642v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Poidevin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heiss-Blanquet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2009.02734.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655815v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marmuse" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Asther" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Fabre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b717742a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AB43AEFBAEF8605DE06FDF47A147E628B5EE8744/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658406v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Benoit" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bourne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canaan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00374-07" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661210v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2007.06.004" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3WN9W0N-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661652v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Njara Rakotomanomana" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2006.04.020" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MW8KZKS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659857v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ourdia Bouzid" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/W06-046" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665370v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Monot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-006-0546-8" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FDH1ZWC5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655406v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Meza" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lomascolo" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf053057j" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DS21DZFV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677560v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Punt" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Belaich" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.71.12.8132&#8211;8140.2005" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683178v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Estrada Alvarado" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2004.07.009" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-68WHB7TB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670562v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pages" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Fierobe" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.12.6984-6991.2004" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678734v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Antona" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1016622201293" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/374CA150B8357D7148C6BC5C2A2A39ADD5469B6A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737209v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Faulds" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652056v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertrand" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyer" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Delattre" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743316v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594526v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Gales" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Erauso" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cayol" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boyer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20161205002" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268469v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Malki" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Charpentier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jorge" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Ader" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04620171v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Boutabouzi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Robin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Di Maio" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607495v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04325937v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ribeaucourt" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwan Saker" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Lafond" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981542v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Daou" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Farfan" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pion" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01853256v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Doan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Munoz-Duarte" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dupont" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792542v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04266319v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Molinelli" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaillard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259451v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05015655v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242906v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R&#246;llig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Grenga" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Cresswell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Signe Lett" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62567-3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05291436v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Akrout" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Staita" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Armengaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Kielbasa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eti.2025.104414" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04469922v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Odinot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bisotto-Mignot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toinou Frezouls" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering11020181" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04470283v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chaduli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cazenave" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ahrendt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/jgen.92255" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04615862v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#232;la Zouari-Mechichi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouthaina Ghariani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Khmaissa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e30611" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03735633v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NS02-art15" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807102v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Kaddouch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cleveland" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Grisel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Haon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra04485d" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885449v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;lou Reyre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01581-22" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03328494v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Daou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bisotto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira Correia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Cottyn" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7080643" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03226505v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Hage" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Miyauchi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;t&#233; Vir&#225;gh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byoungnam Min" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15423" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03234937v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grandmontagne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Neugnot-Roux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ladev&#232;ze" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Berrin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7040278" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03120945v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Farfan Soto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Majira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent C&#233;zard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof7010039" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344334v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Cerutti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gugole" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Celeste Montemiglio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Turb&#233;-Doan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehbia Chena" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-021-02003-y" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313721v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Taussac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lesage-Meessen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02401-w" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953538v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Ben Ali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Kumar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18090461" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02868456v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsaa011" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478456v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Labourel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Frandsen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Zhang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brouilly" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-019-0438-8" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02152203v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Benoit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senta Blanquet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-019-1417-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02556079v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zuber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frimat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Kamar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2019040331" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02117950v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Filiatrault-Chastel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gimbert Herpo&#235;l-Gimbert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-019-1394-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095894v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tauzin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bruel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Nicoletti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000253" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764393v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsan Amara" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deroy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benkhelfallah" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02826-17" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867992v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Rancon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1198-5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467725v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ginies" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chevret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1218-5" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137580v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni&#235;l van Wyk" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blaise" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Henrissat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwx014" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01668695v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fine" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sigoillot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Laguna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms5040067" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595476v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0175528" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01446771v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor V. Grigoriev" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lipzen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Riley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01335" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595461v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narumon Tangthirasunun" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Garajova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C. Tong" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02716-16" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594592v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couturier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Favel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lechat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5943/mycosphere/si/3b/6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269512v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Zhou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Raouche" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.12307" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01237579v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gruet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439025v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Piumi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-015-0407-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204406v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Oliv&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-014-0143-5" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268764v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Katsimpouras" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Benarouche" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Karpusas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dimarogona" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5542-9" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268950v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Levasseur" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mathieu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5891-4" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270202v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Weiss" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Samson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1567-1364.12017" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001052v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Couturier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Navarro" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Olive-Lauge Olive" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Chevret" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Haon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-57" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268088v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lafond" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02572-12" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831085v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrol" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pontarotti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2012.06.023" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZL3MPQJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268323v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Welti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arthur Moreau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Courtecuisse" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13225-011-0149-2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268116v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Olive-Lauge" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01651-12" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649454v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Feliu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-10-103" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888771v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Uzarraga" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Auria" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Davidson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Combet-Blanc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-010-9712-4" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D7VCXLH2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651819v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Lesage-Meessen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Uzan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.2011.02412.x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659462v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nousiainen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Balland" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sipila" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04623.x" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659167v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alberto" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. de Vries" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel M. Asther" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Record" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2009.02655.x" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939699v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ghizzi Damasceno da Silva" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy J.-G. Berrin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Rouau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-9-58" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658923v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku Saloheimo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Andberg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2091-11-32" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668642v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Poidevin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heiss-Blanquet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2009.02734.x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655815v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marmuse" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Asther" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Fabre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b717742a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AB43AEFBAEF8605DE06FDF47A147E628B5EE8744/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658406v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Benoit" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bourne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canaan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00374-07" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661210v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2007.06.004" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3WN9W0N-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661652v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Njara Rakotomanomana" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2006.04.020" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MW8KZKS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659857v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ourdia Bouzid" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/W06-046" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665370v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Monot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-006-0546-8" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FDH1ZWC5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655406v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Meza" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lomascolo" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf053057j" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DS21DZFV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677560v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Punt" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Belaich" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.71.12.8132&#8211;8140.2005" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683178v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Estrada Alvarado" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2004.07.009" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-68WHB7TB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670562v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pages" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Fierobe" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.12.6984-6991.2004" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678734v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Antona" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1016622201293" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/374CA150B8357D7148C6BC5C2A2A39ADD5469B6A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737209v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Faulds" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652056v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertrand" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyer" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Delattre" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743316v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594526v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Gales" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Erauso" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cayol" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boyer" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20161205002" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268469v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Malki" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Charpentier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jorge" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Ader" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04607495v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Boutabouzi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maresca" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Robin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attilio Di Maio" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04620171v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04325937v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ribeaucourt" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwan Saker" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Lafond" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981542v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Daou" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Farfan" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pion" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baumberger" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01853256v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Doan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Munoz-Duarte" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Dupont" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792542v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04266319v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Molinelli" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaillard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259451v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05015655v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>