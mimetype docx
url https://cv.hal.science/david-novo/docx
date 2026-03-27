--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1518,1292 +1518,1292 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02089273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (63)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (64)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">c2c-gem5: Full System Simulation of Cache-Coherent Chip-to-Chip Interconnects</w:t>
+                <w:t xml:space="preserve">Spectral vs. Spatial Pruning: Fault Resilience Analysis for Extremely Sparse DNNs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Bertran Alvarez</w:t>
+                <w:t xml:space="preserve">Manar Gani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghassan Chehaibar</w:t>
+                <w:t xml:space="preserve">Leonardo Alexandrino de Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Busch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Benoit</w:t>
+                <w:t xml:space="preserve">Rodrigo Possamai Bastos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2025 - 28th Design, Automation and Test in Europe Conference and Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Lyon, France. In press</w:t>
+              <w:t xml:space="preserve">LATS 2026 - 27th IEEE Latin American Test Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Florianopolis, Brazil. In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04993538v1</w:t>
+                <w:t xml:space="preserve">hal-05544416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADAM: ADAptive microcontroller platform for edge AI systems</w:t>
+                <w:t xml:space="preserve">c2c-gem5: Full System Simulation of Cache-Coherent Chip-to-Chip Interconnects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe Paiva Alencar</w:t>
+                <w:t xml:space="preserve">Luis Bertran Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymen Romdhane</w:t>
+                <w:t xml:space="preserve">Ghassan Chehaibar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Lovison-Franco</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephen Busch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2025 - 36th International Symposium on Rapid System Prototyping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Taipei, Taiwan</w:t>
+              <w:t xml:space="preserve">DATE 2025 - 28th Design, Automation and Test in Europe Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Lyon, France. In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05390255v1</w:t>
+                <w:t xml:space="preserve">hal-04993538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EasyDRAM: An FPGA-based Infrastructure for Fast and Accurate End-to-End Evaluation of Emerging DRAM Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oğuzhan Canpolat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ataberk Olgun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oğuzhan Canpolat</w:t>
+                <w:t xml:space="preserve">Oğuz Ergin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onur Mutlu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DSN 2025 - 55th Annual IEEE/IFIP International Conference on Dependable Systems and Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Naples, Italy. pp.331-344, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/DSN64029.2025.00042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-05448422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Cache Policies on FPGA-Accelerated Simulations: Tradeoffs Between Usability and Simulation Speed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ADAM: ADAptive microcontroller platform for edge AI systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Paiva Alencar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soraya Mobaraki</w:t>
+                <w:t xml:space="preserve">Bruno Lovison-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gil</w:t>
+                <w:t xml:space="preserve">Yann Guilhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Torres</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jonathan Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2025 - 36th International Workshop on Rapid System Prototyping</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">RSP 2025 - 36th International Symposium on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Taipei, Taiwan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-05406182v2</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trade-offs in Neural Network Compression: Quantized and Binary Models for Keyword Spotting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aymen Romdhane</w:t>
+                <w:t xml:space="preserve">Exploring Cache Policies on FPGA-Accelerated Simulations: Tradeoffs Between Usability and Simulation Speed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Mobaraki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Prenat</w:t>
+                <w:t xml:space="preserve">Thierry Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorena Anghel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lionel Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICECS 2024 - 31st IEEE International Conference on Electronics Circuits and Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RSP 2025 - 36th International Workshop on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Taipei, Taiwan. In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3768617.3770732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-04717703v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-05406182v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing GPU Energy Consumption in Data Movement and Storage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Trade-offs in Neural Network Compression: Quantized and Binary Models for Keyword Spotting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lovison-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymen Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debjyoti Bhattacharjee</w:t>
+                <w:t xml:space="preserve">Guillaume Prenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diksha Moolchandani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francky Catthoor</w:t>
+                <w:t xml:space="preserve">Lorena Anghel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASAP 2024 - IEEE 35th International Conference on Application-specific Systems, Architectures and Processors</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICECS 2024 - 31st IEEE International Conference on Electronics Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Nancy, France. In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04604802v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-04717703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-level Analysis of GPU Utilization in ML Training Workloads</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Analyzing GPU Energy Consumption in Data Movement and Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Delestrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debjyoti Bhattacharjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simei Yang</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Diksha Moolchandani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francky Catthoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2024 - 27th Design, Automation and Test in Europe Conference and Exhibition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/DATE58400.2024.10546769⟩</w:t>
+              <w:t xml:space="preserve">ASAP 2024 - IEEE 35th International Conference on Application-specific Systems, Architectures and Processors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Hong Kong, Hong Kong SAR China. pp.143-151, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ASAP61560.2024.00038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04523554v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Educational Tool to Analyze the Hardware/Software Integration in RISC-V Systems</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multi-level Analysis of GPU Utilization in ML Training Workloads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Delestrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debjyoti Bhattacharjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simei Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diksha Moolchandani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DCIS 2024 - 39th Conference on Design of Circuits and Integrated Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DCIS62603.2024.10769201⟩</w:t>
+              <w:t xml:space="preserve">DATE 2024 - 27th Design, Automation and Test in Europe Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Valencia, Spain. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/DATE58400.2024.10546769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-04825734v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Optimum 3-Dimensional Array and Fast Data Movement for Efficient Memory Computation in Convolutional Neural Network Models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Educational Tool to Analyze the Hardware/Software Integration in RISC-V Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arunachalam Venkatesan</w:t>
+                <w:t xml:space="preserve">David Castells Rufas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Martorell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCCSP 2023 - 7th International Conference on Computer, Communication, and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Chennai, India. pp.94-108, </w:t>
+              <w:t xml:space="preserve">DCIS 2024 - 39th Conference on Design of Circuits and Integrated Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Catania, Italy. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-39811-7_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/DCIS62603.2024.10769201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-04423242v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-04825734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling Rowhammer memory corruption in the gem5 simulator</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maria Mushtaq</w:t>
+                <w:t xml:space="preserve">Analysis of Optimum 3-Dimensional Array and Fast Data Movement for Efficient Memory Computation in Convolutional Neural Network Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepika Selvaraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arunachalam Venkatesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THCon 2022 - Toulouse Hacking Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICCCSP 2023 - 7th International Conference on Computer, Communication, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Chennai, India. pp.94-108, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-39811-7_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-03817303v1</w:t>
+                <w:t xml:space="preserve">lirmm-04423242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Heuristic Exploration of Retraining-free Weight-Sharing for CNN Compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2835,1567 +2835,1597 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Bosio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASP-DAC 2022 - 27th Asia and South Pacific Design Automation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, Taipei, Taiwan. pp.134-139, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ASP-DAC52403.2022.9712487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03767100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pref-X: a framework to reveal data prefetching in commercial in-order cores</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Torres</w:t>
+                <w:t xml:space="preserve">Modeling Rowhammer memory corruption in the gem5 simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bruguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mushtaq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAC 2022 - 59th ACM/IEEE Design Automation Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">THCon 2022 - Toulouse Hacking Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03767077v2</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03817303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibyl: Adaptive and Extensible Data Placement in Hybrid Storage Systems Using Online Reinforcement Learning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pref-X: a framework to reveal data prefetching in commercial in-order cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rakesh Nadig</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quentin Huppert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCA 2022 - 49th International Symposium on Computer Architecture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3470496.3527442⟩</w:t>
+              <w:t xml:space="preserve">DAC 2022 - 59th ACM/IEEE Design Automation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, San Francisco, CA, United States. pp.1051-1056, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3489517.3530569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03777173v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03767077v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demystifying the TensorFlow Eager Execution of Deep Learning Inference on a CPU-GPU Tandem</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sibyl: Adaptive and Extensible Data Placement in Hybrid Storage Systems Using Online Reinforcement Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gagandeep Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Nadig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jisung Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahul Bera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nastaran Hajinazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DSD 2022 - 25th Euromicro Conference on Digital System Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DSD57027.2022.00066⟩</w:t>
+              <w:t xml:space="preserve">ISCA 2022 - 49th International Symposium on Computer Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, New York, United States. pp.320-336, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3470496.3527442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03775613v2</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03777173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the Silicon Area Overhead of Counter-Based Rowhammer Mitigations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florent Bruguier</w:t>
+                <w:t xml:space="preserve">Demystifying the TensorFlow Eager Execution of Deep Learning Inference on a CPU-GPU Tandem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Delestrac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CryptArchi 2022 - 18th International Workshops on Cryptographic architectures embedded in logic devices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DSD 2022 - 25th Euromicro Conference on Digital System Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Maspalomas, Spain. pp.446-455, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DSD57027.2022.00066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03738883v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03775613v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diminisher: A Linux Kernel based Countermeasure for TAA Vulnerability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ameer Hamza</w:t>
+                <w:t xml:space="preserve">Reducing the Silicon Area Overhead of Counter-Based Rowhammer Mitigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bruguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Mushtaq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CPS4CIP 2021 - 2nd International Workshop on Cyber-Physical Security for Critical Infrastructures Protection</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CryptArchi 2022 - 18th International Workshops on Cryptographic architectures embedded in logic devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-95484-0_28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03372868v1</w:t>
+                <w:t xml:space="preserve">lirmm-03738883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hermes: Accelerating Long-Latency Load Requests via Perceptron-Based Off-Chip Load Prediction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diminisher: A Linux Kernel based Countermeasure for TAA Vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Kanellopoulos</w:t>
+                <w:t xml:space="preserve">Ameer Hamza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mushtaq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shankar Balachandran</w:t>
+                <w:t xml:space="preserve">Muhammad Khurram Bhatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ataberk Olgun</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICRO 2022 - 55th IEEE/ACM International Symposium on Microarchitecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Chicago, IL, United States. pp.1-18, </w:t>
+              <w:t xml:space="preserve">CPS4CIP 2021 - 2nd International Workshop on Cyber-Physical Security for Critical Infrastructures Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, virtual event, Germany. pp.477-495, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MICRO56248.2022.00015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-95484-0_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-03777161v1</w:t>
+                <w:t xml:space="preserve">hal-03372868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flash-Cosmos: In-Flash Bulk Bitwise Operations Using Inherent Computation Capability of NAND Flash Memory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jisung Park</w:t>
+                <w:t xml:space="preserve">Hermes: Accelerating Long-Latency Load Requests via Perceptron-Based Off-Chip Load Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahul Bera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roknoddin Azizi</w:t>
+                <w:t xml:space="preserve">Konstantinos Kanellopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraldo F. Oliveira</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rakesh Nadig</w:t>
+                <w:t xml:space="preserve">Shankar Balachandran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ataberk Olgun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICRO 2022 - 55th IEEE/ACM International Symposium on Microarchitecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2022, Chicago, IL, United States. pp.937-955, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MICRO56248.2022.00069⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2022, Chicago, IL, United States. pp.1-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MICRO56248.2022.00015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-03777151v1</w:t>
+                <w:t xml:space="preserve">lirmm-03777161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MemCork: Exploration of Hybrid Memory Architectures for Intermittent Computing at the Edge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flash-Cosmos: In-Flash Bulk Bitwise Operations Using Inherent Computation Capability of NAND Flash Memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jisung Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roknoddin Azizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Soriano</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Prenat</w:t>
+                <w:t xml:space="preserve">Geraldo F. Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Di Pendina</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mohammad Sadrosadati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakesh Nadig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VLSI-SoC 2022 - 30th IFIP/IEEE International Conference on Very Large Scale Integration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Patras, Greece. pp.1-6, </w:t>
+              <w:t xml:space="preserve">MICRO 2022 - 55th IEEE/ACM International Symposium on Microarchitecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Chicago, IL, United States. pp.937-955, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VLSI-SoC54400.2022.9939630⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MICRO56248.2022.00069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810018v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03777151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Exploration of Weight Sharing Opportunities for CNN Compression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Dupuis</w:t>
+                <w:t xml:space="preserve">MemCork: Exploration of Hybrid Memory Architectures for Intermittent Computing at the Edge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alberto Bosio</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Prenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Di Pendina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SLOHA 2021 - Workshop on System-level Design Methods for Deep Learning on Heterogeneous Architectures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VLSI-SoC 2022 - 30th IFIP/IEEE International Conference on Very Large Scale Integration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Patras, Greece. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VLSI-SoC54400.2022.9939630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531713v1</w:t>
+                <w:t xml:space="preserve">hal-03810018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of Ultra Low Power Architectures for Machine Learning at the Edge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Theo Soriano</w:t>
+                <w:t xml:space="preserve">Fast Exploration of Weight Sharing Opportunities for CNN Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Benoit</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bosio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15e Colloque National du GDR SoC²</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">SLOHA 2021 - Workshop on System-level Design Methods for Deep Learning on Heterogeneous Architectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03596094v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transit-Guard: An OS-based Defense Mechanism Against Transient Execution Attacks</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Memory Hierarchy Calibration Based on Real Hardware In-order Cores for Accurate Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Huppert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timon Evenblij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manu Perumkunnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ETS 2021 - 26th IEEE European Test Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ETS50041.2021.9465429⟩</w:t>
+              <w:t xml:space="preserve">DATE 2021 - 24th Design, Automation and Test in Europe Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Grenoble (Virtual), France. pp.707-710, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/DATE51398.2021.9474108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03195702v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03084343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memory Hierarchy Calibration Based on Real Hardware In-order Cores for Accurate Simulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lionel Torres</w:t>
+                <w:t xml:space="preserve">AdequateDL: Approximating Deep Learning Accelerators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sentieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silviu-Ioan Filip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2021 - 24th Design, Automation and Test in Europe Conference and Exhibition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/DATE51398.2021.9474108⟩</w:t>
+              <w:t xml:space="preserve">DDECS 2021 - 24th International Symposium on Design and Diagnostics of Electronic Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienna (virtual), Austria. pp.37-40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DDECS52668.2021.9417026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03084343v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementing Rowhammer Memory Corruption in the gem5 Simulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4440,719 +4470,693 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RSP 2021 - 32nd International Workshop on Rapid System Prototyping</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Virtual Event, France. pp.36-42, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/RSP53691.2021.9806242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AdequateDL: Approximating Deep Learning Accelerators</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Briand</w:t>
+                <w:t xml:space="preserve">Exploration of Ultra Low Power Architectures for Machine Learning at the Edge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DDECS 2021 - 24th International Symposium on Design and Diagnostics of Electronic Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15e Colloque National du GDR SoC²</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266861v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual Platform to Analyze the Security of a System on Chip at Microarchitectural Level</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lilian Bossuet</w:t>
+                <w:t xml:space="preserve">Transit-Guard: An OS-based Defense Mechanism Against Transient Execution Attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mushtaq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Khurram Bhatti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroS&amp;PW 2021 - IEEE European Symposium on Security and Privacy Workshops</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EuroSPW54576.2021.00017⟩</w:t>
+              <w:t xml:space="preserve">ETS 2021 - 26th IEEE European Test Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Bruges (virtual), Belgium. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ETS50041.2021.9465429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353878v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03195702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnerability Assessment of the Rowhammer Attack Using Machine Learning and the gem5 Simulator -Work in Progress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maria Mushtaq</w:t>
+                <w:t xml:space="preserve">Virtual Platform to Analyze the Security of a System on Chip at Microarchitectural Level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Forcioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Danger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SaT-CPS 2021 - ACM Workshop on Secure and Trustworthy Cyber-Physical Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3445969.3450425⟩</w:t>
+              <w:t xml:space="preserve">EuroS&amp;PW 2021 - IEEE European Symposium on Security and Privacy Workshops</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Vienne, Austria. pp.96-102, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EuroSPW54576.2021.00017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03196090v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An FPGA-based Emulation Platform for Edge Computing Node Design Exploration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Theo Soriano</w:t>
+                <w:t xml:space="preserve">Vulnerability Assessment of the Rowhammer Attack Using Machine Learning and the gem5 Simulator -Work in Progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Mushtaq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSP 2021 - 32nd International Workshop on Rapid System Prototyping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/RSP53691.2021.9806230⟩</w:t>
+              <w:t xml:space="preserve">SaT-CPS 2021 - ACM Workshop on Secure and Trustworthy Cyber-Physical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Virtually, United States. pp.104-109, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3445969.3450425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03596105v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analysis and Compression Opportunities in DNNs Using Weight Sharing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Dupuis</w:t>
+                <w:t xml:space="preserve">An FPGA-based Emulation Platform for Edge Computing Node Design Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alberto Bosio</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DDECS 2020 - 23rd International Symposium on Design and Diagnostics of Electronic Circuits and Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DDECS50862.2020.9095658⟩</w:t>
+              <w:t xml:space="preserve">RSP 2021 - 32nd International Workshop on Rapid System Prototyping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Virtual event, France. pp.8-14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RSP53691.2021.9806230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03054134v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Automatic Exploration of Weight Sharing for Deep Neural Network Compression</w:t>
+                <w:t xml:space="preserve">Sensitivity Analysis and Compression Opportunities in DNNs Using Weight Sharing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
@@ -5170,4322 +5174,4439 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Ian O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Bosio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2020 - 23rd Design, Automation and Test in Europe Conference and Exhibition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/DATE48585.2020.9116350⟩</w:t>
+              <w:t xml:space="preserve">DDECS 2020 - 23rd International Symposium on Design and Diagnostics of Electronic Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Novi Sad, Serbia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DDECS50862.2020.9095658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-03054114v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03054134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance and Energy Assessment of Last-Level Cache Replacement Policies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Péneau</w:t>
+                <w:t xml:space="preserve">On the Automatic Exploration of Weight Sharing for Deep Neural Network Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Bosio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDiS: Embedded and Distributed Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EDIS.2017.8284032⟩</w:t>
+              <w:t xml:space="preserve">DATE 2020 - 23rd Design, Automation and Test in Europe Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Grenoble, France. pp.1319-1322, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/DATE48585.2020.9116350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01651247v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-03054114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the Performance of STT-MRAM LLC through Enhanced Cache Replacement Policy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">Performance and Energy Assessment of Last-Level Cache Replacement Policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Péneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARCS: Architecture of Computing Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-77610-1_13⟩</w:t>
+              <w:t xml:space="preserve">EDiS: Embedded and Distributed Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Oran, Algeria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EDIS.2017.8284032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01669254v2</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01651247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Heterogeneous Multicore Cluster Architectures Designed for Mobile Computing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the Performance of STT-MRAM LLC through Enhanced Cache Replacement Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Péneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReCoSoC: Reconfigurable Communication-centric Systems-on-Chip</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ARCS: Architecture of Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Braunschweig, Germany. pp.168-180, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-77610-1_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ReCoSoC.2018.8449376⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01871273v1</w:t>
+                <w:t xml:space="preserve">lirmm-01669254v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Main memory organization trade-offs with DRAM and STT-MRAM options based on gem5-NVMain simulation frameworks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manu Komalan</w:t>
+                <w:t xml:space="preserve">Evaluation of Heterogeneous Multicore Cluster Architectures Designed for Mobile Computing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oh Hyung Rock</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alejandro Nocua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bruguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Sassatelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE 2018 - 21st Design, Automation and Test in Europe Conference and Exhibition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/DATE.2018.8341987⟩</w:t>
+              <w:t xml:space="preserve">ReCoSoC: Reconfigurable Communication-centric Systems-on-Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ReCoSoC.2018.8449376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01912824v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01871273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speed and Accuracy Dilemma in NoC Simulation: What about Memory Impact?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Main memory organization trade-offs with DRAM and STT-MRAM options based on gem5-NVMain simulation frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manu Komalan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oh Hyung Rock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Selva</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sushil Sakhare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Tenllado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReCoSoC: Reconfigurable Communication-centric Systems-on-Chip</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DATE 2018 - 21st Design, Automation and Test in Europe Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Dresden, Germany. pp.103-108, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/DATE.2018.8341987⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01332702v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01912824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OpenMP scheduling on ARM big.LITTLE architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasiia Butko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisa Bessad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MULTIPROG 2016 - 9th International Workshop on Programmability and Architectures for Heterogeneous Multicores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HIPEAC, Jan 2016, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01377630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-System Simulation of big.LITTLE Multicore Architecture for Performance and Energy Exploration</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Speed and Accuracy Dilemma in NoC Simulation: What about Memory Impact?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Selva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MCSoC: Embedded Multicore/Many-core Systems-on-Chip</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ReCoSoC: Reconfigurable Communication-centric Systems-on-Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Tallinn, Estonia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01418745v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01332702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Workflow for Fast Evaluation of Mapping Heuristics Targeting Cloud Infrastructures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Khalid Latif</w:t>
+                <w:t xml:space="preserve">Full-System Simulation of big.LITTLE Multicore Architecture for Performance and Energy Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasiia Butko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bruguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DREAMCloud: Dynamic Resource Allocation and Management in Embedded, High Performance and Cloud Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MCSoC: Embedded Multicore/Many-core Systems-on-Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Lyon, France. pp.201-208, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MCSoC.2016.20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01265874v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01418745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shortening Design Time through Multiplatform Simulations with a Portable OpenCL Golden-model: The LDPC Decoder Case</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Workflow for Fast Evaluation of Mapping Heuristics Targeting Cloud Infrastructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Owaida</w:t>
+                <w:t xml:space="preserve">Roman Ursu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Latif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Bellas</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Selva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FCCM: Field-Programmable Custom Computing Machines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DREAMCloud: Dynamic Resource Allocation and Management in Embedded, High Performance and Cloud Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Prague, Czech Republic</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02094123v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01265874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Software controlled cell bit-density to improve NAND flash lifetime</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shortening Design Time through Multiplatform Simulations with a Portable OpenCL Golden-model: The LDPC Decoder Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Falcao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Owaida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Jimenez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Novo</w:t>
+                <w:t xml:space="preserve">M. Purnaprajna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Ienne</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Bellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAC: Design Automation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, San Francisco, United States. pp.229-234, </w:t>
+              <w:t xml:space="preserve">FCCM: Field-Programmable Custom Computing Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Toronto, Canada. pp.224-231, </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2228360.2228404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/FCCM.2012.46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02094087v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02094123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantization Mode Opportunities in Fixed-Point System Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Menard</w:t>
+                <w:t xml:space="preserve">Software controlled cell bit-density to improve NAND flash lifetime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Sentieys</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Ienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Signal Processing Conference (EUSIPCO-2010) (2010)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DAC: Design Automation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, San Francisco, United States. pp.229-234, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2228360.2228404⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00534526v1</w:t>
+                <w:t xml:space="preserve">lirmm-02094087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting finite precision information to guide data-flow mapping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast Performance Evaluation of Fixed-Point Systems with Un-Smooth Operators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthick Parashar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sentieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DAC: Design Automation Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE/ACM International Conference on Computer-Aided Design (ICCAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, San Jose, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089550v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00534527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantization mode opportunities in fixed-point system design</w:t>
+                <w:t xml:space="preserve">Quantization Mode Opportunities in Fixed-Point System Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francky Catthoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Signal Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Aalborg, Denmark</w:t>
+              <w:t xml:space="preserve">18th European Signal Processing Conference (EUSIPCO-2010) (2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EURASIP, Aug 2011, Aalborg, Denmark. pp.542-546</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089546v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00534526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast performance evaluation of fixed-point systems with un-smooth operators</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploiting finite precision information to guide data-flow mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Fasthuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Praveen Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM International Conference on Computer-Aided Design (ICCAD)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICCAD.2010.5654064⟩</w:t>
+              <w:t xml:space="preserve">DAC: Design Automation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Anaheim, United States. pp.248-253, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1837274.1837338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089547v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Performance Evaluation of Fixed-Point Systems with Un-Smooth Operators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantization mode opportunities in fixed-point system design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karthick Parashar</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Romuald Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM International Conference on Computer-Aided Design (ICCAD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, San Jose, United States</w:t>
+              <w:t xml:space="preserve">European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Aalborg, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00534527v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra low energy Domain Specific Instruction-set Processor for on-line surveillance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast performance evaluation of fixed-point systems with un-smooth operators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthick Parashar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sentieys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J. Huisken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SASP 2010 - 8th Symposium on Application Specific Processors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SASP.2010.5521151⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ACM International Conference on Computer-Aided Design (ICCAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, San Jose, United States. pp.9-16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCAD.2010.5654064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089553v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive early-stopping threshold for LTE turbo decoder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultra low energy Domain Specific Instruction-set Processor for on-line surveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kritikakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolfo Torrea-Duran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Desset</w:t>
+                <w:t xml:space="preserve">L. van Der Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederik Naessens</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Huisken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Signal Processing Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SASP 2010 - 8th Symposium on Application Specific Processors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Anaheim, United States. pp.30-35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SASP.2010.5521151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089551v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithm-architecture co-design of soft-output ML MIMO detector for parallel application specific instruction set processors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Robert Fasthuber</w:t>
+                <w:t xml:space="preserve">Adaptive early-stopping threshold for LTE turbo decoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Torrea-Duran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bougard</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Desset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Naessens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbet van Der Perre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Aalborg, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DATE.2009.5090921⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02093912v1</w:t>
+                <w:t xml:space="preserve">lirmm-02089551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power-aware evaluation flowfor digital decimation filter architectures for high-speed ADCS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Algorithm-architecture co-design of soft-output ML MIMO detector for parallel application specific instruction set processors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Fasthuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Min Li</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liesbet van Der Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Workshop on Signal Processing Systems (SiPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Tampere, Finland. pp.151-156, </w:t>
+              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Nice, France. pp.1608-1613, </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SIPS.2009.5336241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2009.5090921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089304v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02093912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel energy-efficient scalable soft-output SSFE MIMO detector architectures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robert Fasthuber</w:t>
+                <w:t xml:space="preserve">Power-aware evaluation flowfor digital decimation filter architectures for high-speed ADCS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Fasthuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Li</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Liesbet Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAMOS: Systems, Architectures, Modeling, and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICSAMOS.2009.5289228⟩</w:t>
+              <w:t xml:space="preserve">IEEE Workshop on Signal Processing Systems (SiPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Tampere, Finland. pp.151-156, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SIPS.2009.5336241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-02089048v1</w:t>
+                <w:t xml:space="preserve">lirmm-02089304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 200Mbps+ 2.14 nJ/b digital baseband multi processor system-on-chip for SDRs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Steven Dupont</w:t>
+                <w:t xml:space="preserve">Novel energy-efficient scalable soft-output SSFE MIMO detector architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Fasthuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Praveen Raghavan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liesbet Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on VLSI Circuits</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAMOS: Systems, Architectures, Modeling, and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Samos, Greece. pp.165-171, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSAMOS.2009.5289228⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089027v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A System Level Algorithmic Approach toward Energy-Aware SDR Baseband Implementations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Novo</w:t>
+                <w:t xml:space="preserve">A 200Mbps+ 2.14 nJ/b digital baseband multi processor system-on-chip for SDRs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veerle Derudder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Desset</w:t>
+                <w:t xml:space="preserve">Aissa Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dejonghe</w:t>
+                <w:t xml:space="preserve">Andy Dewilde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICC: International Conference on Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium on VLSI Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Kyoto, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089287v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite precision processing in wireless applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A System Level Algorithmic Approach toward Energy-Aware SDR Baseband Implementations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Desset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dejonghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DATE.2009.5090851⟩</w:t>
+              <w:t xml:space="preserve">ICC: International Conference on Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Dresden, Germany. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICC.2009.5198680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-02089266v1</w:t>
+                <w:t xml:space="preserve">lirmm-02089287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging the energy gap in size, weight and power constrained software defined radio: Agile baseband processing as a key enabler</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Finite precision processing in wireless applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbet van Der Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francky Catthoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP: International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2008.4518877⟩</w:t>
+              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Nice, France. pp.1230-1233, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2009.5090851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089299v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An implementation friendly low complexity multiplierless LLR generator for soft MIMO sphere decoders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bridging the energy gap in size, weight and power constrained software defined radio: Agile baseband processing as a key enabler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbet van Der Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Workshop on Signal Processing Systems (SiPS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SIPS.2008.4671748⟩</w:t>
+              <w:t xml:space="preserve">ICASSP: International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Las Vegas, United States. pp.5384-5387, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2008.4518877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089293v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Spanning with Fast Enumeration: A Near Maximum-Likelihood MIMO Detector Designed for Parallel Programmable Baseband Architectures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Min Li</w:t>
+                <w:t xml:space="preserve">Scenario-Based Fixed-point Data Format Refinement to Enable Energy-scalable Software Defined Radios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Lambrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liesbet van Der Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Beijing, China. pp.737-741, </w:t>
+              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Munich, Germany. pp.722-727, </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICC.2008.144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089037v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive SSFE Near-ML MIMO Detector with Dynamic Search Range and 80-103Mbps Flexible Implementation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A coarse-grained array based baseband processor for 100Mbps+ software defined radio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjorn de Sutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Rabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Liesbet Li</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osman Allam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE GLOBECOM 2008 - 2008 IEEE Global Telecommunications Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/GLOCOM.2008.ECP.632⟩</w:t>
+              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Munich, Germany. pp.716-721, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-02094083v1</w:t>
+                <w:t xml:space="preserve">lirmm-02088768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scenario-Based Fixed-point Data Format Refinement to Enable Energy-scalable Software Defined Radios</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An implementation friendly low complexity multiplierless LLR generator for soft MIMO sphere decoders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andy Lambrechts</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Naessens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbet van Der Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484764⟩</w:t>
+              <w:t xml:space="preserve">IEEE Workshop on Signal Processing Systems (SiPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Washington, United States. pp.118-123, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SIPS.2008.4671748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089059v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A coarse-grained array based baseband processor for 100Mbps+ software defined radio</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selective Spanning with Fast Enumeration: A Near Maximum-Likelihood MIMO Detector Designed for Parallel Programmable Baseband Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Rabou</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Bourdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Osman Allam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484763⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Beijing, China. pp.737-741, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICC.2008.144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02088768v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic Multi-Phase Software-Pipelined Partial-FFT on Instruction-Level-Parallel Architectures and SDR Baseband Applications</w:t>
+                <w:t xml:space="preserve">Adaptive SSFE Near-ML MIMO Detector with Dynamic Search Range and 80-103Mbps Flexible Implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bougard</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. van Thillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbet Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE GLOBECOM 2008 - 2008 IEEE Global Telecommunications Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, New Orleans, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GLOCOM.2008.ECP.632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484742⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089280v1</w:t>
+                <w:t xml:space="preserve">lirmm-02094083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Near-ML MIMO Detector for SDR Baseband on Parallel Programmable Architectures</w:t>
+                <w:t xml:space="preserve">Generic Multi-Phase Software-Pipelined Partial-FFT on Instruction-Level-Parallel Architectures and SDR Baseband Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liesbet Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francky Catthoor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2008, Munich, Germany. pp.444-449, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Mar 2008, Munich, Germany. pp.598-603, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484721⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089030v1</w:t>
+                <w:t xml:space="preserve">lirmm-02089280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Scalable Baseband Platform for Energy-Efficient Reactive Software-Defined-Radio</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimizing Near-ML MIMO Detector for SDR Baseband on Parallel Programmable Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiyu Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schuster</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liesbet Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Conference on Cognitive Radio Oriented Wireless Networks and Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CROWNCOM.2006.363450⟩</w:t>
+              <w:t xml:space="preserve">DATE: Design, Automation and Test in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Munich, Germany. pp.444-449, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DATE.2008.4484721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02089046v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Scalable Baseband Platform for Energy-Efficient Reactive Software-Defined-Radio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Novo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Naessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieven Hollevoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schuster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Conference on Cognitive Radio Oriented Wireless Networks and Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Mykonos Island, Greece. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CROWNCOM.2006.363450⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02089046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mapping a multiple antenna SDM-OFDM receiver on the ADRES coarse-grained reconfigurable processor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Will Moffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veerle Derudder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Workshop on Signal Processing Systems Design and Implementation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Athens, Greece. pp.473-478, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SIPS.2005.1579915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02089040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9495,176 +9616,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study and design of MRAM-based in-memory computing architectures for machine learning applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lovison-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymen Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Prenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques Nationales 2024 du PEPR Électronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-04717768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forgetful Counters for Rowhammer Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9706,328 +9827,328 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CHES 2024 - Conference on Cryptographic Hardware and Embedded Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Hallifax, Canada. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-04711807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-memory-computing implementation of magnetoresistive networks for ultra-low-power computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymen Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lovison-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Prenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Anghel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques Nationales 2024 du PEPR électronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DaPPA: A Data-Parallel Framework for Processing-in-Memory Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldo Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kohli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Gómez-Luna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onur Mutlu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PACT 2023 - 32nd International Conference on Parallel Architectures and Compilation Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Vienna, Austria. , 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2310.10168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-04423308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Rowhammer in the gem5 simulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10082,73 +10203,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CHES 2022 - Conference on Cryptographic Hardware and Embedded Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Leuven, Belgium. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03817275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of Rowhammer Effect in gem5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10203,51 +10324,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e Colloque National du GDR SoC²</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Rennes, France. , 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10257,78 +10378,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approximations in Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silviu-Ioan Filip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10350,106 +10471,106 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approximate Computing Techniques - From Component- to Application-Level</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.467-512, 2022, 978-3-030-94704-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-94705-7_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03494874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Finite Word-Length Effects in Fixed-Point Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Caffarena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10484,92 +10605,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Shuvra S. Bhattacharyya. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Signal Processing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1063-1101, 2019, 978-3-319-91733-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-91734-4_29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fixed-point refinement of digital signal processing systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10614,239 +10735,239 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digitally Enhanced Mixed Signal Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 1, The Institution of Engineering and Technology, pp.1-37, 2019, 978-1-78561-609-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/PBCS040E_ch⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01941898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progressive Generation of Canonical Irredundant Sums of Products Using a SAT Solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Petkovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Mishchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhsen Owaida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Ienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">André Inácio Reis; Rolf Drechsler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Logic Synthesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-188, 2017, 978-3-319-67295-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-67295-3_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01712044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a Low Power Pre-synchronization ASIP for Multimode SDR Terminals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schuster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10855,264 +10976,264 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bougard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Praveen Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Priewasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Embedded Computer Systems: Architectures, Modeling, and Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.322-332, 2007, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-540-73625-7_34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02089055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Software Simultaneous Multi-Threading, a Technique to Exploit Task-Level Parallelism to Improve Instruction- and Data-Level Parallelism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Paolo Scarpazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Praveen Raghavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francky Catthoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederik Verkest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrated Circuit and System Design. Power and Timing Modeling, Optimization and Simulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.12-23, 2006, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/11847083_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02089057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11122,152 +11243,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fixed-­point refinement, a guaranteed approach towards energy efficient computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthick Parashar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01423184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fixed-point refinement, a guaranteed approach towards energy efficient computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11276,77 +11397,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthick Parashar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01253496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11356,379 +11477,379 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Flexible and Comprehensive Evaluation Approach for Adressing NVM Integration in Cache Hierarchy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Péneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03341602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance and Energy Impact of Enhanced Cache Replacement Policy on STT-MRAM LLC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Péneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03341604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging NVM Technologies in Main Memory for Energy-Efficient HPC: an Empirical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Nocua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Wanza Weloli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sassatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-02135043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11738,151 +11859,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deliverable D5.1 – Technical description of the holistic design flow in CONTINUUM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabab Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erven Rohou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bruguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Devic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Gamatié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inria Rennes – Bretagne Atlantique; LIRMM (UM, CNRS); Cortus S.A.S. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03168363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11892,105 +12013,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adapting to Scarcity: Computer Systems for a Sustainable Future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Novo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micro and nanotechnologies/Microelectronics. Université de Montpellier (2022-..), 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04990356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId313"/>
+      <w:footerReference w:type="default" r:id="rId317"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12058,51 +12179,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F3C67FAF"/>
+    <w:nsid w:val="182D2ACE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12289,51 +12410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-novo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5510-4152" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/244276455" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05406158v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castells-Rufas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Novo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martorell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ell2.70300" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04420368v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c France" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bruguier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mushtaq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benoit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCA.2023.3328824" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257748v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dupuis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bosio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114148" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01740639v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Andrade" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nithin George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimon Karras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Pratas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2017.2727221" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01959272v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Galip Bayrak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Regazzoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Brisk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Standaert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TC.2013.219" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00743410v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caffarena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sentieys" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Menard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Lopez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089549v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fasthuber" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Raghavan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbet Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11265-010-0499-0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7017EFD1C31975F5E18CE71DAD8338444265CE64/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094072v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bougard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Desset" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dejonghe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11265-009-0359-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CX6HN990-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089041v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schuster" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Lambrechts" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbet van Der Perre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11265-008-0237-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89F4E4DF18BC4ED5C188B6394FB3FE7482F4B52D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089273v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Carlson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2008.2010422" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993538v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bertran Alvarez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chehaibar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Busch" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390255v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Paiva Alencar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Romdhane" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lovison-Franco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guilhot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Miquel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05448422v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O&#287;uzhan Canpolat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataberk Olgun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O&#287;uz Ergin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onur Mutlu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN64029.2025.00042" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05406182v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mobaraki" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Torres" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3768617.3770732" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04717703v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Prenat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Anghel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04604802v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Delestrac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debjyoti Bhattacharjee" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diksha Moolchandani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Catthoor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASAP61560.2024.00038" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04523554v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simei Yang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE58400.2024.10546769" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04825734v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castells Rufas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCIS62603.2024.10769201" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04423242v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepika Selvaraj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunachalam Venkatesan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39811-7_8" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03817303v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03767100v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASP-DAC52403.2022.9712487" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03767077v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Huppert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3489517.3530569" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03777173v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagandeep Singh" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakesh Nadig" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jisung Park" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Bera" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastaran Hajinazar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3470496.3527442" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03775613v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD57027.2022.00066" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03738883v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameer Hamza" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Khurram Bhatti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-95484-0_28" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03777161v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kanellopoulos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shankar Balachandran" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MICRO56248.2022.00015" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03777151v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roknoddin Azizi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldo F. Oliveira" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Sadrosadati" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MICRO56248.2022.00069" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03810018v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Soriano" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Di Pendina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSI-SoC54400.2022.9939630" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531713v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03596094v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03195702v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETS50041.2021.9465429" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03084343v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timon Evenblij" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Perumkunnil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE51398.2021.9474108" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03418858v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP53691.2021.9806242" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266861v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu-Ioan Filip" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Briand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DDECS52668.2021.9417026" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353878v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Forcioli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Danger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Maurice" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Bossuet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSPW54576.2021.00017" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03196090v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3445969.3450425" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03596105v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP53691.2021.9806230" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03054134v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DDECS50862.2020.9095658" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03054114v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE48585.2020.9116350" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01651247v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves P&#233;neau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sassatelli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Gamati&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDIS.2017.8284032" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01669254v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77610-1_13" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01871273v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Nocua" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ReCoSoC.2018.8449376" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912824v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Komalan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oh Hyung Rock" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hartmann" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Sakhare" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tenllado" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2018.8341987" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01332702v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Selva" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01377630v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Butko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Bessad" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01418745v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCSoC.2016.20" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01265874v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Ursu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Latif" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094123v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Falcao" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Owaida" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Purnaprajna" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bellas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCCM.2012.46" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094087v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jimenez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ienne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2228360.2228404" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534526v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Rocher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089550v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1837274.1837338" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089546v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089547v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthick Parashar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD.2010.5654064" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534527v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089553v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kritikakou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raghavan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Der Perre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huisken" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SASP.2010.5521151" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089551v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Torrea-Duran" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Naessens" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02093912v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2009.5090921" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089304v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fasthuber" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdoux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIPS.2009.5336241" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089048v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSAMOS.2009.5289228" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089027v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veerle Derudder" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissa Couvreur" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Dewilde" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Dupont" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089287v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desset" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dejonghe" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2009.5198680" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089266v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2009.5090851" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089299v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2008.4518877" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089293v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIPS.2008.4671748" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089037v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Lopez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Bourdoux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2008.144" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094083v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. van Thillo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2008.ECP.632" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089059v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484764" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02088768v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn de Sutter" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rabou" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Allam" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484763" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089280v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484742" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089030v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiyu Xu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484721" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089046v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Hollevoet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CROWNCOM.2006.363450" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089040v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Moffat" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIPS.2005.1579915" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04717768v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04711807v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697202v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04423308v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldo Oliveira" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kohli" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan G&#243;mez-Luna" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2310.10168" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03817275v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03284443v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494874v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94705-7_15" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01941888v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M&#233;nard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91734-4_29" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01941898v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBCS040E_ch" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01712044v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Petkovska" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Mishchenko" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhsen Owaida" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67295-3_8" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089055v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Priewasser" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-73625-7_34" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PDLG3RBK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089057v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Paolo Scarpazza" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik Verkest" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11847083_2" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-HWJT1XCR-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423184v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01253496v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03341602v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03341604v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02135043v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Wanza Weloli" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03168363v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Bouziane" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erven Rohou" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Devic" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/tel-04990356v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-novo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5510-4152" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/244276455" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05406158v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castells-Rufas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Novo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martorell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ell2.70300" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04420368v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c France" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bruguier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mushtaq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benoit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCA.2023.3328824" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257748v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dupuis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bosio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114148" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01740639v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Andrade" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nithin George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimon Karras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Pratas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2017.2727221" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01959272v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Galip Bayrak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Regazzoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Brisk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Standaert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TC.2013.219" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00743410v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caffarena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sentieys" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Menard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Lopez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089549v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fasthuber" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Li" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Raghavan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbet Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11265-010-0499-0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7017EFD1C31975F5E18CE71DAD8338444265CE64/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094072v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bougard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Desset" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dejonghe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11265-009-0359-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CX6HN990-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089041v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schuster" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Lambrechts" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liesbet van Der Perre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11265-008-0237-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89F4E4DF18BC4ED5C188B6394FB3FE7482F4B52D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089273v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Carlson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2008.2010422" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544416v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manar Gani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Alexandrino de Melo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Possamai Bastos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993538v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bertran Alvarez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chehaibar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Busch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05448422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O&#287;uzhan Canpolat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataberk Olgun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O&#287;uz Ergin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onur Mutlu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSN64029.2025.00042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390255v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Paiva Alencar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Romdhane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lovison-Franco" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guilhot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Miquel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05406182v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Mobaraki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Torres" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3768617.3770732" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04717703v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Prenat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Anghel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04604802v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Delestrac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debjyoti Bhattacharjee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diksha Moolchandani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Catthoor" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASAP61560.2024.00038" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04523554v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simei Yang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE58400.2024.10546769" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04825734v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castells Rufas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCIS62603.2024.10769201" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04423242v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepika Selvaraj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arunachalam Venkatesan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-39811-7_8" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03767100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASP-DAC52403.2022.9712487" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03817303v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03767077v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Huppert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3489517.3530569" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03777173v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagandeep Singh" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakesh Nadig" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jisung Park" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Bera" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastaran Hajinazar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3470496.3527442" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03775613v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSD57027.2022.00066" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03738883v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372868v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameer Hamza" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Khurram Bhatti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-95484-0_28" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03777161v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kanellopoulos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shankar Balachandran" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MICRO56248.2022.00015" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03777151v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roknoddin Azizi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldo F. Oliveira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Sadrosadati" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MICRO56248.2022.00069" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03810018v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Soriano" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Di Pendina" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSI-SoC54400.2022.9939630" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531713v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03084343v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timon Evenblij" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Perumkunnil" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE51398.2021.9474108" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266861v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu-Ioan Filip" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Briand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DDECS52668.2021.9417026" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03418858v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP53691.2021.9806242" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03596094v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03195702v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETS50041.2021.9465429" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353878v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Forcioli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Danger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Maurice" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Bossuet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuroSPW54576.2021.00017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03196090v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3445969.3450425" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03596105v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP53691.2021.9806230" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03054134v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DDECS50862.2020.9095658" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03054114v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE48585.2020.9116350" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01651247v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves P&#233;neau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sassatelli" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Gamati&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDIS.2017.8284032" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01669254v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-77610-1_13" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01871273v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Nocua" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ReCoSoC.2018.8449376" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912824v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Komalan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oh Hyung Rock" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Hartmann" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Sakhare" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tenllado" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE.2018.8341987" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01377630v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Butko" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Bessad" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01332702v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Selva" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01418745v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCSoC.2016.20" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01265874v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Ursu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Latif" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094123v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Falcao" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Owaida" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Purnaprajna" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bellas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCCM.2012.46" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094087v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jimenez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ienne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2228360.2228404" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534527v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthick Parashar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Rocher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534526v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089550v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1837274.1837338" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089546v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089547v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD.2010.5654064" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089553v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kritikakou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raghavan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Der Perre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Huisken" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SASP.2010.5521151" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089551v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Torrea-Duran" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Naessens" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02093912v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2009.5090921" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089304v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fasthuber" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdoux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIPS.2009.5336241" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089048v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSAMOS.2009.5289228" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089027v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veerle Derudder" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissa Couvreur" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Dewilde" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Dupont" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089287v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desset" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dejonghe" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2009.5198680" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089266v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2009.5090851" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089299v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2008.4518877" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089059v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484764" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02088768v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn de Sutter" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rabou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Allam" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484763" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089293v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIPS.2008.4671748" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089037v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Lopez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Bourdoux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2008.144" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02094083v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. van Thillo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOM.2008.ECP.632" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089280v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484742" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089030v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiyu Xu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DATE.2008.4484721" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089046v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Hollevoet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CROWNCOM.2006.363450" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089040v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Moffat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIPS.2005.1579915" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04717768v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04711807v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697202v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04423308v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldo Oliveira" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kohli" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan G&#243;mez-Luna" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2310.10168" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03817275v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03284443v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494874v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94705-7_15" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01941888v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M&#233;nard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91734-4_29" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01941898v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBCS040E_ch" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01712044v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Petkovska" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Mishchenko" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhsen Owaida" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67295-3_8" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089055v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Priewasser" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-73625-7_34" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PDLG3RBK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02089057v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Paolo Scarpazza" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik Verkest" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11847083_2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-HWJT1XCR-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423184v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01253496v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03341602v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03341604v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02135043v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Wanza Weloli" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03168363v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Bouziane" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erven Rohou" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Devic" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/tel-04990356v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>