--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -8424,172 +8424,172 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00526102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léproserie Saint-Lazare à Arles</w:t>
+                <w:t xml:space="preserve">Étude de l'enceinte d'origine médiévale de la Villa de Noailles, Hyères (Var)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ollivier</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2009, 104 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lagrue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2009, 88 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00523134v1</w:t>
+                <w:t xml:space="preserve">halshs-00523136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l'enceinte d'origine médiévale de la Villa de Noailles, Hyères (Var)</w:t>
+                <w:t xml:space="preserve">Léproserie Saint-Lazare à Arles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ollivier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] SRA PACA. 2009, 104 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lagrue</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-00523136v1</w:t>
+                <w:t xml:space="preserve">halshs-00523134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Feycinèdes 1, Pourcieux (Var)</w:t>
               </w:r>
@@ -8964,51 +8964,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FF4966A3"/>
+    <w:nsid w:val="302749F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9195,51 +9195,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-ollivier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032419v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bodin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208717v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie C. Bodin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102926" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086740v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dorso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenachew" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.163" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175173v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sperandio Emeline" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03163876v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouvier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Andr&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maggiori" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02563700v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Psalti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthoula Tsaroucha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kyriakidis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Petrochilos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Zugmeyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bch.792" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CNK042SJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461199v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rinalducci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921032v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alifriqui" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sok-Siya Bun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Hakki Cigerci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4267" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478086v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042948v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698102v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478790v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thiriot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denizeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478793v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02043039v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427148v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cloarec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478082v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425266v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108156v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00976975v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461234v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rivals" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108147v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108152v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505463v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Guionova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Tr&#233;glia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00721163v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bats" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Joncheray" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Salle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525292v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714378v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Deal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520574v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714412v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519743v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004369v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pasqualini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Turc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mafart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Aubry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2004.1489" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944602v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fran&#231;ois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Richier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03533737v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042931v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Henrion" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bailet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584347v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468692v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Istria" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Palazzo-Bertholon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delbarre-B&#228;rtschi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066145v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Satrani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghanmi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma&#160;angelina Delgado Robles" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468757v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fran&#231;oise" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilardi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394200v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03464717v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689271v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Serieys" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462024v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02043028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350290v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Bresciani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavassa" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indd.adobe.com/view/fa2de0df-8f61-4373-8f7e-7ad6d270b8c2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042974v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hyeres.fr/sites/default/files/atoms/files/focus_secrets_du_chateau.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02564753v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932125v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bizot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bouquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468863v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468761v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03263845v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/guerre-a-paix-mediterranee-medievale" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01981470v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00721171v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Excoffon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Munzi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525631v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525630v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520921v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Barbet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519733v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215432v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323283v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323295v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serra" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555159v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Valente" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533735v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03164043v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stouvenot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163929v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909979v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fesseha Berhe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003861v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042987v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003252v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478085v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine D&#233;al" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Beaucourt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Chazottes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003883v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003896v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108174v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108214v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00981247v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Dir." TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Boneu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Brevet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108210v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108213v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824025v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clement" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003276v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00976967v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461925v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817698v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00816389v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520387v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526102v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Valente" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523134v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523136v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lagrue" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003836v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guilbert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003379v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Gouffran" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520383v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04924475v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-ollivier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05032419v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bodin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vaschalde" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollivier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208717v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie C. Bodin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.102926" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03086740v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Loiseau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dorso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gleize" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deresse Ayenachew" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.163" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175173v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sperandio Emeline" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03163876v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouvier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Andr&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maggiori" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02563700v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Psalti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthoula Tsaroucha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kyriakidis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Petrochilos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Zugmeyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bch.792" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CNK042SJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461199v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rinalducci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921032v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alifriqui" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sok-Siya Bun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Hakki Cigerci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.4267" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478086v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042948v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698102v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478790v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thiriot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denizeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478793v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02043039v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427148v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cloarec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478082v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425266v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108156v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00976975v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461234v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rivals" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108147v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108152v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505463v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guergana Guionova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Tr&#233;glia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00721163v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bats" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Joncheray" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Salle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525292v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714378v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Deal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520574v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714412v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519743v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004369v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pasqualini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Turc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mafart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Aubry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2004.1489" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944602v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fran&#231;ois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lattard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Richier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rigeade" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03533737v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042931v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Henrion" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bailet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584347v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468692v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Istria" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Palazzo-Bertholon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delbarre-B&#228;rtschi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066145v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Satrani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghanmi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma&#160;angelina Delgado Robles" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468757v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duperron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Corbara" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fran&#231;oise" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilardi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394200v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03464717v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689271v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Serieys" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462024v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02043028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350290v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Bresciani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavassa" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leguilloux Martine" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indd.adobe.com/view/fa2de0df-8f61-4373-8f7e-7ad6d270b8c2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042974v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hyeres.fr/sites/default/files/atoms/files/focus_secrets_du_chateau.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02564753v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03932125v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bizot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bouquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468863v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468761v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03263845v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/guerre-a-paix-mediterranee-medievale" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01981470v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00721171v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Excoffon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Munzi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525631v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525630v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520921v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Barbet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519733v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215432v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323283v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323295v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serra" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03555159v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Leguilloux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Valente" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533735v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03164043v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stouvenot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163929v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Cenzon Cenzon-Salvayre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02909979v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fesseha Berhe" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiluf Berhe" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003861v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042987v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003252v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478085v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine D&#233;al" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Beaucourt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Chazottes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003883v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003896v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108174v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108214v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00981247v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Dir." TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Boneu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Brevet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108210v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108213v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00824025v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clement" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003276v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00976967v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02461925v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00817698v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00816389v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520387v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00526102v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinella Valente" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523136v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lagrue" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523134v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003836v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guilbert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003379v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Gouffran" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520383v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04924475v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>