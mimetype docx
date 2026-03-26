--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -309,468 +309,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Old but attuned: the ability to decode babies’ cries does not decline with age</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vocal communication and perception of pain in childbirth vocalizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Cornec</w:t>
+                <w:t xml:space="preserve">Daria Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Peyron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Fauchon</w:t>
+                <w:t xml:space="preserve">Cecile Magnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Koutseff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Patural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Chauleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2024.0667⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 380 (1923), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2024.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04967341v1</w:t>
+                <w:t xml:space="preserve">hal-05410790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal communication and perception of pain in childbirth vocalizations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Formant analysis of vertebrate vocalizations: achievements, pitfalls, and promises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Tecumseh Fitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daria Valente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2024.0009⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (1), pp.92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-025-02188-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05410790v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05410810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formant analysis of vertebrate vocalizations: achievements, pitfalls, and promises</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Production and perception of volitional laughter across social contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrey Anikin</w:t>
+                <w:t xml:space="preserve">Virgile Daunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gregory A Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23 (1), pp.92. </w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 157 (4), pp.2774 - 2789. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-025-02188-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/10.0036388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05410810v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05323992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic context and dynamics of nonlinear phenomena in mammalian calls: the case of puppy whines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Massenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -841,278 +824,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05189890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production and perception of volitional laughter across social contexts</w:t>
+                <w:t xml:space="preserve">Premature baby cries remain different from those of full-term babies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virgile Daunay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Reby</w:t>
+                <w:t xml:space="preserve">Guillem Bonafos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory A Bryant</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Flavie Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cornec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Papet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lény Lego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 157 (4), pp.2774 - 2789. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0036388⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 157 (6), pp.4175 - 4183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0036842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05323992v1</w:t>
+                <w:t xml:space="preserve">hal-05245427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premature baby cries remain different from those of full-term babies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Old but attuned: the ability to decode babies’ cries does not decline with age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siloé Corvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cornec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lény Lego</w:t>
+                <w:t xml:space="preserve">Roland Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Fauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 157 (6), pp.4175 - 4183. </w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (2), pp.20240667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/10.0036842⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2024.0667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245427v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pain cues override identity cues in baby cries</w:t>
               </w:r>
@@ -1137,51 +1137,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Patural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1392,51 +1392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Massenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1634,51 +1634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humans need auditory experience to produce typical volitional nonverbal vocalizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1732,2775 +1732,2775 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04224797v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of loudness in vocal intimidation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Vocal communication: The enigmatic production of low-frequency purrs in cats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xge0001508⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (23), pp.R1236-R1237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.10.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04363634v1</w:t>
+                <w:t xml:space="preserve">hal-04798364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal communication: The enigmatic production of low-frequency purrs in cats</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of Environmental Variables on African Penguin Vocal Activity: Implications for Acoustic Censusing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Hacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Terranova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin Sean Petersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Tourtigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Friard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2023.10.033⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (9), pp.1191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology12091191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04798364v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Environmental Variables on African Penguin Vocal Activity: Implications for Acoustic Censusing</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Puss in Boots effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Tourtigues</w:t>
+                <w:t xml:space="preserve">Jemma Forman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Friard</w:t>
+                <w:t xml:space="preserve">Louise Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Root-Gutteridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham Hole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaela Lesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology12091191⟩</w:t>
+              <w:t xml:space="preserve">Interaction Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.48-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/is.22032.for⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984897v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Puss in Boots effect</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Holly Root-Gutteridge</w:t>
+                <w:t xml:space="preserve">The role of loudness in vocal intimidation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graham Hole</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raffaela Lesch</w:t>
+                <w:t xml:space="preserve">Clement Cornec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory A Bryant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interaction Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1075/is.22032.for⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xge0001508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363632v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of loudness in vocal intimidation.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gregory A Bryant</w:t>
+                <w:t xml:space="preserve">Vocal tract shape variation contributes to individual vocal identity in African penguins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Favaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Zanoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Ludynia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Snyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Carugati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xge0001508⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 290 (2008), pp.20231029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2023.1029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363680v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal tract shape variation contributes to individual vocal identity in African penguins</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beyond speech: Exploring diversity in the human voice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Canessa-Pollard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Massenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2023.1029⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (11), pp.108204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.108204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984786v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond speech: Exploring diversity in the human voice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">A practical guide to calculating vocal tract length and scale-invariant formant patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Massenet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Barreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.108204⟩</w:t>
+              <w:t xml:space="preserve">Behavior Research Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (6), pp.5588-5604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13428-023-02288-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04363636v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A practical guide to calculating vocal tract length and scale-invariant formant patterns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">The role of loudness in vocal intimidation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Valente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Cornec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Research Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3758/s13428-023-02288-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, inPress, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xge0001508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04985564v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04363634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Form follows function in human nonverbal vocalisations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andrey Anikin</w:t>
+                <w:t xml:space="preserve">Adults learn to identify pain in babies’ cries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siloé Corvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Fauchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology Ecology &amp; Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (15), pp.R824-R825. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/03949370.2022.2026482⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2022.06.076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03501113v1</w:t>
+                <w:t xml:space="preserve">hal-03814821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adults learn to identify pain in babies’ cries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+                <w:t xml:space="preserve">High-pitch sounds small for domestic dogs: abstract crossmodal correspondences between auditory pitch and visual size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Korzeniowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Simner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Root-Gutteridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2022.06.076⟩</w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (2), pp.211647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsos.211647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03814821v1</w:t>
+                <w:t xml:space="preserve">hal-04984982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-pitch sounds small for domestic dogs: abstract crossmodal correspondences between auditory pitch and visual size</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Reby</w:t>
+                <w:t xml:space="preserve">Vocal size exaggeration may have contributed to the origins of vocalic complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Kasia Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.211647⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 377 (1841), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984982v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal size exaggeration may have contributed to the origins of vocalic complexity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Ingressive phonation conveys arousal in human nonverbal vocalizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 377 (1841), </w:t>
+              <w:t xml:space="preserve">Bioacoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (6), pp.680-695. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0401⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09524622.2022.2039295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03501105v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingressive phonation conveys arousal in human nonverbal vocalizations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Nonlinear vocal phenomena affect human perceptions of distress, size and dominance in puppy whines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Massenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioacoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 31 (6), pp.680-695. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 289 (1973), pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09524622.2022.2039295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2022.0429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04985467v1</w:t>
+                <w:t xml:space="preserve">hal-03799562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear vocal phenomena affect human perceptions of distress, size and dominance in puppy whines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Form follows function in human nonverbal vocalisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory A Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cornec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 289 (1973), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Ethology Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2022.0429⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/03949370.2022.2026482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799562v1</w:t>
+                <w:t xml:space="preserve">hal-03501113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive acoustic monitoring of the endangered African Penguin ( Spheniscus demersus ) using autonomous recording units and ecoacoustic indices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Voice modulation: from origin and mechanism to social impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonora Cresta</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+                <w:t xml:space="preserve">Juan David Leongómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disa Sauter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Lavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ibis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ibi.12970⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 376 (1840), pp.20200386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04985440v1</w:t>
+                <w:t xml:space="preserve">hal-03501109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static and dynamic formant scaling conveys body size and aggression</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Using a new video rating tool to crowd-source analysis of behavioural reaction to stimuli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Root-Gutteridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jemma Forman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Korzeniowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Simner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.211496⟩</w:t>
+              <w:t xml:space="preserve">Animal Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (5), pp.947-956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10071-021-01490-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03501112v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voice modulation: from origin and mechanism to social impact</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Predicting strength from aggressive vocalizations versus speech in African bushland and urban communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karel Kleisner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Leongómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nadine Lavan</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Kasia Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vojtěch Fiala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Cornec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 376 (1840), pp.20200386. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 376 (1840), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0403⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0386⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03501109v1</w:t>
+                <w:t xml:space="preserve">hal-03501108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a new video rating tool to crowd-source analysis of behavioural reaction to stimuli</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficacy in deceptive vocal exaggeration of human body size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Kasia Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Cognition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-21008-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10071-021-01490-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04985042v1</w:t>
+                <w:t xml:space="preserve">hal-03501110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting strength from aggressive vocalizations versus speech in African bushland and urban communities</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Harsh is large: nonlinear vocal phenomena lower voice pitch and exaggerate body size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Kasia Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Massenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2020.0403⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 288 (1954), pp.20210872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2021.0872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03501108v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy in deceptive vocal exaggeration of human body size</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katarzyna Kasia Pisanski</w:t>
+                <w:t xml:space="preserve">Voice Cues Influence Children’s Assessment of Adults’ Occupational Competence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Cartei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Oakhill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Garnham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-21008-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nonverbal Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (2), pp.281-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10919-020-00354-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03501110v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harsh is large: nonlinear vocal phenomena lower voice pitch and exaggerate body size</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Passive acoustic monitoring of the endangered African Penguin ( Spheniscus demersus ) using autonomous recording units and ecoacoustic indices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Favaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Cresta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Friard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Ludynia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2021.0872⟩</w:t>
+              <w:t xml:space="preserve">Ibis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 163 (4), pp.1472-1480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ibi.12970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03501107v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voice Cues Influence Children’s Assessment of Adults’ Occupational Competence</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Robin Banerjee</w:t>
+                <w:t xml:space="preserve">Static and dynamic formant scaling conveys body size and aggression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Kasia Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nonverbal Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 45 (2), pp.281-296. </w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10919-020-00354-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsos.211496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04985018v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03501112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“This Is What a Mechanic Sounds Like”: Children’s Vocal Control Reveals Implicit Occupational Stereotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Cartei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Oakhill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Garnham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4541,369 +4541,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baby cry recognition is independent of motherhood but improved by experience and exposure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Individual differences in human voice pitch are preserved from speech to screams, roars and pain cries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bouchet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Levréro</w:t>
+                <w:t xml:space="preserve">Jordan Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2019.2499⟩</w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (2), pp.191642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsos.191642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04858538v1</w:t>
+                <w:t xml:space="preserve">hal-04802189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual differences in human voice pitch are preserved from speech to screams, roars and pain cries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Do nonlinear vocal phenomena signal negative valence or high emotion intensity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Anikin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Royal Society Open Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 7 (2), pp.191642. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.191642⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 7 (12), pp.201306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsos.201306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802189v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do nonlinear vocal phenomena signal negative valence or high emotion intensity?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+                <w:t xml:space="preserve">Baby cry recognition is independent of motherhood but improved by experience and exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Plat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Patural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (12), pp.201306. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 287 (1921), pp.20192499. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsos.201306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2019.2499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802181v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Context-related variation in the peripartum vocalisations and phonatory behaviours of Holstein-Friesian dairy cows</w:t>
               </w:r>
@@ -4928,51 +4928,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cameron E.F. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Lomax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio Favaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5019,77 +5019,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dogs perceive and spontaneously normalize formant-related speaker and vowel differences in human speech sounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Root-Gutteridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Ratcliffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Korzeniowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5136,77 +5136,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audio–visual crossmodal correspondences in domestic dogs ( Canis familiaris )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Korzeniowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Korzeniowska</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">H. Root-Gutteridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Simner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5253,77 +5253,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pitch of babies’ cries predicts their voice pitch at age 5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Attia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5543,51 +5543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelly Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sumir Keenan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5651,90 +5651,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The acoustic space of pain: cries as indicators of distress recovering dynamics in pre-verbal infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Koutseff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Patural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5896,629 +5896,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal study of within-individual variation in human voice pitch</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+                <w:t xml:space="preserve">Evidence of biphonation and source-filter interactions in the bugles of male North American wapiti (Cervus canadensis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.T. Wyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meddy Fouquet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Passilongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.4970892⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 219 (8), pp.1224-1236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jeb.131219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02240905v1</w:t>
+                <w:t xml:space="preserve">hal-01595275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of biphonation and source-filter interactions in the bugles of male North American wapiti (Cervus canadensis)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seven and up: individual differences in male voice fundamental frequency emerge before puberty and remain stable throughout adulthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Gilbert</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meddy Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 219 (8), pp.1224-1236. </w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/jeb.131219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsos.160395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595275v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01400070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seven and up: individual differences in male voice fundamental frequency emerge before puberty and remain stable throughout adulthood</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+                <w:t xml:space="preserve">Female sexual preferences toward conspecific and hybrid male mating calls in two species of polygynous deer, Cervus elaphus and C. nippon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan T. Wyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin D. Charlton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.160395⟩</w:t>
+              <w:t xml:space="preserve">Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43, pp.227-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11692-015-9357-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01400070v1</w:t>
+                <w:t xml:space="preserve">hal-01529460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Female sexual preferences toward conspecific and hybrid male mating calls in two species of polygynous deer, Cervus elaphus and C. nippon</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Levréro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Gustafsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 43, pp.227-241. </w:t>
+              <w:t xml:space="preserve">BMC Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11692-015-9357-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40359-016-0123-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01529460v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01304627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A longitudinal study of within-individual variation in human voice pitch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meddy Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (1), pp.19. </w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 140 (4), pp.3397-3397. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40359-016-0123-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.4970892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01304627v1</w:t>
+                <w:t xml:space="preserve">hal-02240905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humans (Homo sapiens) judge the emotional content of piglet (Sus scrofa domestica) calls based on simple acoustic parameters, not personality, empathy, nor attitude toward animals</w:t>
               </w:r>
@@ -6673,51 +6673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.D. Charlton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 293 (2), pp.92-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6803,51 +6803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.T. Ficht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 293 (1), pp.57-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7023,51 +7023,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fathers are just as good as mothers at recognizing the cries of their baby.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Gustafsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7166,51 +7166,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.D. Charlton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7244,51 +7244,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oestrous red deer hinds prefer male roars with higher fundamental frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.D. Charlton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7927,51 +7927,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Darwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Tecumseh Fitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 272 (1566), pp.941-947. </w:t>
@@ -8022,51 +8022,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space use by roe deer in a fragmented lanscape some preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Desneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8259,64 +8259,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The descended larynx is not uniquely human</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Tecumseh Fitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 268, pp.1669-1675</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8393,51 +8393,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Joachim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 74, pp.233-239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8462,51 +8462,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red deer (Cervus elaphus) hinds discriminate between the roars of their current harem-holder stag and those of neighbouting stags</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Hewison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8570,51 +8570,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on estimer la taille d'une population de chevreuils en combinant relevés visuels et auditifs ? Premiers résultats d'une étude pionnière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8678,51 +8678,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contexts and possible functions of barking in roe deer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8773,51 +8773,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vocalisations des Cervidés d'Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8855,51 +8855,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vocalisations des cervidés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8937,51 +8937,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vocalisations des cervidés d'Europe. Le cerf Cervus elaphus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9019,51 +9019,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vocalisations des cervidés d'Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cargnelutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9101,51 +9101,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of vocalizations to estimate population size of roe deer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.J.M. Hewison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9379,77 +9379,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speech transformer models for extracting information from baby cries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Bonafos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Rouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lény Lego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9513,51 +9513,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulations of fallow deer groans from CT scanned vocal tracts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Barluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9673,77 +9673,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Patural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Faillenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levréro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2403-2403, </w:t>
@@ -9781,90 +9781,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational modelling of penguins’ vocal tract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio Favaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Ludynia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Snyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorien Pichegru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10032,64 +10032,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Form and Function in Human Pain Vocalisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Pisanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Raine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10467,51 +10467,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication vocale entre l’homme et le chien de compagnie</w:t>
+                <w:t xml:space="preserve">Animals and Humans together: Integration in Society</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
@@ -10529,97 +10529,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Leboucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44ème Colloque de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
+              <w:t xml:space="preserve">ISAZ 2014 - 23rd Conference of the International Society for Anthrozoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01702123v1</w:t>
+                <w:t xml:space="preserve">hal-01702232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animals and Humans together: Integration in Society</w:t>
+                <w:t xml:space="preserve">La communication vocale entre l’homme et le chien de compagnie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
@@ -10637,73 +10637,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Leboucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAZ 2014 - 23rd Conference of the International Society for Anthrozoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">44ème Colloque de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01702232v1</w:t>
+                <w:t xml:space="preserve">hal-01702123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication vocale entre l’homme et le chien de compagnie</w:t>
               </w:r>
@@ -10823,51 +10823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Deer Biology Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Huilo Huilo, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11039,51 +11039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Sèbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poindron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11347,51 +11347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Meeting of the French Neuroscience Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
@@ -11472,51 +11472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Congress of the European Pain Federation EFIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Budapest, Hungary</w:t>
@@ -11558,77 +11558,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adults construct their representation of pain in babies cries with experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siloé Corvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Koutseff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11683,51 +11683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adults recognize pain in cries when currently involved in babies' care: investigations from behavior to brain responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siloé Corvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11817,51 +11817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siloé Corvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Koutseff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11929,90 +11929,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une courte exposition permet aux adultes de reconnaitre l'identité d'un bébé et sa douleur lorsqu'il pleure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siloé Corvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Koutseff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mathevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21e congrès national de la SFETD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t>
@@ -12440,51 +12440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.J.M. Hewison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Reby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European roe deer : The biology of success</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Scandinavian University Press, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12599,51 +12599,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C7093A64"/>
+    <w:nsid w:val="52A0DAAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12830,51 +12830,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-reby" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9261-1711" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466321v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauchon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silo&#233; Corvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Faillenot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Patural" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000003914" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967341v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cornec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2024.0667" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410790v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Valente" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Magnard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Koutseff" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chauleur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0009" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410810v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tecumseh Fitch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Anikin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-025-02188-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189890v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Massenet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Reynaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0022" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323992v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Daunay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A Bryant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0036388" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245427v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Bonafos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Vial" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Lego" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0036842" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719402v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.110375" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985449v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Zanoli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Tenneriello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Morandi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Terranova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Cadman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.13364" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04670627v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Philippe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barluet de Beauchesne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2316818121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791162v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Terrade" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Prosnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Vion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Locatelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2377552" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224797v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Oleszkiewicz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-024-00104-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363634v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Cornec" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bryant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001508" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798364v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.10.033" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984897v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Hacker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Sean Petersen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Tourtigues" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Friard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12091191" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363632v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemma Forman" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Brown" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Root-Gutteridge" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Hole" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaela Lesch" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/is.22032.for" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363680v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984786v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Favaro" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Ludynia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Snyman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Carugati" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.1029" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363636v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Canessa-Pollard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108204" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985564v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Barreda" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-023-02288-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501113v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03949370.2022.2026482" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814821v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2022.06.076" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984982v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korzeniowska" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simner" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Root-Gutteridge" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reby" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501105v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Kasia Pisanski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0401" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985467v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2022.2039295" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799562v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0429" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985440v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Cresta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.12970" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501112v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211496" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501109v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Leong&#243;mez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Disa Sauter" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Lavan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0386" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985042v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Korzeniowska" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Simner" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-021-01490-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501108v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Kleisner" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Fiala" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0403" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501110v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21008-7" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501107v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.0872" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985018v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Cartei" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Oakhill" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Garnham" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Banerjee" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-020-00354-y" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798370v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797620929297" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858538v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Plat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2499" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802189v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Raine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.191642" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802181v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.201306" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492532v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra C. Green" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron E.F. Clark" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lomax" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.105089" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798395v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ratcliffe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0555" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798378v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0564" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845422v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0065" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348220v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Wyman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Frey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Charlton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dalmont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.179416" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663191v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2017.1344931" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441127v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobey Ben-Aderet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gallego-Abenza" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.2429" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240905v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy Fouquet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4970892" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595275v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Frey" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Passilongo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gilbert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.131219" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400070v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.160395" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529460v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan T. Wyman" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin D. Charlton" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11692-015-9357-0" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211004v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva L Maru&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Linhart" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F Ratcliffe" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0038870" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129874v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzo.12123" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129836v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.T. Ficht" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzo.12120" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FQ6BBVQD-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01877633v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gilbert" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Potier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918752" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129491v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023296" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129515v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mccomb" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2010.0467" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414137v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c A. Hardouin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tabel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bavoux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Burneleau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2009.07.016" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Q4HMV71-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320183v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Cap" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deleporte" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Joachim" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1096-0031.2008.00223.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183085v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bavoux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bruneleau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667833v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Andr&#233;-Obrecht" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Galinier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cargnelutti" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2358006" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681965v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mccomb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Darwin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2004.2954" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672204v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Desneux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Angibault" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530063v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Angibault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675016v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676977v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P&#233;pin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gonzalez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677620v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hewison" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Izquierdo" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698614v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Hewison" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688366v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J.M. Hewison" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688737v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689223v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687516v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692450v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696596v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Vincent" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365845v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Fonseca" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rouch" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304733v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/wocci.2025-3" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230810v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barluet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Wyman" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Charlton" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0102" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230819v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0029" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230814v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gamba" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorien Pichegru" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0984" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230812v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0799" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230813v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0820" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702038v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jeannin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gilbert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702088v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702052v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702123v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702232v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702292v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754358v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wyman" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354797v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Aulagnier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757303v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#232;be" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poindron" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fierros" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250577v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitana Garc&#237;a Arasco" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Grangy" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Groyecka-Bernard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Sorokowski" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719293v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719297v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719265v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719272v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628993v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629013v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479365v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344125v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01229927v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Nicolas" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842279v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-reby" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9261-1711" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466321v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauchon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silo&#233; Corvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Faillenot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Patural" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000003914" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410790v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Valente" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Magnard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Koutseff" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chauleur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0009" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410810v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tecumseh Fitch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Anikin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-025-02188-w" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323992v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Daunay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A Bryant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0036388" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189890v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Massenet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Reynaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0022" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245427v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Bonafos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Vial" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cornec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Lego" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0036842" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967341v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2024.0667" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719402v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.110375" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985449v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Zanoli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Tenneriello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Morandi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Terranova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Cadman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.13364" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04670627v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Philippe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barluet de Beauchesne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2316818121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791162v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Terrade" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Prosnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Vion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Locatelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2377552" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224797v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Oleszkiewicz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44271-024-00104-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798364v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.10.033" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984897v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Hacker" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Sean Petersen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Tourtigues" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Friard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12091191" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363632v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemma Forman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Brown" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Root-Gutteridge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Hole" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaela Lesch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/is.22032.for" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363680v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Cornec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001508" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984786v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Favaro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Ludynia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Snyman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Carugati" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.1029" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363636v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Canessa-Pollard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108204" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985564v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Barreda" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-023-02288-x" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363634v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bryant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2022.06.076" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984982v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korzeniowska" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simner" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Root-Gutteridge" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reby" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211647" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501105v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Kasia Pisanski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985467v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2022.2039295" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799562v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0429" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501113v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03949370.2022.2026482" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501109v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Leong&#243;mez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Disa Sauter" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Lavan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0386" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Korzeniowska" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Simner" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-021-01490-8" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501108v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Kleisner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Fiala" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2020.0403" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501110v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21008-7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501107v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.0872" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985018v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Cartei" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Oakhill" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Garnham" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Banerjee" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-020-00354-y" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985440v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Cresta" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ibi.12970" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501112v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211496" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798370v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797620929297" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802189v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Raine" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.191642" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802181v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.201306" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858538v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouchet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Plat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2499" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492532v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra C. Green" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron E.F. Clark" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lomax" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2020.105089" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798395v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ratcliffe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0555" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798378v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0564" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845422v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2018.0065" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348220v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Wyman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Frey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Charlton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dalmont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.179416" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663191v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2017.1344931" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441127v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobey Ben-Aderet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gallego-Abenza" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.2429" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595275v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Frey" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Passilongo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gilbert" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.131219" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400070v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy Fouquet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.160395" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529460v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan T. Wyman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin D. Charlton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11692-015-9357-0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240905v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4970892" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211004v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva L Maru&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Linhart" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F Ratcliffe" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tallet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0038870" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129874v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzo.12123" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129836v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.T. Ficht" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzo.12120" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FQ6BBVQD-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01877633v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gilbert" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Potier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918752" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129491v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023296" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129515v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mccomb" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2010.0467" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414137v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c A. Hardouin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tabel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bavoux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Burneleau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2009.07.016" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Q4HMV71-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320183v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Cap" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deleporte" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Joachim" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1096-0031.2008.00223.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183085v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bavoux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Bruneleau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667833v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Andr&#233;-Obrecht" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Galinier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cargnelutti" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2358006" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681965v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mccomb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Darwin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2004.2954" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672204v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Desneux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Angibault" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530063v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Angibault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675016v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676977v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P&#233;pin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gonzalez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677620v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hewison" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Izquierdo" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698614v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Hewison" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688366v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J.M. Hewison" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688737v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689223v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687516v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692450v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696596v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Vincent" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365845v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Fonseca" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rouch" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304733v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/wocci.2025-3" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230810v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barluet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Wyman" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Charlton" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0102" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230819v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0029" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230814v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gamba" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorien Pichegru" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0984" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230812v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0799" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230813v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0820" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702038v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jeannin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gilbert" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702088v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702052v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702232v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702123v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01702292v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754358v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wyman" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01354797v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Aulagnier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757303v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#232;be" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poindron" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Nowak" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fierros" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250577v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitana Garc&#237;a Arasco" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Grangy" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Groyecka-Bernard" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Sorokowski" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719293v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719297v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719265v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719272v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628993v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629013v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479365v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344125v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01229927v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Nicolas" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842279v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>