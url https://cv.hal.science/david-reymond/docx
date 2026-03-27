--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -205,209 +205,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized research data management: introducing SoVisu+</w:t>
+                <w:t xml:space="preserve">« Dans l’ESR français, c’est l’Abes qui, à travers IdRef, incarne le lien entre référentiels, documentation et recherche »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaric Tabariès</w:t>
+                <w:t xml:space="preserve">Henri Bretel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 249, pp.216-223. </w:t>
+              <w:t xml:space="preserve">Arabesques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 112, pp.14-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2024.11.067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.35562/arabesques.3825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04803600v1</w:t>
+                <w:t xml:space="preserve">hal-04521006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Dans l’ESR français, c’est l’Abes qui, à travers IdRef, incarne le lien entre référentiels, documentation et recherche »</w:t>
+                <w:t xml:space="preserve">Decentralized research data management: introducing SoVisu+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Bretel</w:t>
+                <w:t xml:space="preserve">Alaric Tabariès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabesques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 112, pp.14-15. </w:t>
+              <w:t xml:space="preserve">Procedia Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 249, pp.216-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.35562/arabesques.3825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2024.11.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04521006v1</w:t>
+                <w:t xml:space="preserve">hal-04803600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de la relation hypertextuelle partenariale entre sites institutionnels et commerciaux</w:t>
               </w:r>
@@ -523,51 +523,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouamvi Couao-Zotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaric Tabariès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lebourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2117,51 +2117,51 @@
                 <w:t xml:space="preserve">Bibliométrie et visualisation au service d'un laboratoire. Réseaux mixtes : auteurs et thématiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samy Ben Amor</w:t>
+                <w:t xml:space="preserve">Sami Ben Amor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2795,51 +2795,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse et situation des sciences de l’information et de la communication dans les pratiques d’archivage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaric Tabariès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2871,273 +2871,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrouver l’inventeur-auteur : la levée d'homonymies d'autorat entre les brevets et les publications scientifiques</w:t>
+                <w:t xml:space="preserve">Projet « relations science industrie : levée d’homonymes inventeurs/auteurs. Patent2net et pivot CIB – bases académiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manuel Durand-Barthez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JADT2022: 16th International Conference on Statistical Analysis of Textual Data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Univ. of Naples Federico II, Jul 2022, Naples, Italie. pp.712-720</w:t>
+              <w:t xml:space="preserve">Journées GIS Réseau Urfist – 40 ans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Réseau Urfist, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03975668v1</w:t>
+                <w:t xml:space="preserve">hal-03975747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valoriser ses codes et production de corpus avec un Data Paper exécutable : l'exemple de l'analyse lexicale d'une page web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine Data-SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IR Progedo et Plateformes Universitaires de Données (PUD), Dec 2022, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03974284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet « relations science industrie : levée d’homonymes inventeurs/auteurs. Patent2net et pivot CIB – bases académiques</w:t>
+                <w:t xml:space="preserve">Retrouver l’inventeur-auteur : la levée d'homonymies d'autorat entre les brevets et les publications scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heman Khouilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Durand-Barthez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées GIS Réseau Urfist – 40 ans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS Réseau Urfist, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">JADT2022: 16th International Conference on Statistical Analysis of Textual Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univ. of Naples Federico II, Jul 2022, Naples, Italie. pp.712-720</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03975747v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involving researchers in Open Science. SoVisu: an innovative solution</w:t>
               </w:r>
@@ -4442,204 +4442,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01279692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude sur les demandes de dépôt de brevet en Algérie, au Maroc et en Tunisie</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Visualisations pour l’analyse technométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 5th. International Symposium ISKO-Maghreb. Knowledge Organization in the perspective of Digital Humanities: Researches and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Hammamet, Tunisie</w:t>
+              <w:t xml:space="preserve">Journée d’études "Questionner l’Analyse et la Visualisation des Données"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279690v1</w:t>
+                <w:t xml:space="preserve">sic_01279657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualisations pour l’analyse technométrique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude sur les demandes de dépôt de brevet en Algérie, au Maroc et en Tunisie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nezha Cherrabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Dematraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Quoniam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études "Questionner l’Analyse et la Visualisation des Données"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Nice, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 5th. International Symposium ISKO-Maghreb. Knowledge Organization in the perspective of Digital Humanities: Researches and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279657v1</w:t>
+                <w:t xml:space="preserve">sic_01279690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'innovation frugale ou comment innover mieux avec moins</w:t>
               </w:r>
@@ -4934,476 +4934,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01810052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PatentToNet : l’exploration libre des brevets par les réseaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FERRAMENTAS PARA EXTRAÇÃO E ANÁLISE DE INFORMAÇÕES EM BASE DE PATENTES: UMA APLICAÇÃO PARA O MODELO DE HÉLICE QUÍNTUPLA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Moraes dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Quoniam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Terezinha Kniess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Quoniam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 19e congrès SFSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Toulon, France</w:t>
+              <w:t xml:space="preserve">II Simpósio Internacional de Inovação e Sustentabilidade (II S2IS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279660v1</w:t>
+                <w:t xml:space="preserve">sic_01809634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le brevet, outil de développement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PatentToNet : l’exploration libre des brevets par les réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Quoniam</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Panafricaine d'Intelligence Economique et de stratégie; Centre d'études Diplommatiques et Stratégiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Dakar, Sénégal</w:t>
+              <w:t xml:space="preserve">Actes du 19e congrès SFSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279658v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Setting the scene: methods for supporting decision making in an innovation process</w:t>
+                <w:t xml:space="preserve">Le brevet, outil de développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EIRMA (European Industrial Research Management Association)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Vevey, Switzerland</w:t>
+              <w:t xml:space="preserve">Ecole Panafricaine d'Intelligence Economique et de stratégie; Centre d'études Diplommatiques et Stratégiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Dakar, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279666v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frugal Innovation, Innovative conception, KDD</w:t>
+                <w:t xml:space="preserve">Setting the scene: methods for supporting decision making in an innovation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Utilisateurs Intellixir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EIRMA (European Industrial Research Management Association)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Vevey, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279662v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FERRAMENTAS PARA EXTRAÇÃO E ANÁLISE DE INFORMAÇÕES EM BASE DE PATENTES: UMA APLICAÇÃO PARA O MODELO DE HÉLICE QUÍNTUPLA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frugal Innovation, Innovative conception, KDD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Terezinha Kniess</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Reymond</w:t>
+                <w:t xml:space="preserve">Christian Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">II Simpósio Internacional de Inovação e Sustentabilidade (II S2IS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, São Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">Journée des Utilisateurs Intellixir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01809634v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patent as a tool for frugal innovation, innovative conception, KDD</w:t>
               </w:r>
@@ -5711,191 +5711,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01279663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frugal Innovation: social responsability impact</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Quoniam</w:t>
+                <w:t xml:space="preserve">Automatic websites classification and retrieval using websites communication signatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Lamirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">III Simposio internacional de Gestão de Projetos (III SINGEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Sao Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">WIS - 8th International Conference on Webometrics, Informetrics and Scientometrics - 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279661v1</w:t>
+                <w:t xml:space="preserve">hal-00781585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic websites classification and retrieval using websites communication signatures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Lamirel</w:t>
+                <w:t xml:space="preserve">Frugal Innovation: social responsability impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Quoniam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WIS - 8th International Conference on Webometrics, Informetrics and Scientometrics - 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">III Simposio internacional de Gestão de Projetos (III SINGEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Sao Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00781585v1</w:t>
+                <w:t xml:space="preserve">sic_01279661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels modèles d'Intelligence Economique pour l'Algérie ? Quelques pistes de réflexion</w:t>
               </w:r>
@@ -6160,342 +6160,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01279667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft engineering for innovation, entrepreneurship, using patents</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Digital services governance with AGIMUS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">II Simposio internacional de Gestão de Projetos (II SINGEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Sao Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">12th European Conference on eLearning (ECEL 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SKEMA Business School, Oct 2013, Sophia-Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279668v1</w:t>
+                <w:t xml:space="preserve">sic_01809831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital services governance with AGIMUS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft engineering for innovation, entrepreneurship, using patents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Quoniam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Conference on eLearning (ECEL 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SKEMA Business School, Oct 2013, Sophia-Antipolis, France</w:t>
+              <w:t xml:space="preserve">II Simposio internacional de Gestão de Projetos (II SINGEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Sao Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01809831v1</w:t>
+                <w:t xml:space="preserve">sic_01279668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AnCaraS : développement d'un prototype logiciel pour l'analyse webométrique</w:t>
+                <w:t xml:space="preserve">Mesures d'utilisation : vers un pilotage intelligent des services numériques de l'enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadijah Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Raudin :"Le numérique au coeur des territoires. Questions d'usages"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Recherches Aquitaines sur les Usages pour le Développement des Dispositifs Numériques (RAUDIN); Conseil Régional d'Aquitaine, Jun 2012, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2e colloque AFRICAMPUS - TIC et gouvernance universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Dakar, Sénégal. pp.101-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01810008v1</w:t>
+                <w:t xml:space="preserve">hal-01805655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures d'utilisation : vers un pilotage intelligent des services numériques de l'enseignement supérieur</w:t>
+                <w:t xml:space="preserve">AnCaraS : développement d'un prototype logiciel pour l'analyse webométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e colloque AFRICAMPUS - TIC et gouvernance universitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Dakar, Sénégal. pp.101-112</w:t>
+              <w:t xml:space="preserve">Colloque Raudin :"Le numérique au coeur des territoires. Questions d'usages"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Recherches Aquitaines sur les Usages pour le Développement des Dispositifs Numériques (RAUDIN); Conseil Régional d'Aquitaine, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01805655v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01810008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le classement international des sites web des universités au prisme d'une approche interculturelle : une comparaison France-Vietnam</w:t>
               </w:r>
@@ -6829,541 +6829,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01279670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terminologie hypertexte : dynamique temporelle d’une taxonomie</w:t>
+                <w:t xml:space="preserve">Une étude terminologique de la communication hypertexte web. Caractéristique du domaine universitaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lespinet-Najib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Le Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international sur le document électronique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">9th International Conference on Terminology and Artificial Intelligence,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.139-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02612481v1</w:t>
+                <w:t xml:space="preserve">hal-00674113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude terminologique de la communication hypertexte web. Caractéristique du domaine universitaire.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une étude terminologique de la communication hypertexte web. Caractéristiques du domaine universitaire en perspective diachronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pinède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benoît Le Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Véronique Lespinet-Najib</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Le Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Terminology and Artificial Intelligence,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.139-142</w:t>
+              <w:t xml:space="preserve">proceedings of the 9th International Conference on Terminology and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France. pp.139--142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00674113v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01809816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude terminologique de la communication hypertexte web. Caractéristiques du domaine universitaire en perspective diachronique</w:t>
+                <w:t xml:space="preserve">Terminologie hypertexte : dynamique temporelle d'une taxinomie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Le Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lespinet-Najib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">proceedings of the 9th International Conference on Terminology and Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France. pp.139--142</w:t>
+              <w:t xml:space="preserve">Terminologie hypertexte : dynamique temporelle d'une taxinomie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Rabat, Maroc. pp.98-110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01809816v1</w:t>
+                <w:t xml:space="preserve">hal-00674114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terminologie hypertexte : dynamique temporelle d'une taxinomie.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une étude terminologique de la communication hypertexte web. Caractéristiques du domaine universitaire en perspective diachronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Véronique Lespinet-Najib</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Le Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pinède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lespinet-Najib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terminologie hypertexte : dynamique temporelle d'une taxinomie.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Rabat, Maroc. pp.98-110</w:t>
+              <w:t xml:space="preserve">proceedings of the 9th International Conference on Terminology and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France. pp.139--142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00674114v1</w:t>
+                <w:t xml:space="preserve">sic_01279671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude terminologique de la communication hypertexte web. Caractéristiques du domaine universitaire en perspective diachronique</w:t>
+                <w:t xml:space="preserve">Terminologie hypertexte : dynamique temporelle d’une taxonomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">V. Lespinet-Najib</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">proceedings of the 9th International Conference on Terminology and Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France. pp.139--142</w:t>
+              <w:t xml:space="preserve">Colloque international sur le document électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279671v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations informationnelles et dynamiques organisationnelles des sites web : approche temporelle comparative de traces lexicales hypertextuelles</w:t>
               </w:r>
@@ -7375,51 +7375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lespinet-Najib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème colloque International en sciences de la communication : traces, mémoires et communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Bucarest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7555,215 +7555,215 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00477694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Website and communication strategy alignment: a librarian science approach to webometrics tools</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A cross disciplinary approach to measure the performance of a publication service on the web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thecle Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Sixth International Conference on Webometrics, Informetrics and Scientometrics (WIS) &amp; Eleventh COLLNET Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Mysore, India</w:t>
+              <w:t xml:space="preserve">Proceedings of International Conference on Exploring Services Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279678v1</w:t>
+                <w:t xml:space="preserve">sic_01279675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cross disciplinary approach to measure the performance of a publication service on the web</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using a taxonomy based fingerprint: classification and recognition of the academic webspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of International Conference on Exploring Services Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">Proceedings of the Sixth International Conference on Webometrics, Informetrics and Scientometrics (WIS) &amp; Eleventh COLLNET Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Mysore, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279675v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a taxonomy based fingerprint: classification and recognition of the academic webspace</w:t>
+                <w:t xml:space="preserve">Website and communication strategy alignment: a librarian science approach to webometrics tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède</w:t>
@@ -7777,81 +7777,81 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Sixth International Conference on Webometrics, Informetrics and Scientometrics (WIS) &amp; Eleventh COLLNET Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Mysore, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279676v1</w:t>
+                <w:t xml:space="preserve">sic_01279678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dématérialisation de services au sein des organisations : rôle de l'interopérabilité. Étude de cas en contexte universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thecle Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7896,204 +7896,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01279673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AnCaraS : logiciel d'analyse de l'édition web</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la diversité au lissage informationnel : création d'une taxonomie inductive pour les sites web universitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pinède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annie-Estelle Bordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 6e colloque international VSST (Veille Stratégique Scientifique et Technologique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">17e congrès de la SFSIC: au coeur et à la lisière des SIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Dijon, France. pp.146-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279677v1</w:t>
+                <w:t xml:space="preserve">sic_01279674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la diversité au lissage informationnel : création d'une taxonomie inductive pour les sites web universitaires</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AnCaraS : logiciel d'analyse de l'édition web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Khalil-Rebaï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Estelle Bordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e congrès de la SFSIC: au coeur et à la lisière des SIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Dijon, France. pp.146-152</w:t>
+              <w:t xml:space="preserve">Actes du 6e colloque international VSST (Veille Stratégique Scientifique et Technologique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279674v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure d'usage et organisations multi-échelles : indicateurs et méta indicateurs d'usage des ENT. Bilan expérimental d'une maquette de construction automatisée des indicateurs d'usage des ENT</w:t>
               </w:r>
@@ -8161,51 +8161,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cross disciplinary approach to analyse the effects of digitalized service implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thecle Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8574,247 +8574,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">sic_01279684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt stratégique d'un Observatoire des Sites Web en sciences de l'information et de la communication</w:t>
+                <w:t xml:space="preserve">Du semi-document à la mesure du degré d'appropriation des dispositifs TIC : l'outil de gestion de contenu en contexte universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lise Vieira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16e congrès de la SFSIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Compiègne, France</w:t>
+              <w:t xml:space="preserve">Actes du colloque international Enjeux et usages des TIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">sic_01279682v1</w:t>
+                <w:t xml:space="preserve">sic_01279681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du semi-document à la mesure du degré d'appropriation des dispositifs TIC : l'outil de gestion de contenu en contexte universitaire</w:t>
+                <w:t xml:space="preserve">Intérêt stratégique d'un Observatoire des Sites Web en sciences de l'information et de la communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pinède-Wojciechowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Vieira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque international Enjeux et usages des TIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">16e congrès de la SFSIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">sic_01279681v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">sic_01279682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une instrumentation qualitative d'évaluation des dispositifs web : corrélations entre les discours de la gouvernance universitaires et les traces numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède-Wojciechowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Vieira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque international Eutic 2007 - Enjeux et usages des TIC. Médias et diffusion de l'information : vers une société ouverte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Unknown, Région indéterminée. pp.189--197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9490,51 +9490,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagnement et visualisations de la Science Ouverte (SoVisu)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaric Tabariès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9786,51 +9786,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de l'observation et de l'évaluation des sites institutionnels dans la gouvernance des universités.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10057,64 +10057,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pinède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Le Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lespinet-Najib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le document à l'ère de la différenciation numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Europia, pp.135--152, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10571,51 +10571,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open Science Visualisations (SoVisu)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaric Tabariès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10934,51 +10934,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4C0E6A6F"/>
+    <w:nsid w:val="0065E6F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11165,51 +11165,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-reymond" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2071-6594" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122796527" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803600v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reymond" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaric Tabari&#232;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.11.067" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521006v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bretel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.3825" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230000v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cadel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gallezot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.1109" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouamvi Couao-Zotti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lebourgeois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Campos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12365" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691385v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Max Noyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.3014" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092346v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Duvernay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ely" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176403v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Galliano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Quoniam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21747/21836671/pagnespc1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867494v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1695" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174764v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Martins Gandon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Ribeiro Nogueira Ferraz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5902/1983465928836" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010273v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47909/ijsmc.02" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02120465v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Alencar Nigro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Rog&#233;rio Mazieri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544829v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Durampart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905675v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.6259" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01835445v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Menezes da Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Rezende da Costa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5585/rgss.v7i1.393" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902245v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wpi.2016.10.001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01808316v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/lcn.12.4.9-18" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902242v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Antonio Maccari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01263646v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lamirel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01794560v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Ben Amor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boutin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marty" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dematraz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279649v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pin&#232;de" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806023v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pin&#232;de" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.2645" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279652v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141467v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119719v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230475v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975668v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heman Khouilla" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wolff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Durand-Barthez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974284v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975747v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861913v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580847v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Larribaut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley-Gomez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lehmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580857v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276179v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley Gomez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955961v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966758v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175258v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289063v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064190v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Martin Lacroux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Muller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861872v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Faga" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Molt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Arruda Vanderlei" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01835468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON.2018.8363100" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625814v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezha Cherrabi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud P&#233;lissier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279692v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279690v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279657v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279656v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279691v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279655v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01810052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279660v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279658v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279666v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279662v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809634v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Moraes dos Santos" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terezinha Kniess" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279664v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279659v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279663v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279661v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00781585v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995776v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Baaziz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809895v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279667v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279668v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809831v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01810008v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805655v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadijah Dib" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00827736v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Amato" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279669v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Dib" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809857v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279670v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kromm" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612481v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674113v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lespinet-Najib" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Le Blanc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809816v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674114v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279671v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Le Blanc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lespinet-Najib" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716848v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477694v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Khalil Rebai" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Zacharewicz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Corbe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1878537.1878678" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279678v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279675v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thecle Alix" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279676v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279673v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279677v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Khalil-Reba&#239;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Estelle Bordier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279674v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279672v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584978v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14319-9_26" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279680v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Mahmoud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279679v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279683v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Rouissi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279684v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279682v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pin&#232;de-Wojciechowski" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vieira" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279681v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279693v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279685v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279686v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279688v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.698" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279687v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279689v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580563v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna del Sordo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mulin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289068v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103412v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Bara" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243902v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807332638-humains-et-donnees-creation-mediation-decision-narration" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805302v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805394v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279650v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809841v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279651v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502667v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02643329v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279653v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Corb&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Zacharevizc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01660717v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104161v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bara" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c01dc343bd2d8b7ca5ec0cc76593544582367de2;origin=https://hal.archives-ouvertes.fr/hal-04104161;visit=swh:1:snp:a19f2cbcb0b52ae5b85e9685ca8bf5b55945a2dd;anchor=swh:1:rel:320d09ca6e9470b2aa0c6a926be6f92ceecd9c4a;path=/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130846v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2c02a3fe640e2bf0d34e9b8f834b44b62f8691ba;origin=https://github.com/ClaraGalliano/PivotCIB-NumeRev;visit=swh:1:snp:d7fb11737de760ac14fd48993337b24de29365dc;anchor=swh:1:rev:08a94d7bcea900e3f1f5f942808685d8249c09de" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01808311v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-reymond" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2071-6594" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122796527" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reymond" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bretel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/arabesques.3825" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803600v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaric Tabari&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.11.067" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230000v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Cadel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gallezot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.1109" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouamvi Couao-Zotti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lebourgeois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Campos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12365" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691385v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Max Noyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.3014" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092346v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Duvernay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ely" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176403v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Galliano" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Quoniam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21747/21836671/pagnespc1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867494v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1695" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174764v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Martins Gandon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Ribeiro Nogueira Ferraz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5902/1983465928836" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010273v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47909/ijsmc.02" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02120465v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Alencar Nigro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Rog&#233;rio Mazieri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544829v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Durampart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905675v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.6259" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01835445v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Menezes da Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Rezende da Costa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5585/rgss.v7i1.393" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902245v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wpi.2016.10.001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01808316v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/lcn.12.4.9-18" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902242v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Antonio Maccari" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01263646v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lamirel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01794560v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Amor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boutin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marty" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279648v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dematraz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279649v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pin&#232;de" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806023v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pin&#232;de" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.2645" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279652v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141467v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119719v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230475v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975747v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974284v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975668v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heman Khouilla" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wolff" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Durand-Barthez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861913v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974218v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580847v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Larribaut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley-Gomez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lehmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580857v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276179v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cholley Gomez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955961v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966758v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175258v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289063v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064190v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Martin Lacroux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Muller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861872v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Faga" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Molt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Arruda Vanderlei" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01835468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON.2018.8363100" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625814v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nezha Cherrabi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud P&#233;lissier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279692v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279657v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279690v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279656v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279691v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279655v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01810052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809634v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Moraes dos Santos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terezinha Kniess" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279660v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279658v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279666v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279662v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279664v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279659v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279663v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00781585v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279661v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995776v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Baaziz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809895v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279667v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809831v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279668v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805655v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadijah Dib" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01810008v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00827736v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Amato" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279669v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Dib" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809857v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279670v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kromm" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674113v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lespinet-Najib" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Le Blanc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809816v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674114v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279671v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Le Blanc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lespinet-Najib" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612481v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716848v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477694v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Khalil Rebai" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Zacharewicz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Corbe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1878537.1878678" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279675v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thecle Alix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279676v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279678v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279673v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279674v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279677v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Khalil-Reba&#239;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Estelle Bordier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279672v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584978v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14319-9_26" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279680v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Mahmoud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279679v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279683v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Rouissi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279684v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279681v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279682v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pin&#232;de-Wojciechowski" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vieira" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279693v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279685v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279686v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279688v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.698" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279687v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279689v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580563v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna del Sordo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mulin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289068v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103412v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Bara" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243902v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807332638-humains-et-donnees-creation-mediation-decision-narration" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805302v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805394v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279650v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01809841v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279651v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502667v2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02643329v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01279653v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Corb&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Zacharevizc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01660717v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104161v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Bara" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c01dc343bd2d8b7ca5ec0cc76593544582367de2;origin=https://hal.archives-ouvertes.fr/hal-04104161;visit=swh:1:snp:a19f2cbcb0b52ae5b85e9685ca8bf5b55945a2dd;anchor=swh:1:rel:320d09ca6e9470b2aa0c6a926be6f92ceecd9c4a;path=/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130846v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2c02a3fe640e2bf0d34e9b8f834b44b62f8691ba;origin=https://github.com/ClaraGalliano/PivotCIB-NumeRev;visit=swh:1:snp:d7fb11737de760ac14fd48993337b24de29365dc;anchor=swh:1:rev:08a94d7bcea900e3f1f5f942808685d8249c09de" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01808311v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>