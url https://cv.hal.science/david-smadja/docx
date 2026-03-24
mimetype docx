--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,1015 +100,1015 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Lire la pensée écologique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, vol. 90 (no. 2), pp. 5-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« 1990-2000 : une autre réception française de Leo Strauss. Corine Pelluchon et Daniel Tanguay »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Philosophie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, vol. 86 (no. 2), pp. 121-139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04578548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Lire la pensée écologique »</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une entreprise polyphonique d’« histoire de la société intellectuelle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp. 139-153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La distinction public-privé à l’épreuve du débat bioéthique : le cas de la controverse sujet des embryons in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques de l'éthique, hégémonie médicale et pratiques de décodage des acteurs subalternes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la rationalisation informatique du soin : entre domination et institution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethica Clinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, De l’information à la robotique, 80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Penser le politique par le film » (avec David Smadja), hiver 2014-2015, n°86, p. 5-7.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Godmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La société du risque à l’épreuve de l’histoire : une digression heuristique de l’état de l’art vers quelques histoires surprenantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le groupe de réflexion éthique comme dispositif participatif et ordre négocié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Négociations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (21), pp. 79-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'œuvre de Bruno Latour : une pensée politique exégétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Godmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Latour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, vol. 90 (no. 2), pp. 5-11</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 2012/3 (47), pp.115-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rai.047.0115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...524 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La boîte noire de la controverse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Penser la controverse, 47, pp.5-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rai.047.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00840767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pierre Rosanvallon : une pensée critique paradoxale ? », n°44, novembre 2011, p. 163-172.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Godmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Latour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 2012/3 (47), pp.115-148. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Entretien avec Pierre Rosanvallon : parcours de recherche », n°44, novembre 2011, p. 173-200.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Godmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01860025v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01860024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1590,372 +1590,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La santé connectée en contextes : regard de politiste sur un outil de gestion communicationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « La santé connectée et son droit », Université d’Aix-Marseille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gouvernance multiniveaux et délibération : le concept de système délibératif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IDEP 2016 "La gouvernance multiniveaux au carrefour des disciplines", Université Paris-Est </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La santé connectée en contextes : regard de politiste sur un outil de gestion communicationnel</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire sociale des idées politiques et argumentation : la controverse comme modalité du social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « La santé connectée et son droit », Université d’Aix-Marseille</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Colloque international “Pour une histoire sociale des idées politiques” organisé par le CEVIPOF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Management public à l’hôpital et dispositif éthique participatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès des Associations francophones de science politique (CosPof 2015), Congrès annuel de l’Association suisse de science politique (ASSP), 9 février 2015 à l’université de Lausanne (UNIL). Section thématique « Politiques publiques et management public » organisée par D. Giauque et J Fortin.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acteur et observateur de la participation éthique à l’hôpital, « regard extérieur » et immersion en milieu participatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Chercheur.es et acteur.es de la participation. Liaisons dangereuses et relations fructueuses », GIS Démocratie et participation, Université Paris 8.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862168v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-01862165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratie délibérative et forum éthique : le cas des groupes de réflexion éthique à l’hôpital</w:t>
               </w:r>
@@ -2546,51 +2546,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier « Penser le politique par le film »Quaderni, hiver 2014-2015, n°86.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Godmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2647,165 +2647,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Notice « Peuple »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Smadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire encyclopédique de l’Etat. P. Pascal Mbongo, François Hervoüet, Carlo Santulli, (dir.).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, p. 709-714</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Notice « République »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">P. Pascal Mbongo, François Hervoüet, Carlo Santulli, (dir.), Dictionnaire encyclopédique de l’Etat.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, p. 805-810</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574296v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04574293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2960,51 +2960,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04578548v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smadja" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04578547v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862186v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399328v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862181v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858593v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godmer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399845v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399848v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862197v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840767v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.047.0005" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858609v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Latour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.047.0115" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860025v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860024v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040461v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Burkhardt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fiat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guilbot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Seidowsky" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04566400v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04568841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04568839v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04568837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861763v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862156v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862151v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862168v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862172v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862165v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862160v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862177v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862174v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04574282v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862206v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862191v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862194v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858044v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04574296v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04574293v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04578547v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smadja" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04578548v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862186v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399845v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399328v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862181v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858593v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Godmer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862197v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399848v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Latour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.047.0115" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840767v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.047.0005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860024v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860025v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040461v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Burkhardt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fiat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guilbot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Seidowsky" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04566400v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04568841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04568839v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04568837v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861763v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862151v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862156v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862172v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862165v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862168v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862160v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862177v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862174v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04574282v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862206v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862191v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862194v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858044v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04574293v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04574296v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>