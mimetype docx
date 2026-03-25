--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -719,174 +719,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04740832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La Marche à suivre de David Robert Mitchell (à propos de Under the Silver Lake)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vasse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Débordements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, [critique], [5 p.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’acteur amateur dans le cinéma de Jacques Doillon ou l’art du premier venu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Double Jeu : Théâtre / Cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Drôles d’endroits pour une rencontre : l’acteur amateur au cinéma et au théâtre, 15, pp.121-131. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/doublejeu.2426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/doublejeu.2426⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02157163v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04740984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une table à l’Élysée. À propos du Pouvoir de Patrick Rotman (2013)</w:t>
               </w:r>
@@ -4192,51 +4192,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04718970v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frazik" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vasse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wolkenstein" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11xzv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04718986v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740811v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vautrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.429" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740819v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cout&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.1333" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740828v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740832v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13013-0.p.0099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157163v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2426" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740984v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740844v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740838v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790538v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.821" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790537v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.1425" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740910v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740921v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740858v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.1934" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740930v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740900v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740951v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740968v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740971v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740976v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157168v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740444v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740454v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.77265" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790564v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puv.4989" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740459v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.76061" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740469v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.1736" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740472v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.1213" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740776v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.664" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740781v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740785v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.2135" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740791v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744711v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Thomas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Amiel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moure" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740061v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740464v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Fiant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.76010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01894659v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790547v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740090v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157169v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790549v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790541v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790550v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04718970v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Frazik" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vasse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wolkenstein" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11xzv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04718986v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740811v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vautrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.429" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740819v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cout&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.1333" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740828v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740832v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13013-0.p.0099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740984v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157163v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2426" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740844v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740838v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790538v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.821" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790537v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.1425" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740910v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740921v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740858v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.1934" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740930v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740900v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740951v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740968v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740971v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740976v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157168v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740444v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740454v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.77265" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790564v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puv.4989" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740459v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.76061" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740469v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.1736" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740472v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.1213" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740776v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.664" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740781v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740785v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.2135" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740791v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744711v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Thomas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Amiel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moure" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740061v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740464v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Fiant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.76010" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01894659v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790547v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740090v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02157169v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790549v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790541v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790550v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>