--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -950,248 +950,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04257956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le meurtre conjugal comme tentative d’appropriation subjective des expériences traumatiques familiales</w:t>
+                <w:t xml:space="preserve">L’agir violent numérique : aux frontières du réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Beuvelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vavassori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Harrati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dialogue. Familles &amp; couples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dia.228.0141⟩</w:t>
+              <w:t xml:space="preserve">Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, T.38 n° 1 (1), pp.103-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.105.0103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04672099v1</w:t>
+                <w:t xml:space="preserve">hal-04672103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’agir violent numérique : aux frontières du réel</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Le meurtre conjugal comme tentative d’appropriation subjective des expériences traumatiques familiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Beuvelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vavassori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Harrati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adolescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, T.38 n° 1 (1), pp.103-117. </w:t>
+              <w:t xml:space="preserve">Dialogue. Familles &amp; couples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 228 (2), pp.141-160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ado.105.0103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dia.228.0141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672103v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation des comportements agressifs routiers : adaptation et validation en version française de l'Aggressive Driving Behavior Scale (ADBS)</w:t>
               </w:r>
@@ -2403,51 +2403,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’après confinement : se réapproprier son corps et sa psyché dans le temps et l’espace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Beuvelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naomi Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4659,51 +4659,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Harrati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Beuvelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vavassori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5113,51 +5113,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FC8AE7B2"/>
+    <w:nsid w:val="F24D8D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5344,51 +5344,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-vavassori" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0376-2943" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069304297" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140044401" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556966v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poupart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Troub&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Texier-Bazin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouscail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bourdet-Loub&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep2.035.36.0101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672096v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vavassori" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harrati" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.052.0171" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877925v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672094v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.052.0185" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672097v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2022.11.007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Berdoulat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deninotti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2021.106404" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257956v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.571.0003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Beuvelet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.228.0141" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672103v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Colin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.105.0103" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2019.01.007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672100v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pcp.027.0129" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672105v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.104.0403" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672108v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.041.0183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672109v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coulanges" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.040.0193" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257920v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.556.0759" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006200v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dasilva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006170v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Munoz Sastre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Mazoyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cpc.039.0141" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877879v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877856v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672787v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672795v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690076v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Barth&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Rivet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672807v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619248v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619256v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619280v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619291v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619293v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101303v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johane Le Goff" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Brion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619328v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619336v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619340v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619359v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672062v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674631v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.vavas.2018.01.0010." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672063v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck M. Villerbu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672758v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.poupa.2022.01.0277" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672831v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003208570-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672760v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lamote" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.ducou.2021.01.0041" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672073v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674644v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.vavas.2018.01.0052" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407335v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnaire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Shankland" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Aguerre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.masse.2018.01.0063" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672115v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201830v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Hirschelmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227713v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salani&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Puech" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/david-vavassori" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0376-2943" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069304297" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140044401" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556966v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poupart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Troub&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Texier-Bazin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouscail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bourdet-Loub&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep2.035.36.0101" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672096v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vavassori" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harrati" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.052.0171" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877925v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672094v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.052.0185" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672097v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2022.11.007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Berdoulat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deninotti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2021.106404" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257956v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.571.0003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672103v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Colin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Beuvelet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.105.0103" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672099v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.228.0141" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2019.01.007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672100v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pcp.027.0129" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672105v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.104.0403" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672108v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.041.0183" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672109v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coulanges" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.040.0193" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257920v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.556.0759" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006200v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Dasilva" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006170v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Munoz Sastre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Mazoyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cpc.039.0141" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877879v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877856v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672787v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672795v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690076v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Barth&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Rivet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672807v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619248v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619256v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619280v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619291v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619293v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619297v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101303v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johane Le Goff" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Brion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619328v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619336v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619340v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619359v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672062v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674631v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.vavas.2018.01.0010." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672063v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck M. Villerbu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672758v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.poupa.2022.01.0277" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672831v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003208570-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672760v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lamote" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.ducou.2021.01.0041" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672073v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674644v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.vavas.2018.01.0052" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407335v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnaire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Shankland" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Aguerre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.masse.2018.01.0063" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672115v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672117v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201830v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Hirschelmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227713v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salani&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Puech" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>