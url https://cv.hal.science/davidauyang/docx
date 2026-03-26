--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -868,277 +868,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04724587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution d’un écosystème lacustre des Alpes du sud (Massif du Mercantour) depuis la fin de la dernière glaciation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abel Guihou</w:t>
+                <w:t xml:space="preserve">THE ADDED VALUE OF STABLE ISOTOPES TO MODEL RUNOFF GENERATION AND ECOHYDROLOGICAL PARTITIONING IN WEST AFRICA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Chavez-Espinoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Vallet-Coulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Kuppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Peugeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Hector</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">JMSC 2024 - 5ème édition des Journées de Modélisation des Surfaces Continentales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITES, Jun 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04515431v1</w:t>
+                <w:t xml:space="preserve">hal-05090885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE ADDED VALUE OF STABLE ISOTOPES TO MODEL RUNOFF GENERATION AND ECOHYDROLOGICAL PARTITIONING IN WEST AFRICA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Basile Hector</w:t>
+                <w:t xml:space="preserve">Evolution d’un écosystème lacustre des Alpes du sud (Massif du Mercantour) depuis la fin de la dernière glaciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosine Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Au Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sonzogni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Paillès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel Guihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMSC 2024 - 5ème édition des Journées de Modélisation des Surfaces Continentales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ITES, Jun 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05090885v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity of the French Mediterranean mountains to climate change and human activities since the end of the last deglaciation</w:t>
               </w:r>
@@ -2117,51 +2117,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363054v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Chaid-Saoudi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430649v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Cartier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Au Yang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paill&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alexandre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630374v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Lambert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C Power" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690550v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Kerry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427188v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jai G. Rebiere" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Becdelievre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12274" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04724587v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Mention" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aleman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mazur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sonzogni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-9872" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515431v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05090885v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Chavez-Espinoza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peugeot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Hector" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sylvestre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782275v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichraq Larbi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308493v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Genot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cartigny" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02557073v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Legendre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-4255-2020" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02180508v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Desboeufs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Widory" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-3779-2019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748821v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Au Yang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bardoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Assayag" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laskar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Widory" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.09.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363054v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Chaid-Saoudi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Sayle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430649v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Cartier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Au Yang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paill&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alexandre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630374v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Lambert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C Power" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivy Thomson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690550v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Kerry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427188v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jai G. Rebiere" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille de Becdelievre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Granier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.12274" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04724587v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Mention" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aleman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Mazur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sonzogni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-9872" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05090885v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Chavez-Espinoza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peugeot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Hector" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515431v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sylvestre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782275v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ichraq Larbi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Couvrat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308493v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Genot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cartigny" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02557073v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Legendre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-4255-2020" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02180508v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Desboeufs" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Widory" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-3779-2019" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748821v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Au Yang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bardoux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Assayag" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laskar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Widory" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2018.09.007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>