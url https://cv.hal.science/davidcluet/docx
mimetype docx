--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -862,429 +862,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03293983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spen modulates lipid droplet content in adult Drosophila glial cells and protects against paraquat toxicity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Quantitative Tri-fluorescent Yeast Two-hybrid System: From Flow Cytometry to In cellula Affinities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cluet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Girard</w:t>
+                <w:t xml:space="preserve">Ikram Amri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Vergier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Goubard</w:t>
+                <w:t xml:space="preserve">Jérémie Léault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Querenet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pays</w:t>
+                <w:t xml:space="preserve">Astrid Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-76891-9⟩</w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (4), pp.701-715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/mcp.TIR119.001692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03152587v1</w:t>
+                <w:t xml:space="preserve">hal-02929360v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gradient in cytoplasmic pressure in germline cells controls overlying epithelial cell morphogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie-Anne Lamiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Milani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie-Anne Lamiré</w:t>
+                <w:t xml:space="preserve">Gaël Runel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Milani</w:t>
+                <w:t xml:space="preserve">Annamaria Kiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leticia Arias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18 (11), pp.e3000940. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pbio.3000940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03052289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quantitative Tri-fluorescent Yeast Two-hybrid System: From Flow Cytometry to In cellula Affinities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Cluet</w:t>
+                <w:t xml:space="preserve">Spen modulates lipid droplet content in adult Drosophila glial cells and protects against paraquat toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Goubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ikram Amri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Blandine Vergier</w:t>
+                <w:t xml:space="preserve">Matthieu Querenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Léault</w:t>
+                <w:t xml:space="preserve">Laurent Seugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Audibert</w:t>
+                <w:t xml:space="preserve">Laurent Pays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (4), pp.701-715. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.20023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/mcp.TIR119.001692⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-76891-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929360v2</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03152587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical and functional interaction between SET1/COMPASS complex component CFP-1 and a Sin3S HDAC complex in C. elegans</w:t>
               </w:r>
@@ -1849,51 +1849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Nicolas Stebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Baumlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Léault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 12 (7), pp.1939-52</w:t>
@@ -1974,51 +1974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Nicolas Stebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Baumle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Léault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 12 (7), pp.1939-1952. </w:t>
@@ -2054,290 +2054,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04897217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Human T-Lymphotropic Virus Type 1 Tax Protein Inhibits Nonsense-Mediated mRNA Decay by Interacting with INT6/EIF3E and UPF1</w:t>
+                <w:t xml:space="preserve">INT6/EIF3E Interacts with ATM and Is Required for Proper Execution of the DNA Damage Response in Human Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mocquet</w:t>
+                <w:t xml:space="preserve">Christelle Morris-Desbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Neusiedler</w:t>
+                <w:t xml:space="preserve">Nozomi Tomimatsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Rende</w:t>
+                <w:t xml:space="preserve">Derek J. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Robin</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Burma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 72, pp.2006-2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04897285v1</w:t>
+                <w:t xml:space="preserve">ensl-00807724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INT6/EIF3E Interacts with ATM and Is Required for Proper Execution of the DNA Damage Response in Human Cells</w:t>
+                <w:t xml:space="preserve">The Human T-Lymphotropic Virus Type 1 Tax Protein Inhibits Nonsense-Mediated mRNA Decay by Interacting with INT6/EIF3E and UPF1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Morris-Desbois</w:t>
+                <w:t xml:space="preserve">Vincent Mocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nozomi Tomimatsu</w:t>
+                <w:t xml:space="preserve">Julia Neusiedler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derek J. Richard</w:t>
+                <w:t xml:space="preserve">Francesca Rende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandeep Burma</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (14), pp.7530-7543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.07021-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00807724v1</w:t>
+                <w:t xml:space="preserve">hal-04897285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CD44 and β3 Integrin Organize Two Functionally Distinct Actin-based Domains in Osteoclasts</w:t>
               </w:r>
@@ -2455,346 +2455,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04897443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of the NEF/CD4 physical interaction in HEK-293 cells using bioluminescence resonance energy transfer.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of Human Immunodeficiency Virus Type 1 Nef and CD4 Physical Interaction in Living Human Cells by Using Bioluminescence Resonance Energy Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cluet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cluet</w:t>
+                <w:t xml:space="preserve">Christophe Bertsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bertsch</w:t>
+                <w:t xml:space="preserve">Christian Beyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Beyer</w:t>
+                <w:t xml:space="preserve">Liliane Gloeckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gloekler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Erhardt</w:t>
+                <w:t xml:space="preserve">Mathieu Erhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 79, pp.8629-8636</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 79 (13), pp.8629-8636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.79.13.8629-8636.2005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00129834v1</w:t>
+                <w:t xml:space="preserve">hal-04897478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of Human Immunodeficiency Virus Type 1 Nef and CD4 Physical Interaction in Living Human Cells by Using Bioluminescence Resonance Energy Transfer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection of the NEF/CD4 physical interaction in HEK-293 cells using bioluminescence resonance energy transfer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bertsch</w:t>
+                <w:t xml:space="preserve">D. Cluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Beyer</w:t>
+                <w:t xml:space="preserve">C. Bertsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliane Gloeckler</w:t>
+                <w:t xml:space="preserve">C. Beyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Erhardt</w:t>
+                <w:t xml:space="preserve">L. Gloekler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Erhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 79 (13), pp.8629-8636. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 79, pp.8629-8636</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04897478v1</w:t>
+                <w:t xml:space="preserve">hal-00129834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Properties of a chimeric simian-human immunodeficiency virus expressing an hybrid HIV-1 Nef/SIVmac Nef protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bertsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Cluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Beyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gloeckler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2932,77 +2932,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Spichty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cluet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikram Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Vergier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Léault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -3193,51 +3193,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382257v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Basille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Kirke" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cluet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Bawadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309119v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Prochasson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Mghezzi-Habellah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Roisin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Palma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Labaronne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D&#233;cimo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bertrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Guiguettaz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault J.M. Sohier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234855v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Venet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribeiro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bellomo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Joshi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36140-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026557v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vergier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas-Pierre Levy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dehau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thurman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202100640" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293983v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morris" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano P Ricci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wrna.1658" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152587v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Girard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Goubard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Querenet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seugnet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pays" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76891-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052289v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie-Anne Lamir&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Milani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Runel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Kiss" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Arias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000940" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929360v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie L&#233;ault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Audibert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.TIR119.001692" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375443v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Beurton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemyslaw Stempor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Caron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Appert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Dong" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz880" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897064v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lambert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Terrone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Benoit-Pilven" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky545" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452903v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Spencer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingli Yu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guili" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Reynaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yindi Ding" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18040693" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01074628v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Nicolas Stebe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Riche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Spichty" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Delattre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00960932v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Dibenedetto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bauml&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897217v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baumle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M112.024612" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897285v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mocquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Neusiedler" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rende" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.07021-11" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00807724v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morris-Desbois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nozomi Tomimatsu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek J. Richard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Burma" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897443v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chabadel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Ba&#241;on-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Rudkin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Wehrle-Haller" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.e07-04-0378" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129834v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cluet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertsch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gloekler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erhardt" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897478v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertsch" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beyer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Gloeckler" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Erhardt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.79.13.8629-8636.2005" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897694v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gloeckler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cecile" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-002-0857-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q289D8MQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401992v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382257v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Basille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Kirke" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cluet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Bawadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309119v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Prochasson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Mghezzi-Habellah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Roisin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Palma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Labaronne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D&#233;cimo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bertrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Guiguettaz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault J.M. Sohier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234855v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Venet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Sa Ribeiro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie D&#233;cembre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bellomo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Joshi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36140-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026557v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vergier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas-Pierre Levy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dehau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thurman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202100640" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293983v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morris" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano P Ricci" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wrna.1658" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929360v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Amri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie L&#233;ault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Audibert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.TIR119.001692" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052289v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie-Anne Lamir&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Milani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Runel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Kiss" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Arias" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000940" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152587v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Girard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Goubard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Querenet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seugnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pays" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-76891-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375443v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Beurton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemyslaw Stempor" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Caron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Appert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Dong" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz880" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897064v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lambert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Terrone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Giraud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Benoit-Pilven" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky545" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452903v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Spencer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingli Yu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guili" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Reynaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yindi Ding" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms18040693" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01074628v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Nicolas Stebe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Riche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Spichty" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Delattre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00960932v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Dibenedetto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bauml&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897217v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baumle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M112.024612" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00807724v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morris-Desbois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nozomi Tomimatsu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek J. Richard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Burma" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897285v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mocquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Neusiedler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rende" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.07021-11" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897443v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chabadel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Ba&#241;on-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Rudkin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Wehrle-Haller" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.e07-04-0378" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897478v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertsch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Gloeckler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Erhardt" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.79.13.8629-8636.2005" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129834v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cluet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertsch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beyer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gloekler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erhardt" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04897694v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gloeckler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cecile" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-002-0857-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q289D8MQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401992v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>