--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -147,3376 +147,7195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The interaction between metals and catecholamines: oxidative stress, DNA damage, and implications for human health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Cassera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Capucciati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 226, pp.111366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainresbull.2025.111366⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05054221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecotoxicity of lanthanides to &amp;lt;em&amp;gt;Daphnia magna&amp;lt;/em&amp;gt;: insights from elemental behavior and speciation in a standardized test medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc A Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Fouque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 ([article e66]), 29 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial distribution of Rare Earth Elements in a transnational watershed: The case of the Danube River</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Pontvianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.164368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.164368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04108614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genotoxicity Set Up in Artemia franciscana Nauplii and Adults Exposed to Phenanthrene, Naphthalene, Fluoranthene, and Benzo(k)fluoranthene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Albarano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Serafini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Toscanesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Trifuoggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Zupo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (10), pp.1594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w14101594⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photocatalytic degradation of atrazine by an N-doped TiO2/polymer composite: catalytic efficiency and toxicity evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanda Navarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Sacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Venditto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Vaiano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (4), pp.108167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2022.108167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects and bioaccumulation of Cr(III), Cr(VI) and their mixture in the freshwater mussel Corbicula fluminea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Aharchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 297, pp.134090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.134090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405490v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profiling metal contamination from ultramafic sediments to biota along the Albanian shoreline of Lake Ohrid (Albania/Macedonia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth M Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Romero Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Camizuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 291, pp.112726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.112726⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photocatalytic ZnO-Assisted Degradation of Spiramycin in Urban Wastewater: Degradation Kinetics and Toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giusy Lofrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Libralato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Guida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonietta Siciliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (8), pp.1051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w13081051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrasting distribution of REE and yttrium among particulate, colloidal and dissolved fractions during low and high flows in peri-urban and agricultural river systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc A Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hissler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 790, pp.148207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.148207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03256186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Understanding Rare Earth Elements concentrations, anomalies and fluxes at the river basin scale: The Moselle River (France) as a case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Messaoudene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayfa Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barakat A Abdoul-Hamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 742, pp.140619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140619⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of lockdown on wastewater characteristics: A comparison of two large urban areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Water Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 82 (12), pp.2813-2822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2166/wst.2020.520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Testing the Use of Standardized Laboratory Tests to Infer Hg Bioaccumulation in Indigenous Benthic Organisms of Lake Maggiore (NW Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Bettinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Boggero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Valsecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Bioconversion, bioaccumulation and toxicity of mercury in a Changing World, 10 (6), pp.1970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app10061970⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of the toxic effects of mixtures of three lanthanides (Ce, Gd, Lu) to aquatic biota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Joonas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Muna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 661, pp.276-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.01.155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chromium bioavailability in aquatic systems impacted by tannery wastewaters. Part 1: Understanding chromium accumulation by indigenous chironomids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît J.D. Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Szalinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 653 (653), pp.401-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.10.259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chromium bioavailability in aquatic systems impacted by tannery wastewaters. Part 2: New insights from laboratory and in situ testing with Chironomus riparius Meigen (Diptera, Chironomidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît J.D. Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Szalinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 653 (653), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.10.258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01907178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of baseline ecotoxicity of sediments from a prospective mining area enriched in light rare earth elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mia Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 612, pp.831 - 839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.08.128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The European water-based environmental quality standard for pentachlorophenol is NOT protective of benthic organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Bettinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Kopp-Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 613-614, pp.39-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.09.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chromium hazard and risk assessment: New insights from a detailed speciation study in a standard test medium.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Aharchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cambier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Loizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (4), pp.983 - 992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.4044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecotoxicité et comportement environnemental des lanthanides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide a L Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de veille scientifique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31, pp.24-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-01533241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioaccumulation and subcellular partitioning of Cr(III) and Cr(VI) in the freshwater green alga Chlamydomonas reinhardtii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Aharchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maikel Rosabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengjie Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Battaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 182, pp.49-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2016.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03101854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total and methylmercury partitioning between colloids and true solution: From case studies in sediment overlying and porewaters to a generalized model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guédron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35 (2), pp.330-339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.3190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01254568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application des normes de qualité environnementale dans le biote (poisson) pour le mercure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de veille scientifique </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long-term persistence of sedimentary copper contamination in Lake Orta: potential environmental risks 20 years after liming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Bettinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Marchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de Limnologie - International Journal of Limnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 75 (s2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4081/jlimnol.2016.1232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01780047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lanthanide ecotoxicity: First attempt to measure environmental risk for aquatic organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bojic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 199, pp.139-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2015.01.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01967022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bioaccumulation kinetics and effects of sediment-bound contaminants on chironomids in deep waters: new insights using a low-disturbance in situ system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit J.D. Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A. L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Dominik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (4), pp.456-469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09593330.2013.831462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">United Nations Environment Programme's Global Mercury Partnership: Science for successful implementation of the Minamata Convention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Bank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Vigon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33 (6), pp.1199 - 1201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.2592⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01777435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental fate and ecotoxicity of lanthanides: Are they a uniform group beyond chemistry?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A. L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Leyval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Giamberini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 71, pp.148-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2014.06.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How reliable are data for the ecotoxicity of trivalent chromium to Daphnia Magna?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedetta Ponti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Bettinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Dossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Vignati Davide Anselmo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33 (10), pp.2280-2287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.2672⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trace element contamination in the arms of the Danube Delta (Romania/Ukraine): Current state of knowledge and future needs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Secrieru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliya I. Bogatova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Dominik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Céréghino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 125, pp. 169-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2013.04.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00908616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Public health benefits and risks of fish consumption: current scientific evidence v. media coverage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico A. Fa Pasquare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Bettinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Fumagalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A Da Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Public Health Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16 (10), pp.1885-1892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1368980012004302⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercury environmental quality standard for biota in Europe: Opportunities and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Polesello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Bettinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S Bank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (1), pp.167-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ieam.1379⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01119766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baseline Ecotoxicity of Waters from a Pristine Creek on Ultramafic substrate (Pluhuv Bor, Czechia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2025 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Prague (CZ), Czech Republic. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7185/gold2025.25368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05054100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bats as bioindicators of environmental levels of heavy metals and legacy organic contaminants through non-invasive approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Garzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Gili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Boggero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Corti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th National Conference on Biodiversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05054180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de l'écotoxicité d'eaux naturellement riches en nickel et chrome sur Daphnia magna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Frongia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 2024 de la Société Française d’Ecotoxicologie Fondamentale et Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d’Ecotoxicologie Fondamentale et Appliquée, Jul 2024, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel and chromium speciation in a small ultramafic catchment: implications for elemental bioavailability to freshwater organisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Investigation of adsorption and desorption behaviors of Cr(III) and Cr(VI) by colloidal carrying phases from ultramafic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Groleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Sivry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">1st Joint International Conference ICOBTE&amp;ICHMET 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Wuppertal, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04051647v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drivers of Cr and Ni Mobility in a Serpentine Catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Kram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Hruška</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Perez Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Curík Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of adsorption and desorption behaviors of Cr(III) and Cr(VI) by colloidal carrying phases from ultramafic systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Nickel and chromium speciation in a small ultramafic catchment: implications for elemental bioavailability to freshwater organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Beuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Joint International Conference ICOBTE&amp;ICHMET 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Wuppertal, Germany</w:t>
+              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04157522v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Empirically-Derived Freshwater Ecotoxicity Characterization Factors for Rare Earth Elements: Nd, Gd and Yb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schaubroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elorri Igos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hissler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 32nd Annual Meeting. Towards a Reduced Pollution Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SETAC - Society of Environmental Toxicology and Chemistry, May 2022, Copenhangue, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spéciation et écotoxicité du Ni et Cr dans un ruisseau de tête de bassin ultramafique (Pluhuv Bor, Tchéquie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Kram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuyen Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogeochemistry and ecotoxicity of chromium in a forested catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Kram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Curík Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">František Veselovský</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOGEOMON 2022, 10th International Symposium on Ecosystem Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Tartu, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03691337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chromium(VI) is more toxic than Cr(III): reality or myth?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Ambiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt Virtual 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement et abattement des Terres Rares dans la Station de Traitement des Eaux Urbaines du Grand Nancy : cas des boues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide a L Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIème congrès international du GRUTTEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02519602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecotoxicity of lanthanides to Daphnia magna</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">REE patterns along the Moselle River: effect of geology and land use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Setac Europe 29th annual meeting. One Environment. One Health. Sustainable societies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SETAC, May 2019, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Goldschmidt2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02119871v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges to a reliable understanding of lanthanides ecotoxicity using standardized tests</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biota-based environmental quality standards for mercury – a challenge for river-sea system research and management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC North America 40th annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">EUSDR (European Strategy for the Danube Region), Synergies and collaboration opportunities in advanced research for river-sea systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183862v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biota-based environmental quality standards for mercury – a challenge for river-sea system research and management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ecotoxicity of lanthanides to Daphnia magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Cossu-Leguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Sohm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Fouque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSDR (European Strategy for the Danube Region), Synergies and collaboration opportunities in advanced research for river-sea systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Bucharest, Romania</w:t>
+              <w:t xml:space="preserve">Setac Europe 29th annual meeting. One Environment. One Health. Sustainable societies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SETAC, May 2019, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140616v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02119871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REE patterns along the Moselle River: effect of geology and land use</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Challenges to a reliable understanding of lanthanides ecotoxicity using standardized tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lachaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bojic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Cossu-Leguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">SETAC North America 40th annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133482v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicity and bioaccumulation of rare earth metals in Daphnia magna</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Kahru</w:t>
+                <w:t xml:space="preserve">Rare Earth Elements in the Moselle River upstream of Nancy, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. K. Robleth Isman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Atinkpahoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Ecotoxicity Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">Workshop on Technology Critical Elements in Ecosystem and Human Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Tallin, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02930369v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are lanthanide mining exploitations a source of environmental toxicity?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Toxicity and bioaccumulation of rare earth metals in Daphnia magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marge Muna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Romero-Freire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Blinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aljona Lukjanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Kahru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Technology Critical Elements in Ecosystem and Human Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Tallin, Estonia</w:t>
+              <w:t xml:space="preserve">Canadian Ecotoxicity Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931953v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rare Earth Elements in the Moselle River upstream of Nancy, France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are lanthanide mining exploitations a source of environmental toxicity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moustapha Sow</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marge Muna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Joonas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Giamberini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Technology Critical Elements in Ecosystem and Human Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2018, Tallin, Estonia</w:t>
+              <w:t xml:space="preserve">, Jan 2018, Tallin, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133872v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un indicateur tissulaire non létal (écailles de poisson) pour le suivi de la contamination métallique dans les matrices biologiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l'Observatoire Terre et environnement de Lorraine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02930375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicokinetics of Gd and Gd-Lu mixture in Daphnia magna</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Multi-toxicity of lanthanides to aquatic biota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Joonas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marge Muna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Technology Critical Elements in Ecosystem and Human Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Tallin, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102573v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-toxicity of lanthanides to aquatic biota</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Toxicokinetics of Gd and Gd-Lu mixture in Daphnia magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marge Muna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Joonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Technology Critical Elements in Ecosystem and Human Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Tallin, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931958v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promoting “redox equality” in ecotoxicology: the case of Cr(VI) and Cr(III)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad Aharchaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Polesello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Jan Groenenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 27th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03130898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An integrated approach to the ecotoxicity assessment of nickel and other metals in aquatic organisms: A case study at Lake Ohrid (Albania)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Minguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Maria Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pain-Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International workshop Geochemical cycle of Ni, Co and Sc: from mining exploration to ecotoxicity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogeochemistry and toxicity assessment of sediments in a natural area enriched by light critical rare earth elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Jan Groenenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mia Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Biogeochemistry of Trace Elements ICOBTE 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03170080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deeper ecotoxicological insight into REE exploitations’ impact on aquatic biota</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Are trace metals bioaccumulated and toxic for aquatic organisms? A study along the ultramafic shoreline of Lake Ohrid (Albania)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Maria Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC North America 38th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Minneapolis (MN), United States</w:t>
+              <w:t xml:space="preserve">9th International Conference on Serpentine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Tirana and Pogradec, Albania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102660v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are trace metals bioaccumulated and toxic for aquatic organisms? A study along the ultramafic shoreline of Lake Ohrid (Albania)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">A deeper ecotoxicological insight into REE exploitations’ impact on aquatic biota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Joonas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marge Muna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rousselle</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Serpentine Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Tirana and Pogradec, Albania</w:t>
+              <w:t xml:space="preserve">SETAC North America 38th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Minneapolis (MN), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103304v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of nano Zn (ZnO) for the photocalytic degradation of antibiotics in wastewaters: process efficiency and ecotoxicological evaluation of the effluent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Carotenuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Siciliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Guida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Iannece</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7a edizione Giornate di Studio “Ricerca e applicazione di metodologie ecotossicologiche”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Livorno, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03133880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of colloids before, during and after a phytoplanktonic bloom in lake Geneva (Switzerland/France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chanudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Loizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Kottela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30. Congrès International de la SIL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Montréal, Canada. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3526,5333 +7345,5333 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pristine Ultramafic Waters Exhibit Baseline Chronic Ecotoxicity to Daphnia magna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 35th annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nickel Ecotoxicity to Raphidocelis subcapitata in Standard ISO Medium vs. Ultramafic Waters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Frongia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 35th annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights into the Speciation of Trivalent Chromium Exchangeable Pools at Particle Surfaces: An Isotopic Exchange Kinetic Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Marsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Groleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sajeev Krishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2025 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05054123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protective role of colloids against Cr and Ni ecotoxicity in a small ultramafic catchment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Environmentally safe use of ultramafic mineral resources for Ni supply requires assessing the biological effects of trivalent and hexavalent Cr mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yann Sivry</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Normant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 33rd annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">International Congress 'Metals for Electric Mobility'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04109741v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions of Cr(III)/Cr(VI) Mixtures with Freshwater Algae: a Stable Isotope Approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Protective role of colloids against Cr and Ni ecotoxicity in a small ultramafic catchment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Kram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maximilien Beuret</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Erban Kochergina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Sivry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">SETAC Europe 33rd annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04082369v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04109741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets écotoxicologiques des eaux d’un ruisseau de tête de bassin ultramafique (Pluhuv Bor, République Tchèque) sur l’invertébré aquatique Daphnia magna</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Interactions of Cr(III)/Cr(VI) Mixtures with Freshwater Algae: a Stable Isotope Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Simon</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyen Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Serpentine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180846v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04082369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally safe use of ultramafic mineral resources for Ni supply requires assessing the biological effects of trivalent and hexavalent Cr mixtures</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Effets écotoxicologiques des eaux d’un ruisseau de tête de bassin ultramafique (Pluhuv Bor, République Tchèque) sur l’invertébré aquatique Daphnia magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Frongia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Kram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Erban Kochergina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Maul</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress 'Metals for Electric Mobility'</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Nancy, France</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208742v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les protéoglycanes de surface des cellules CHO contribuent à la toxicité du Cr(III) et non du Cr(VI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad Aharchaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Fournel-Gigleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Société d'Écotoxicologie Fondamentale et Appliquée 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercury content of guano as a proxy for Hg exposure in bat colonies located in northwestern Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Garzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debernardi Paolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 32nd annual meeting. Towards a Reduced Pollution Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular mechanisms involved in Cr(III) uptake and excretion: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 32nd Annual Meeting. Towards a Reduced Pollution Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Copenhangue, Denmark. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03648774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de solutions isotopiquement enrichies pour l’analyse de l’exposition aux mélanges Cr(III)/Cr(VI) en écotoxicologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Ambiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Billet David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPECTR'ATOM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecotoxicity of mixture of Cr (III) and Cr (VI) to freshwater algae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Ambiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 32nd Annual Meeting. Towards a Reduced Pollution Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Copenhangue, Denmark. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecotoxicity of Rare Earth Elements to Freshwater Algae Using a Modified version of the International Standard Organization Test Medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Pauly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Giamberini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 31st Annual Meeting - Virtual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual Conference, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de l'exposition au mercure des colonies de chauves-souris d'Italie du nord à travers l'analyse du guano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Garzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuele Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debernardi Paolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 2021 de la Société Française d’Ecotoxicologie Fondamentale et Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03265933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photosynthetic activity as a proxy for algal growth inhibition: relevance for the ecotoxicity assessment of the poorly soluble Cr(III).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Lodato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Carotenuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Masfaraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giusy Lofrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 30th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Dublin, Ireland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photocatalytic atrazine degradation with the nanocomposite aerogel sPS/N-TiO2 under UV and visible light irradiation and toxicity evaluation of the process.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanda Navarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Sacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Vaiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Venditto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 30th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecotoxicity and speciation of Cr in a small ultramafic catchment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Leguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Beuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goncalves Valerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Kram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 30th Annual Meeting. Open Science for Enhanced Global Environmental Protection.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Dublin, Ireland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02444968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REE patterns along the Moselle River: effect of geology and land use</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Daily behavior and removal of Rare Earth Elements in the wastewater treatment plant of Grand Nancy (France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rare Earth elements supply: challenges and perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">SETAC Europe 29th annual meeting. One environment. One health. Sustainable societies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Helsinki, Finland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02357227v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daily behavior and removal of Rare Earth Elements in the wastewater treatment plant of Grand Nancy (France).</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Trends in mercury pollution levels of aquatic ecosystem components in the Republic of Uzbekistan.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bakhtiyor Karimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Plotzen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Polesello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 29th annual meeting. One environment. One health. Sustainable societies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Helsinki, Finland. </w:t>
+              <w:t xml:space="preserve">Setac Europe 29th annual meeting. One environment. One health. Sustainable societies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02126719v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02119877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in mercury pollution levels of aquatic ecosystem components in the Republic of Uzbekistan.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">REE patterns along the Moselle River: effect of geology and land use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Messaoudene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayfa Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barakat Abdoul-Hamid Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Setac Europe 29th annual meeting. One environment. One health. Sustainable societies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Rare Earth elements supply: challenges and perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02119877v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Making River-Sea Systems work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Usseglio-Polatera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Stanica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danubius-Pp Consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC North America 40th annual meeting - Great Together: Separate Challenges and Collective Solutions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Toronto (Ontario), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02416430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloidal transport in rivers: a pertinent tracer of water origin and mixing at catchment scale? Global change, landscape aging and the pulse of catchments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hissler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU Leonardo Conference Series on Earth’s Hydrological Cycle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Esch-sur-Alzette, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DANUBIUS-RI: Making River-Sea Systems Work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Friedrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Bold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Usseglio-Polatera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hissler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Setac Europe 29th annual meeting. One environment. One health. Sustainable societies.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02119882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fish scales as a tool for temporal biomonitoring of trace element concentrations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Solubility limits of lanthanides in standardized ecotoxicological media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérard Masson</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hissler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Jan Groenenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Giamberini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103284v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the toxic interaction of lanthanides on aquatic organisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Romero-Freire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Joonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marge Muna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Giamberini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03102717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative approach to assess ecological risks of sediment metallic contamination in Lake Ohrid (Albania)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Minguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Maria Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pain-Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03102724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of colloids in the dynamic of Rare Earth Elements at flood event scale in contaminated river basins.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fish scales as a tool for temporal biomonitoring of trace element concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Masson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Washington D.C., United States</w:t>
+              <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138782v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving ecotoxicity tests for trace elements forming poorly soluble chemical species in test media</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoît J.D. Ferrari</w:t>
+                <w:t xml:space="preserve">The role of colloids in the dynamic of Rare Earth Elements at flood event scale in contaminated river basins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hissler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gourdol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Giamberini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Rome, Italy</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Washington D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103281v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solubility limits of lanthanides in standardized ecotoxicological media</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Improving ecotoxicity tests for trace elements forming poorly soluble chemical species in test media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriana Giuseppina Acanfora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Carotenuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît J.D. Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 28th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103288v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing trophic transfer of trace metals along a bentho-pelagic food web from Lake Ohrid (Albania)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Assessment of trace element contents in water, sediments and food web components along the ultramafic shoreline of Lake Ohrid (Albania)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth M. Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Biogeochemistry of Trace Elements - ICOBTE 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">SETAC Europe 27th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03211042v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulated metal-spiked freshwater sediments with different metal bioavailability for toxicity and bioaccumulation tests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Lanthanide distribution across environmental compartments in a LREE enriched area in Quebec (Canada)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Romero-Freire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sylvie André-Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Minguez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Cayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 27th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133837v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanide distribution across environmental compartments in a LREE enriched area in Quebec (Canada)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Simon Devin</w:t>
+                <w:t xml:space="preserve">Analyzing trophic transfer of trace metals along a bentho-pelagic food web from Lake Ohrid (Albania)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Maria Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 27th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">International Conference on Biogeochemistry of Trace Elements - ICOBTE 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133835v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Bio)accumulation of REE in a natural area: from rocks to plants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Formulated metal-spiked freshwater sediments with different metal bioavailability for toxicity and bioaccumulation tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Romero-Freire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laure Giamberini</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Al Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Valsecchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Environmental Concentrations, Cycling &amp; Modeling of Technology Critical Elements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Rehovot, Israel</w:t>
+              <w:t xml:space="preserve">SETAC Europe 27th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03170068v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trace metal bioaccumulation in aquatic plants from Lake Ohrid (Albania)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">(Bio)accumulation of REE in a natural area: from rocks to plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Romero-Freire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Giamberini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Serpentine Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Tirana and Pogradec, Albania</w:t>
+              <w:t xml:space="preserve">Workshop Environmental Concentrations, Cycling &amp; Modeling of Technology Critical Elements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Rehovot, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103319v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of trace element contents in water, sediments and food web components along the ultramafic shoreline of Lake Ohrid (Albania)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Trace metal bioaccumulation in aquatic plants from Lake Ohrid (Albania)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Maria Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Minguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alma Imeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Bani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 27th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">9th International Conference on Serpentine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Tirana and Pogradec, Albania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133834v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding Cr biological fate in freshwater bivalves and identification of biomarkers</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Characterization and hazard assessment of effluents treated by photocatalytic processes using ZnO nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Carotenuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Siciliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Guida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Iannece</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées Promotion Procédés Produits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133866v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECOSCOPE: a mesocosm facility to evaluate stressor impacts on headwater streams across multiple levels of biological organization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">ECOSCOPE : une plate-forme de mésocosmes pour évaluer l'impact de stresseurs anthropique sur les écosystèmes aquatiques à plusieurs niveaux d'organisation biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bauda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Billoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Felten</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Danger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Felten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société d'Ecotoxicologie Fondamentale et Appliquée - SEFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133869v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03172499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing a shared methodology to develop reliable dose-response relationships for trivalent chromium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Understanding Cr biological fate in freshwater bivalves and identification of biomarkers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Aharchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Battaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bert Jan Groenenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133867v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of speciation in chromium hazard and risk assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Luc Loizeau</w:t>
+                <w:t xml:space="preserve">ECOSCOPE: a mesocosm facility to evaluate stressor impacts on headwater streams across multiple levels of biological organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Bauda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Billoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Danger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Felten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133838v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and hazard assessment of effluents treated by photocatalytic processes using ZnO nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Establishing a shared methodology to develop reliable dose-response relationships for trivalent chromium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Battaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Aharchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Jan Groenenberg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Promotion Procédés Produits</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133879v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECOSCOPE : une plate-forme de mésocosmes pour évaluer l'impact de stresseurs anthropique sur les écosystèmes aquatiques à plusieurs niveaux d'organisation biologique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Felten</w:t>
+                <w:t xml:space="preserve">The importance of speciation in chromium hazard and risk assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Aharchaou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Battaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Cambier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Loizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société d'Ecotoxicologie Fondamentale et Appliquée - SEFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Reims, France</w:t>
+              <w:t xml:space="preserve">SETAC Europe 26th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03172499v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03133838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory investigations offer new insights on how salinity and suspended matter concentration jointly affect the solid-to-water partitioning of PFAS in estuaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24072/pci.ecotoxenvchem.100249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular-level responses highlight physiological stress in muscle and liver tissue of apparently healthy European sardine specimen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Anselmo Luigi Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulsamie Hanano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24072/pci.ecotoxenvchem.100210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04688611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boîte à outils de l’écotoxicologie – épisode 1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+                <w:t xml:space="preserve">Effets et devenir des polluants: les bases de l'écotoxicologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03476350v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets et devenir des polluants: les bases de l'écotoxicologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
+                <w:t xml:space="preserve">Boîte à outils de l’écotoxicologie – épisode 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Masfaraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207009v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La course d’obstacles des « publis »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03216706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8862,4333 +12681,526 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing basin-scale circulation of Hg from multiple sources using paleolimnological, approaches, sediment long-term monitoring data and isotopic fingerprinting: a case study from Lake Maggiore (Italy/Switzerland)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aldo Marchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedetta Ponti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Camusso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecotoxicity of lanthanides to &amp;lt;i&amp;gt;Daphnia magna&amp;lt;/i&amp;gt;: insights from elemental behavior and speciation in a standardized test medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc A. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Zalouk-Vergnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Fouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04302491v4</w:t>
-              </w:r>
-[...3805 lines deleted...]
-                <w:t xml:space="preserve">hal-01119766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Critical Evaluation of Chromium(III) Ecotoxicity to Aquatic and Terrestrial Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Normant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chromium in Plants and Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.63-90, 2023, Environmental Science and Engineering, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-44029-8_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04437985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental effects of nZVI for land and groundwater remediation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Libralato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Costa Devoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annamaria Volpi Ghirardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Al Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lofrano G.; Libralato G.; Brown J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnologies for Environmental Remediation: Applications and Implications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, 2017, 978-3-319-53161-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-53162-5_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13198,105 +13210,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconciling standard procedures and environmental realism in ecotoxicology: conceptual and practical challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide A.L. Vignati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Other. Université de Lorraine, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03484547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId340"/>
+      <w:footerReference w:type="default" r:id="rId341"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13364,51 +13376,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B34C10ED"/>
+    <w:nsid w:val="80E71FAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13595,51 +13607,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/davide-vignati" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7940-2149" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/202661725" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054100v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A.L. Vignati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cossu-Leguille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Simon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Beuret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Normant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2025.25368" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054180v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garzoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Gili" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Ferrari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Boggero" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Corti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04599863v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Salles" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Frongia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04051647v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082389v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Kram" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Hru&#353;ka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Perez Rivera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cur&#237;k Jan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157522v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groleau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sivry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661036v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schaubroeck" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elorri Igos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hissler" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lachaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beuret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691337v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franti&#353;ek Veselovsk&#253;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207536v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Leguille" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ambiaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02519602v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Louis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide a L Vignati" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119871v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Anselmo Luigi Vignati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cossu-Leguille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Sohm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fouque" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Poirier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02183862v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bojic" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03140616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Al Vignati" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133482v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02930369v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marge Muna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romero-Freire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Blinova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aljona Lukjanova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kahru" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02931953v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Joonas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giamberini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133872v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Sow" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Robleth Isman" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Atinkpahoun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02930375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Masson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102573v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02931958v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03130898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Aharchaou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Polesello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Jan Groenenberg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103311v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Minguez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Maria Gross" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pain-Devin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170080v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romero-Freire" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minguez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Pelletier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102660v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103304v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wagner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousselle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133880v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Carotenuto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Siciliano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guida" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iannece" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818270v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chanudet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Loizeau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Druart" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kottela" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vignati" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967634v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967639v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054123v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Marsac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajeev Krishnan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04109741v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Erban Kochergina" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082369v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180846v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04208742v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661083v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Battaglia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournel-Gigleux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661039v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debernardi Paolo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03648774v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609162v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billet David" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609175v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207188v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Pauly" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Giamberini" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03265933v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02545407v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Lodato" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Masfaraud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giusy Lofrano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02546043v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Navarra" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Sacco" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Vaiano" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Daniel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Venditto" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444968v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goncalves Valerie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02357227v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Messaoudene" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayfa Jrad" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barakat Abdoul-Hamid Ahmed" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126719v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119877v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhtiyor Karimov" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Plotzen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416430v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Usseglio-Polatera" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Stanica" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danubius-Pp Consortium" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03233362v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119882v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Friedrich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Bold" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103284v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102717v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102724v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138782v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gourdol" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103281v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriana Giuseppina Acanfora" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Cornelis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J.D. Ferrari" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103288v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03211042v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133837v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Valsecchi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133835v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Andr&#233;-Meyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170068v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103319v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Imeri" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Bani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133834v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth M. Gross" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133866v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Battaglia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Poirot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133869v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bauda" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Billoir" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Danger" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Felten" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133867v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133838v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Py" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cambier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133879v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03172499v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauda" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Danger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Felten" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05360635v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecotoxenvchem.100249" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04688611v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulsamie Hanano" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecotoxenvchem.100210" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03476350v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vicente" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Vasseur" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207009v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03216706v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05360582v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Marchetto" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lami" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Ponti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Camusso" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04302491v4" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c A. Martin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Zalouk-Vergnoux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054221v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Cassera" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Capucciati" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2025.111366" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04728007v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c A Martin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.440" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108614v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Pontvianne" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.164368" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03715582v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.108167" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03670613v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Albarano" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Serafini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Toscanesi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Trifuoggi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Zupo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14101594" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03405490v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.134090" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207185v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Libralato" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Siciliano" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13081051" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03325563v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth M Gross" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romero Freire" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Camizuli" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112726" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03256186v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.148207" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02512868v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bettinetti" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10061970" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897410v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barakat A Abdoul-Hamid" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140619" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03083964v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2020.520" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907178v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roulier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Szalinska" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.258" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01990037v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joonas" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muna" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.01.155" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907047v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.259" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01726343v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Minguez" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caillet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.08.128" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697225v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Kopp-Schneider" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.09.055" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906558v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cambier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Loizeau" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4044" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01533241v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03101854v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maikel Rosabal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjie Liu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2016.11.004" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254568v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.3190" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J1GVFS17-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03139165v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01780047v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/jlimnol.2016.1232" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01967022v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.01.020" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9BWQV4TZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01777435v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bank" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Vigon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2592" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CF944PC7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076634v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit J.D. Ferrari" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A. L. Vignati" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Dominik" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2013.831462" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076652v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Gonzalez" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Leyval" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2014.06.019" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9TZV1TC0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078798v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Dossi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Vignati Davide Anselmo" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2672" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-94KQG823-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908616v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Secrieru" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya I. Bogatova" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis C&#233;r&#233;ghino" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2013.04.007" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121446v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico A. Fa Pasquare" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fumagalli" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A Da Vignati" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980012004302" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119766v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S Bank" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.1379" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NLQFP4WN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04437985v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44029-8_4" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03140615v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costa Devoti" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Volpi Ghirardini" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53162-5_10" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03484547v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/davide-vignati" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7940-2149" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/202661725" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054221v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Cassera" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Ferrari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A.L. Vignati" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Capucciati" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2025.111366" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04728007v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c A Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Poirier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Zalouk-Vergnoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Fouque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.440" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108614v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Louis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Pontvianne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.164368" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03670613v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Albarano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Serafini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Toscanesi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Trifuoggi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Zupo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14101594" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03715582v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Navarra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Sacco" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Daniel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Venditto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Vaiano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.108167" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03405490v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Aharchaou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Pauly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Poirot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.134090" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03325563v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minguez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth M Gross" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romero Freire" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Camizuli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112726" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207185v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giusy Lofrano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Libralato" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guida" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Siciliano" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13081051" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03256186v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hissler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.148207" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02897410v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Messaoudene" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayfa Jrad" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barakat A Abdoul-Hamid" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Anselmo Luigi Vignati" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140619" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03083964v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2020.520" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02512868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bettinetti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Boggero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Valsecchi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10061970" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01990037v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Romero-Freire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joonas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Muna" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cossu-Leguille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.01.155" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907047v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J.D. Ferrari" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roulier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Szalinska" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.259" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907178v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.258" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01726343v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romero-Freire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Minguez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Pelletier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caillet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.08.128" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WHNXMR7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697225v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Kopp-Schneider" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.09.055" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906558v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Py" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cambier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Loizeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Cornelis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4044" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01533241v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide a L Vignati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03101854v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maikel Rosabal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjie Liu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Battaglia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Al Vignati" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2016.11.004" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254568v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.3190" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J1GVFS17-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03139165v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01780047v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Marchetto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/jlimnol.2016.1232" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01967022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bojic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.01.020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9BWQV4TZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076634v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit J.D. Ferrari" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A. L. Vignati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Dominik" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2013.831462" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01777435v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bank" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Vigon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2592" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CF944PC7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076652v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Gonzalez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Leyval" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Giamberini" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2014.06.019" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9TZV1TC0-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078798v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Ponti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Dossi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Vignati Davide Anselmo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.2672" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-94KQG823-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908616v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Secrieru" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya I. Bogatova" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis C&#233;r&#233;ghino" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2013.04.007" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121446v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico A. Fa Pasquare" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fumagalli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide A Da Vignati" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980012004302" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119766v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Polesello" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S Bank" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.1379" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NLQFP4WN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054100v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Simon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Beuret" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Normant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2025.25368" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054180v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garzoli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Gili" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Corti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04599863v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Salles" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Frongia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157522v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groleau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Sivry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082389v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Kram" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Hru&#353;ka" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Perez Rivera" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cur&#237;k Jan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04051647v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661036v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schaubroeck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elorri Igos" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lachaux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661071v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyen Nguyen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beuret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03691337v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franti&#353;ek Veselovsk&#253;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207536v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Leguille" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ambiaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02519602v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133482v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03140616v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119871v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cossu-Leguille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Sohm" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02183862v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133872v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Sow" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Robleth Isman" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Atinkpahoun" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02930369v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marge Muna" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Blinova" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aljona Lukjanova" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kahru" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02931953v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Joonas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giamberini" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02930375v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Masson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02931958v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102573v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03130898v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Jan Groenenberg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103311v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Minguez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Maria Gross" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pain-Devin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170080v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103304v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Wagner" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousselle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102660v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133880v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Carotenuto" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Siciliano" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Iannece" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818270v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chanudet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Loizeau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Druart" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kottela" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vignati" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967634v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04967639v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05054123v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Marsac" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajeev Krishnan" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04208742v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04109741v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Erban Kochergina" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082369v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04180846v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661083v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Battaglia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fournel-Gigleux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03661039v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debernardi Paolo" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03648774v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609162v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billet David" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03609175v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207188v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03265933v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02545407v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Lodato" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Masfaraud" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02546043v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444968v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goncalves Valerie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126719v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119877v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhtiyor Karimov" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Plotzen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02357227v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barakat Abdoul-Hamid Ahmed" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416430v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Usseglio-Polatera" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Stanica" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danubius-Pp Consortium" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03233362v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119882v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Friedrich" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Bold" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103288v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102717v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102724v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103284v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138782v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gourdol" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103281v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriana Giuseppina Acanfora" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133834v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth M. Gross" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133835v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Andr&#233;-Meyer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03211042v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133837v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03170068v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03103319v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Imeri" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Bani" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133879v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03172499v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauda" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Billoir" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Danger" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Felten" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133866v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133869v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bauda" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Danger" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Felten" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133867v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03133838v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cambier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05360635v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecotoxenvchem.100249" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04688611v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulsamie Hanano" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.ecotoxenvchem.100210" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207009v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Vasseur" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vicente" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03476350v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03216706v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05360582v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lami" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Camusso" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04302491v4" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c A. Martin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04437985v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-44029-8_4" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03140615v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costa Devoti" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Volpi Ghirardini" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53162-5_10" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03484547v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>