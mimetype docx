--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -369,77 +369,925 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04737038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervenir en santé au travail en Etablissement d’Hébergement pour Personnes Âgées Dépendantes (EHPAD) par la mise en œuvre et l’évaluation d’une équipe mobile QVCT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Vital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème édition des Rencontres Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La simulation d'activité à visée organisationnelle : un outil pour développer le pouvoir d'agir et le soutien social des professionnels d’EHPAD ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Vital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10eme Junior Colloque du Réseau de Recherches en Psychologie du Travail et des Organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Criteria for strengthening the social utility of WOP research: an examination through its links to practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Rouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIPTLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montréal (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04737253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervenir en santé au travail en Établissement d’Hébergement pour Personnes Âgées Dépendantes (EHPAD) par la mise en œuvre et l’évaluation d’une équipe mobile QVCT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia d'Acunto Vital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2ème Journée d’étude du R2QVT : « La QVcT des professionnels de la santé : état des lieux, outils et perspectives »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, MSH Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervenir en santé au travail en EHPAD par la mise en œuvre et l’évaluation d’espaces de discussion sur le travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Vital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22ème congrès de l’Association Internationale de Psychologie du Travail de Langue Française, HEC Montréal, Jul 2023, Montréal, Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIPTLF, Jul 2023, Montréal (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des visages, des figures : dénomination et représentation des personnes en situation de migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Parant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Grados</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude Figures et accueil des personnes en situation de migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’accueil des personnes en situation de migration : que nous dit la presse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphéline Ginguené</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Parant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Madiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Laguette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude Figures et accueil des personnes en situation de migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'analyse du travail comme objet et comme moyen d'une « formation action » des manageurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Thery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50e congrès de la SELF. Articulation performance et santé dans l’évolution des systèmes de production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sandrine Caroly (PACTE; Université de Grenoble) &amp; Alexandre Morais (PSA), Sep 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03256940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Criteria for Strengthening the Social Utility of Work and Organizational Psychology Research: an Examination Through its Links to Practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Rouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -455,73 +1303,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le travail humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 87 (4), pp.241-259</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05112004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels critères pour renforcer l'utilité sociale de la recherche en PTO? Un examen à partir de son articulation avec l'intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Rouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -537,1793 +1385,945 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le travail humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4 (87)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05010190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un management soutenable et soutenant : unir performance et santé grâce à la mise en discussion du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Castel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pto.2023.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04473950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organizational, relational and individual antecedents to the socialization of people with disabilities: An exploratory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranya Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Perreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pto.2024.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04601617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Ecological Momentary Interventions on Regulatory Strategies of Perceived Stress at Work: An Exploratory Study Based on the Application &amp;quot;MON SHERPA” Used in an Ecological Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Perreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Belouahchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Loup-Escande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Review of European Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (4), pp.49556. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5539/res.v15n4p1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04601608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une étude exploratoire sur le pouvoir de faire et le contrôle du faire chez les chauffeurs VTC uberisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kalloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Loup-Escande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Castel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pto.2022.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal Shift from Car to Bus: A French Case Study in a Rural Context Based on an Integrated Psychosocial Approach</w:t>
+                <w:t xml:space="preserve">Déviance, innovation et pouvoir d'agir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Parant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Revue nouvelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74 (1), pp.36-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rn.191.0036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03601359v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03606186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déviance, innovation et pouvoir d'agir</w:t>
+                <w:t xml:space="preserve">Modal Shift from Car to Bus: A French Case Study in a Rural Context Based on an Integrated Psychosocial Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chatain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souad Anegmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Parant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue nouvelle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Transportation Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (3), pp.149-167</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03606186v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Female Migrants' Acculturation Strategies on Sexism, Social Dominance Orientation and Perception of the Female Migrant in a Home and a Host Country</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Durand-Delvigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Boza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 30 (1), pp.29-40. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/irsp.27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les émotions en contexte de reconversion professionnelle : revue de questions et pistes de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Thibauville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Valléry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 46/3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/osp.5496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03606044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of bilan de competence on beneficiaries' emotional states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Thibauville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Castel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 22 (2), pp.110-122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pto.2016.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03601361v1</w:t>
-              </w:r>
-[...846 lines deleted...]
-                <w:t xml:space="preserve">hal-03256940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2959,90 +2959,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme de Recherche pour une Approche Intégrative de la Réduction de l’Impact Environnemental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Chesterman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Felonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Laguette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ADEME. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3237,51 +3237,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vincent Angel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Castel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Rouat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737033v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Angel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737038v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05112004v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05010190v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04473950v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Castel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2023.12.001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04601617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranya Bennani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perreau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2024.03.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04601608v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Belouahchi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loup-Escande" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/res.v15n4p1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842001v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kalloum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Loup-Escande" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2022.09.003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601359v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chatain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Anegmar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Parant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606186v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rn.191.0036" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601360v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Durand-Delvigne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Boza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.27" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03606044v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thibauville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vall&#233;ry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.5496" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601361v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thibauville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2016.02.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869736v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vital" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869765v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902013v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia d'Acunto Vital" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869599v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850673v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Grados" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;ph&#233;line Ginguen&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Madiot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Laguette" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03256940v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bourgeois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Thery" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370737v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/psychologie-du-travail-et-des-organisations/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Leddet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606138v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606103v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Leulier-Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03606030v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.valle.2019.01.0390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606178v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606200v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Guillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606222v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chesterman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Causse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Felonneau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471460v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vincent Angel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Castel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Rouat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737033v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Angel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737038v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869765v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vital" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869736v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737253v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902013v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia d'Acunto Vital" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869599v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850673v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Parant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Grados" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;ph&#233;line Ginguen&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850685v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Madiot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Laguette" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03256940v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bourgeois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Thery" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05112004v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05010190v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04473950v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Castel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2023.12.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04601617v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranya Bennani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Perreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2024.03.001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04601608v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Belouahchi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Loup-Escande" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/res.v15n4p1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842001v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kalloum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Loup-Escande" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2022.09.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606186v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rn.191.0036" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601359v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chatain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Anegmar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601360v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Durand-Delvigne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Boza" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.27" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03606044v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thibauville" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vall&#233;ry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.5496" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03601361v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thibauville" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2016.02.003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370737v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/psychologie-du-travail-et-des-organisations/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Leddet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606138v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606103v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Leulier-Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03606030v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.valle.2019.01.0390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606178v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606200v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Guillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606222v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chesterman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Causse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Felonneau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>