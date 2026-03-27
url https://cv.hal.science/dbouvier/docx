--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -368,325 +368,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of FGF23 elevation in patients with hypophosphatemia</w:t>
+                <w:t xml:space="preserve">Approches clinico-biologiques de la recherche spectrophotométrique d’oxyhémoglobine et de bilirubine dans le LCS pour la prise en charge de l’hémorragie méningée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Oris</w:t>
+                <w:t xml:space="preserve">Nathan Nowicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Lautrette</w:t>
+                <w:t xml:space="preserve">Stephane Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Dougé</w:t>
+                <w:t xml:space="preserve">Marie Lise Bats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farouk Bouraima</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samy Kahouadji</w:t>
+                <w:t xml:space="preserve">Claude Bendavid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Bigot-Corbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cca.2024.117782⟩</w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 82 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2024.1920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05095689v1</w:t>
+                <w:t xml:space="preserve">hal-04846544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches clinico-biologiques de la recherche spectrophotométrique d’oxyhémoglobine et de bilirubine dans le LCS pour la prise en charge de l’hémorragie méningée</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prevalence of FGF23 elevation in patients with hypophosphatemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Allouche</w:t>
+                <w:t xml:space="preserve">Charlotte Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Lise Bats</w:t>
+                <w:t xml:space="preserve">Alexandre Lautrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Bendavid</w:t>
+                <w:t xml:space="preserve">Aurore Dougé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edith Bigot-Corbel</w:t>
+                <w:t xml:space="preserve">Farouk Bouraima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Kahouadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 82 (5), </w:t>
+              <w:t xml:space="preserve">Clinica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 554, pp.117782. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/abc.2024.1920⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cca.2024.117782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04846544v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tumor-Induced Osteomalacia in Patients With Malignancy: A Meta-analysis and Systematic Review of Case Reports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Bouraima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1042,51 +1042,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les neurofilaments : un nouveau biomarqueur clé pour les cliniciens. Partie 2 : neurofilaments, un intérêt au-delà des maladies neurodégénératives</w:t>
+                <w:t xml:space="preserve">Neurofilaments contribution in clinic: state of the art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bousiges</w:t>
@@ -1121,484 +1121,484 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Fourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 80 (5), pp.441-450. </w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/abc.2022.1758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2022.1034684⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04258362v1</w:t>
+                <w:t xml:space="preserve">hal-04312519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurofilaments contribution in clinic: state of the art</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anthony Fourier</w:t>
+                <w:t xml:space="preserve">The Impact of Job-Demand-Control-Support on Leptin and Ghrelin as Biomarkers of Stress in Emergency Healthcare Workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bouillon-Minois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Outrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oluwaseun John Adeyemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2022.1034684⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (23), pp.5009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu14235009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04312519v1</w:t>
+                <w:t xml:space="preserve">hal-04973720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Job-Demand-Control-Support on Leptin and Ghrelin as Biomarkers of Stress in Emergency Healthcare Workers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Sapin</w:t>
+                <w:t xml:space="preserve">A chronic low-dose magnesium L-lactate administration has a beneficial effect on the myocardium and the skeletal muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Magalhaes Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Dubouchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystele Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Rigaudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Patrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu14235009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 78, pp.501-516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13105-021-00827-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973720v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A chronic low-dose magnesium L-lactate administration has a beneficial effect on the myocardium and the skeletal muscles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Patrac</w:t>
+                <w:t xml:space="preserve">Les neurofilaments : un nouveau biomarqueur clé pour les cliniciens. Partie 2 : neurofilaments, un intérêt au-delà des maladies neurodégénératives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bousiges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fillée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 78, pp.501-516. </w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 80 (5), pp.441-450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13105-021-00827-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/abc.2022.1758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03311529v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les neurofilaments : un nouveau biomarqueur clé pour les cliniciens. Partie 1 : intérêt des neurofilaments dans la prise en charge des maladies neurodégénératives</w:t>
               </w:r>
@@ -1718,51 +1718,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive performance of blood S100B in the management of patients over 65 years old with mild traumatic brain injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bouillon-Minois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1984,468 +1984,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03403165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cord blood S100B: reference ranges and interest for early identification of newborns with brain injury.</w:t>
+                <w:t xml:space="preserve">Interest of blood biomarkers to predict lesions in medical imaging in the context of mild traumatic brain injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Giguère</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
+                <w:t xml:space="preserve">Oris Charlotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bernard</w:t>
+                <w:t xml:space="preserve">Brailova Marina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Marc</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sapin Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 58 (2), pp.285-293. </w:t>
+              <w:t xml:space="preserve">Clinical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 85, pp.5-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/cclm-2019-0737⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2020.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03023278v1</w:t>
+                <w:t xml:space="preserve">hal-03248102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interest of blood biomarkers to predict lesions in medical imaging in the context of mild traumatic brain injury</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inherited Metabolic Diseases and Cardiac Pathology in Adults: Diagnosis and Prevalence in a CardioMetabo Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oris Charlotte</w:t>
+                <w:t xml:space="preserve">Marina Brailova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brailova Marina</w:t>
+                <w:t xml:space="preserve">Guillaume Clerfond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Trésorier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Minet-Quinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2020.08.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (3), pp.694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm9030694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03248102v1</w:t>
+                <w:t xml:space="preserve">hal-03247990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inherited Metabolic Diseases and Cardiac Pathology in Adults: Diagnosis and Prevalence in a CardioMetabo Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marina Brailova</w:t>
+                <w:t xml:space="preserve">Cord blood S100B: reference ranges and interest for early identification of newborns with brain injury.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Clerfond</w:t>
+                <w:t xml:space="preserve">Yves Giguère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Trésorier</w:t>
+                <w:t xml:space="preserve">Nathalie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régine Minet-Quinard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Durif</w:t>
+                <w:t xml:space="preserve">Isabelle Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (3), pp.694. </w:t>
+              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58 (2), pp.285-293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm9030694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/cclm-2019-0737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03247990v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of maternal prenatal psychological stress on birth weight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanie Mélançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2535,64 +2535,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A procedure to extract functional isolated mitochondria from small-sized human atrial samples. Application to obesity with a partial characterisation of the organelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystele Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Patrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Batel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2669,51 +2669,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of sRAGE, HMGB1, AGE, and S100A8/A9 Concentrations in Plasma and in Serum-Extracted Extracellular Vesicles of Pregnant Women With Preterm Premature Rupture of Membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Giguère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2784,295 +2784,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03023123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the advantage of the serum S100B protein biomonitoring in the management of paediatric mild traumatic brain injury—PROS100B: protocol of a multicentre unblinded stepped wedge cluster randomised trial</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inhibition of the Receptor for Advanced Glycation End-Products in Acute Respiratory Distress Syndrome: A Randomised Laboratory Trial in Piglets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Balayssac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Durif</w:t>
+                <w:t xml:space="preserve">Jules Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Mourgues</w:t>
+                <w:t xml:space="preserve">Thomas Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Sarret</w:t>
+                <w:t xml:space="preserve">Raiko Blondonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Joffredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Paquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2018-027365⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.9227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-45798-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02237348v1</w:t>
+                <w:t xml:space="preserve">hal-03023315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of the Receptor for Advanced Glycation End-Products in Acute Respiratory Distress Syndrome: A Randomised Laboratory Trial in Piglets.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Godet</w:t>
+                <w:t xml:space="preserve">Assessment of the advantage of the serum S100B protein biomonitoring in the management of paediatric mild traumatic brain injury—PROS100B: protocol of a multicentre unblinded stepped wedge cluster randomised trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raiko Blondonnet</w:t>
+                <w:t xml:space="preserve">David Balayssac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Joffredo</w:t>
+                <w:t xml:space="preserve">Charline Mourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertille Paquette</w:t>
+                <w:t xml:space="preserve">Catherine Sarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.9227. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (5), pp.e027365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-45798-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2018-027365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023315v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02237348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary EPA Increases Rat Mortality in Diabetes Mellitus, A Phenomenon Which Is Compensated by Green Tea Extract</w:t>
               </w:r>
@@ -3186,593 +3186,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02360530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Maternal Weight and Gestational Weight Gain with Maternal and Neonate Outcomes: A Prospective Cohort Study.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Macrophages inability to mediate adherent-invasive E. coli replication is linked to autophagy in Crohn’s disease patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Dion-Buteau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Bujold</w:t>
+                <w:t xml:space="preserve">Anthony Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Douadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemlhi Ouchchane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Goutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hugot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm8122074⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (11), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells8111394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03023294v1</w:t>
+                <w:t xml:space="preserve">hal-02518526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macrophages inability to mediate adherent-invasive E. coli replication is linked to autophagy in Crohn’s disease patients</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marion Goutte</w:t>
+                <w:t xml:space="preserve">Use of antidepressants and anxiolytics in early pregnancy and the risk of preeclampsia and gestational hypertension: a prospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Hugot</w:t>
+                <w:t xml:space="preserve">George M Tarabulsy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bujold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (11), pp.1-17. </w:t>
+              <w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (1), pp.146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells8111394⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12884-019-2285-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518526v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02292743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of antidepressants and anxiolytics in early pregnancy and the risk of preeclampsia and gestational hypertension: a prospective study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bernard</w:t>
+                <w:t xml:space="preserve">Risk Factors and Outcomes of Preterm Premature Rupture of Membranes in a Cohort of 6968 Pregnant Women Prospectively Recruited.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">George M Tarabulsy</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bujold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Bouvier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12884-019-2285-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm8111987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02292743v1</w:t>
+                <w:t xml:space="preserve">hal-03023207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk Factors and Outcomes of Preterm Premature Rupture of Membranes in a Cohort of 6968 Pregnant Women Prospectively Recruited.</w:t>
+                <w:t xml:space="preserve">Association of Maternal Weight and Gestational Weight Gain with Maternal and Neonate Outcomes: A Prospective Cohort Study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Loïc Blanchon</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dion-Buteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bujold</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 8 (11), </w:t>
+              <w:t xml:space="preserve">, 2019, 8 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm8111987⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm8122074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023207v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03023294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of S100B protein: evaluation of a new prototype on a bioMérieux Vidas® 3 analyzer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Russel Chabanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3780,51 +3780,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Kahouadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Brailova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 57 (8), pp.1177-1184. </w:t>
@@ -3856,295 +3856,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03023298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined evaluation of biomarkers as predictor of maintained remission in Crohn's disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antioxidant and Cardio-protective Effects of epa in Early Low-severity Sepsis through ucp3- and sirt3-upholding of the Mitochondrial Redox Potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasra Azarnoush</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Sollelis</w:t>
+                <w:t xml:space="preserve">Amidou Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régine Minet Quinard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Félix Goutorbe</w:t>
+                <w:t xml:space="preserve">Lucie Cassagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3748/wjg.v25.i19.2354⟩</w:t>
+              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, 21 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2019/9710352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02152863v1</w:t>
+                <w:t xml:space="preserve">hal-02282312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant and Cardio-protective Effects of epa in Early Low-severity Sepsis through ucp3- and sirt3-upholding of the Mitochondrial Redox Potential</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kasra Azarnoush</w:t>
+                <w:t xml:space="preserve">Combined evaluation of biomarkers as predictor of maintained remission in Crohn's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Sollelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Minet Quinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amidou Traoré</w:t>
+                <w:t xml:space="preserve">Guillaume Bouguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Goutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Cassagnes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Rigaudière</w:t>
+                <w:t xml:space="preserve">Félix Goutorbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2019, 21 p. </w:t>
+              <w:t xml:space="preserve">World Journal of Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (19), pp.2354-2364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2019/9710352⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3748/wjg.v25.i19.2354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02282312v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the capillary assay of C-reactive protein (CRP) through the lenght of consultation in pediatric emergencies and its economic impact.</w:t>
               </w:r>
@@ -4169,64 +4169,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cosme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Mourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Sarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.545-552. </w:t>
@@ -4264,51 +4264,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Biomarker S100B and Mild Traumatic Brain Injury: A Meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4398,77 +4398,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driving pressure and acute respiratory distress syndrome in critically ill patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiko Blondonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Berthelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4532,332 +4532,332 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method validation of a set of 12 GEM® Premier™ 4000 blood gas analyzers for point-of-care testing in a university teaching hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Oris</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoan Clavel</w:t>
+                <w:t xml:space="preserve">Thomas Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Paul Rouzaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadj Abdelkader Mohamed</w:t>
+                <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Practical Laboratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10, pp.21 - 33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plabm.2017.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919218v1</w:t>
+                <w:t xml:space="preserve">hal-01919305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method validation of a set of 12 GEM® Premier™ 4000 blood gas analyzers for point-of-care testing in a university teaching hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Bouvier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Duret</w:t>
+                <w:t xml:space="preserve">Yoan Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Rouzaire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
+                <w:t xml:space="preserve">Annick Pialat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Rouzaire</w:t>
+                <w:t xml:space="preserve">Hadj Abdelkader Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Practical Laboratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10, pp.21 - 33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.plabm.2017.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919305v1</w:t>
+                <w:t xml:space="preserve">hal-01919218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vitro Method to Control Concentrations of Halogenated Gases in Cultured Alveolar Epithelial Cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiko Blondonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Paquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Richard Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4934,51 +4934,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cigarette smoke condensate affects the retinoid pathway in human amnion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Comptour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5202,64 +5202,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAGE inhibition reduces acute lung injury in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiko Blondonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Belville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5330,412 +5330,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utility of S100B Serum Level for the Determination of Concussion in Male Rugby Players</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A support to biological validation of oxygenation parameters.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Godignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 47 (4), pp.781 - 789. </w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.653-663. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40279-016-0579-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/abc.2017.1274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919755v1</w:t>
+                <w:t xml:space="preserve">hal-01919730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference ranges for serum S100B neuroprotein specific to infants under four months of age</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Simon-Pimmel</w:t>
+                <w:t xml:space="preserve">Utility of S100B Serum Level for the Determination of Concussion in Male Rugby Players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fleur Lorton</w:t>
+                <w:t xml:space="preserve">Mathieu Abbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Masson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Hanf</w:t>
+                <w:t xml:space="preserve">Thibault Stiernon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2017.08.014⟩</w:t>
+              <w:t xml:space="preserve">Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47 (4), pp.781 - 789. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40279-016-0579-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919740v1</w:t>
+                <w:t xml:space="preserve">hal-01919755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A support to biological validation of oxygenation parameters.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reference ranges for serum S100B neuroprotein specific to infants under four months of age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Simon-Pimmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Lorton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Godignon</w:t>
+                <w:t xml:space="preserve">Damien Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Costes</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matthieu Hanf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, pp.653-663. </w:t>
+              <w:t xml:space="preserve">Clinical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (18), pp.1056 - 1060. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/abc.2017.1274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2017.08.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919730v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compared effects on cerebral oxygenation of ephedrine vs phenylephrine to treat hypotension during carotid endarterectomy</w:t>
               </w:r>
@@ -5972,90 +5972,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fecal Matrix Metalloprotease-9 and Lipocalin-2 as Biomarkers in Detecting Endoscopic Activity in Patients With Inflammatory Bowel Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Vazeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Minet-Quinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Goutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6244,64 +6244,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Net alveolar fluid clearance is associated with lung morphology phenotypes in acute respiratory distress syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiko Blondonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6378,51 +6378,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All-trans retinoic acid promotes wound healing of primary amniocytes through the induction of LOXL4, a member of the lysyl oxidase family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Comptour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6473,1474 +6473,1486 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 81, pp.10 - 19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocel.2016.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear retinoid receptors and pregnancy: placental transfer, functions, and pharmacological aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Comptour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Belville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 73 (20), pp.3823 - 3837. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00018-016-2332-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aquaporins and Fetal Membranes From Diabetic Parturient Women: Expression Abnormalities and Regulation by Insulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Marceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 100 (10), pp.E1270 - E1279. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1210/jc.2015-2057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soluble Forms and Ligands of the Receptor for Advanced Glycation End-Products in Patients with Acute Respiratory Distress Syndrome: An Observational Prospective Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiko Blondonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Roszyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (8), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0135857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soluble Receptor for Advanced Glycation End-Products Predicts Impaired Alveolar Fluid Clearance in Acute Respiratory Distress Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raiko Blondonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Roszyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 192 (2), pp.191 - 199. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1164/rccm.201501-0020OC⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All-trans-retinoic acid regulates aquaporin-3 expression and related cellular membrane permeability in the human amniotic environment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Comptour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Belville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Placenta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 36 (8), pp.881-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.placenta.2015.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03023732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serum S100B Determination in the Management of Pediatric Mild Traumatic Brain Injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoît Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ughetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 58 (7), pp.1116 - 1122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1373/clinchem.2011.180828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontogeny of Aquaporins in Human Fetal Membranes1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Gallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 86 (2), pp.48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1095/biolreprod.111.095448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la voie des rétinoïdes au sein des membranes fœtales humaines : mise en évidence de gènes cibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Blanchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Borel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Prat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gynécologie Obstétrique &amp; Fertilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 39 (6), pp.370 - 372. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gyobfe.2011.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reference ranges for serum S100B protein during the first three years of life</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Castellani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoït Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ughetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (10-11), pp.927 - 929. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.clinbiochem.2011.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retinol potentiates the inhibitory effect of ascorbic acid on uric acid assay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Bonnard-Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Marceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 48 (5), pp.693-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/CCLM.2010.132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Pseudo-hypoglycemia and hyperleukocytosis: a case report].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Nourrisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Batisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7955,665 +7967,665 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.490-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Streptobacillus moniliformis as the Causative Agent in Spondylodiscitis and Psoas Abscess after Rooster Scratches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 46 (8), pp.2820 - 2821. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JCM.00744-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of sugar-binding sites in mammalian cell nuclei by quantitative flow microfluorometry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1986, 83 (16), pp.5997-6001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.83.16.5997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Jugular venous and arterial concentrations of serum S100B protein in patients with severe head injury].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Eisenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gillart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guélon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1970, pp.269-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/abc.2012.0701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Interest of S100B protein blood level determination in severe or moderate head injury].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1970, pp.145-50. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2013.0812⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Interest of S100B protein blood level determination for the management of patients with minor head trauma].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Oddoze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Ben Haim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Moustafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1970, pp.425-31. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/abc.2009.0347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8623,124 +8635,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical modeling of vibrations in a damaged beam using Green-Volterra formalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazih Mechbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Rebillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Workshop on Structural Health Monitoring 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Palerme, Italy. pp.1-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03024158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8750,65 +8762,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of interleukin-6 in migraine chronification and suggested Th17/Regulatory T cell imbalance in migraine pathophysiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Stuchfield-Denby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8816,110 +8828,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radhouane Dallel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Pain Federation EFIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05330240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnésium ionisé: interprétation et intérêt dans la fibrillation atriale de novo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisa Khaled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8974,310 +8986,310 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Urgences 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faecal chitinase 3-like 1 is a reliable marker as accurate as faecal calprotectin in detecting endoscopic activity in adult patients with inflammatory bowel diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Vazeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Minet-Quinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Goutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Congress of European Crohn's and Colitis Organisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Amsterdam, Netherlands. Journal of Crohn's and Colitis, 10, 2016, Journal of Crohn's and Colitis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are all heparins safe for on-pump heart surgery?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kasra Azarnoush</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chenaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vedat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Annual Meeting of French Society of Pharmacology and Therapeutics, 37. Pharmacovigilance Meeting, 17. APNET Seminar, 14. CHU CIC Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Nancy, France. Wiley-Blackwell, Fundamental and Clinical Pharmacology, 30 (supplement S1), 98 p., 2016, Fundamental and Clinical Pharmacology. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/fcp.12190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9287,185 +9299,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de systèmes non linéaires représentés en séries de Volterra : applications aux systèmes sonores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Acoustique [physics.class-ph]. Sorbonne Université, 2018. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2018SORUS162⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02372870v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aquaporines et membranes foetales chez la parturiente diabétique : Anomalies d'expression et régulation par l'insuline.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université d'Auvergne - Clermont-Ferrand I, 2015. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2015CLF1MM12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01491080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId328"/>
+      <w:footerReference w:type="default" r:id="rId329"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9612,51 +9624,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mond&#233;sert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen-Maschke" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quadrio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousiges" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouvier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2024.120007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721386v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Kahouadji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Valentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2024-0729" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095689v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oris" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lautrette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doug&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Bouraima" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2024.117782" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846544v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Nowicki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Allouche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lise Bats" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bendavid" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Bigot-Corbel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2024.1920" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05474896v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eva Pickering" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgad297" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312472v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bouillon-Minois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Khaled" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vitte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Miraillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Eschalier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15010236" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228146v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farigon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Merdji" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guelon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boh&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2023.09.001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04258362v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fill&#233;e" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fourier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2022.1758" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04312519v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.1034684" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973720v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Outrey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluwaseun John Adeyemi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14235009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311529v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Magalhaes Pinto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dubouchaud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystele Jouve" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Patrac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-021-00827-8" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04258410v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2022.1757" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03249807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Durif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glab055" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403165v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Trousselard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thivel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Benson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannot Schmidt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13103350" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023278v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gigu&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2019-0737" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03248102v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oris Charlotte" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brailova Marina" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sapin Vincent" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2020.08.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03247990v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brailova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clerfond" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tr&#233;sorier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Minet-Quinard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9030694" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03248078v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanie M&#233;lan&#231;on" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Forest" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jean Tessier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarabulsy Georges M" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0001017" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623749v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault L&#233;ger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Batel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2020.04.006" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023123v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blanchon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bujold" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.00609" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02237348v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balayssac" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Mourgues" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sarret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-027365" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023315v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Godet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiko Blondonnet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Joffredo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Paquette" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45798-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360530v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beibei He" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasra Azarnoush" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox8110526" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023294v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dion-Buteau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm8122074" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518526v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Buisson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Douadi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemlhi Ouchchane" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Goutte" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hugot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111394" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02292743v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George M Tarabulsy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12884-019-2285-8" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023207v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm8111987" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023298v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russel Chabanne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2018-1217" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02152863v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sollelis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Minet Quinard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouguen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Goutorbe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v25.i19.2354" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282312v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amidou Traor&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/9710352" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919700v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roulliaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cosme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2018.1378" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919720v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Simon-Pimmel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Castellani" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1542/peds.2018-0037" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918660v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Joubert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Berthelin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Pranal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/resp.13394" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919218v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Clavel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Pialat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Abdelkader Mohamed" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plabm.2017.12.001" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919305v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duret" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouzaire" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rouzaire" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023659v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bourg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Laplace" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/58554" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01614000v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Comptour" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Belville" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2017.08.076" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594550v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leger" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Charrier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Moreau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger-Favier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Mourmoura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.13231" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919223v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Clairefond" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lutz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07638-2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919755v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Abbot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Stiernon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-016-0579-9" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919740v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Lorton" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Masson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hanf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2017.08.014" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919730v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Godignon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Costes" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2017.1274" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919746v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurtha Aliane" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Guesmi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Baud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Rosset" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1440-1681.12759" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848150v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouvier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vianey-Saban" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Acquaviva" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/8904_2016_22" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01681173v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MCG.0000000000000837" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594176v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lebreton" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Zenut" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2016.1177020" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918725v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roszyk" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2015.11.006" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918673v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Clairefond" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.10.007" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918677v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gallot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-016-2332-9" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918730v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Marceau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Prat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2015-2057" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919304v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Guerin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135857" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920069v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201501-0020OC" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023732v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prat" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comptour" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marceau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Belville" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2015.05.010" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N95Q1ZBD-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920073v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fournier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Dauphin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Amat" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ughetto" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2011.180828" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918652v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Herbet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.111.095448" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918648v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Borel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Herbet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gyobfe.2011.04.009" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LTW2R68V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920075v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#239;t Dauphin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2011.05.004" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-62FTZHTS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920082v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bonnard-Gougeon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/CCLM.2010.132" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/332B3D515ED3CC654FD5CD7C75BBF529BBDD5572/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920079v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Batisse" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899109v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dubois" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delmas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00744-08" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163583v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A S&#232;ve" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hubert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgeois" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Midoux" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.83.16.5997" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920071v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Eisenmann" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gillart" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonneau" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gu&#233;lon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2012.0701" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920070v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2013.0812" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920084v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Oddoze" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ben Haim" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moustafa" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2009.0347" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024158v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Mechbal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rebillat" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330240v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Stuchfield-Denby" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Dallel" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035956v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602902v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594188v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chenaf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebreton" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vedat" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12190" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02372870v3" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SORUS162" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01491080v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF1MM12" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796015v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mond&#233;sert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen-Maschke" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quadrio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousiges" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouvier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2024.120007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721386v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Kahouadji" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Valentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2024-0729" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846544v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Nowicki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Allouche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lise Bats" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bendavid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Bigot-Corbel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2024.1920" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095689v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oris" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lautrette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doug&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Bouraima" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2024.117782" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05474896v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eva Pickering" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgad297" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312472v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bouillon-Minois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Khaled" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vitte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Miraillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Eschalier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15010236" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228146v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ait Hssain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Farigon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Merdji" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guelon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boh&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2023.09.001" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04312519v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fill&#233;e" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fourier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2022.1034684" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973720v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Outrey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluwaseun John Adeyemi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14235009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311529v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Magalhaes Pinto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dubouchaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystele Jouve" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Patrac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13105-021-00827-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04258362v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2022.1758" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04258410v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2022.1757" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03249807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Durif" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glab055" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403165v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Trousselard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thivel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Benson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannot Schmidt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13103350" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03248102v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oris Charlotte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brailova Marina" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sapin Vincent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2020.08.001" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03247990v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brailova" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clerfond" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tr&#233;sorier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Minet-Quinard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9030694" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023278v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gigu&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Marc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2019-0737" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03248078v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanie M&#233;lan&#231;on" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Forest" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jean Tessier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarabulsy Georges M" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/hea0001017" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623749v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault L&#233;ger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Batel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2020.04.006" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023123v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blanchon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bujold" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.00609" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023315v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Godet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiko Blondonnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Joffredo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Paquette" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45798-5" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02237348v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balayssac" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Mourgues" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sarret" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-027365" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360530v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beibei He" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasra Azarnoush" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Rigaudi&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox8110526" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518526v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Buisson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Douadi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemlhi Ouchchane" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Goutte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hugot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111394" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02292743v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George M Tarabulsy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12884-019-2285-8" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023207v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm8111987" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023294v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dion-Buteau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm8122074" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023298v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russel Chabanne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2018-1217" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282312v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amidou Traor&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/9710352" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02152863v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sollelis" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Minet Quinard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouguen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Goutorbe" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v25.i19.2354" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919700v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roulliaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cosme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2018.1378" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919720v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Simon-Pimmel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Castellani" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1542/peds.2018-0037" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918660v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Joubert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Berthelin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Pranal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/resp.13394" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919305v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duret" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouzaire" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rouzaire" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plabm.2017.12.001" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919218v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Clavel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Pialat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Abdelkader Mohamed" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023659v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bourg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Laplace" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/58554" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01614000v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Comptour" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Belville" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2017.08.076" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594550v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leger" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Charrier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Moreau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hininger-Favier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Mourmoura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.13231" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919223v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Clairefond" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lutz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07638-2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919730v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Godignon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Costes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2017.1274" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919755v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Abbot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Stiernon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-016-0579-9" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919740v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Lorton" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Masson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hanf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2017.08.014" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01919746v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurtha Aliane" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Guesmi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Baud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Rosset" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1440-1681.12759" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848150v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouvier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vianey-Saban" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ruet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Acquaviva" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/8904_2016_22" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01681173v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vazeille" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MCG.0000000000000837" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594176v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lebreton" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Zenut" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2016.1177020" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918725v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roszyk" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2015.11.006" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918673v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Clairefond" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2016.10.007" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WVTPMVDK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918677v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gallot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-016-2332-9" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918730v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Marceau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Prat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2015-2057" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919304v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Guerin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135857" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920069v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.201501-0020OC" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03023732v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comptour" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marceau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Belville" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2015.05.010" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N95Q1ZBD-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920073v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fournier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Dauphin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Amat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ughetto" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2011.180828" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918652v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Herbet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.111.095448" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01918648v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Borel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Herbet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gyobfe.2011.04.009" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LTW2R68V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920075v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#239;t Dauphin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiochem.2011.05.004" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-62FTZHTS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920082v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bonnard-Gougeon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/CCLM.2010.132" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/332B3D515ED3CC654FD5CD7C75BBF529BBDD5572/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920079v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Batisse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899109v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dubois" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delmas" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00744-08" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163583v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A S&#232;ve" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hubert" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgeois" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Midoux" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.83.16.5997" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920071v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Eisenmann" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gillart" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonneau" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gu&#233;lon" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2012.0701" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920070v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2013.0812" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01920084v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouvier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Oddoze" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ben Haim" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Moustafa" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2009.0347" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024158v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Mechbal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rebillat" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330240v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Stuchfield-Denby" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Dallel" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035956v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602902v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594188v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chenaf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lebreton" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vedat" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12190" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02372870v3" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SORUS162" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01491080v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF1MM12" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>