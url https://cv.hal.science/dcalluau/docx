--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -992,278 +992,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02970879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t>
+                <w:t xml:space="preserve">Effects of finite water depth and lateral confinement on ships wakes and resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Caplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gomit</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42241-019-0054-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02297884v1</w:t>
+                <w:t xml:space="preserve">hal-02322698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of finite water depth and lateral confinement on ships wakes and resistance</w:t>
+                <w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Caplier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 186, pp.106134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s42241-019-0054-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02322698v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental-Based Methodology to Improve the Design of Vertical Slot Fishways</w:t>
               </w:r>
@@ -1594,329 +1594,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel method to generate tidal-like bores in the laboratory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Energy distribution in shallow water ship wakes from a spectral analysis of the wave field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Caplier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Chatellier</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.08.004⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4964923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973594v1</w:t>
+                <w:t xml:space="preserve">hal-05493423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy distribution in shallow water ship wakes from a spectral analysis of the wave field</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">A novel method to generate tidal-like bores in the laboratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (part 1), pp.31-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.08.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4964923⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05493423v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale free surface measurement for the analysis of ship waves in a towing tank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1993,77 +1993,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral analysis of ship waves in deep water from accurate measurements of the free surface elevation by optical methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gomit</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2240,64 +2240,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free surface measurement by stereo-refraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2877,57 +2877,57 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereoscopic particle image velocimetry measurements of the flow around a surface-mounted block</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. David</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 36 (1), pp.53-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-003-0628-7⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -2993,273 +2993,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling laboratory-scale unsteady flow hydrographs: bed shear stress and sediment transport on rough surfaces</w:t>
+                <w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Grattepanche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Gomit</w:t>
+                <w:t xml:space="preserve">Romain Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Brancherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU25-3768 Copernicus Meetings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Vienne (AUT), France</w:t>
+              <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05493540v1</w:t>
+                <w:t xml:space="preserve">hal-05180901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling laboratory-scale unsteady flow hydrographs: bed shear stress and sediment transport on rough surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Boucher</w:t>
+                <w:t xml:space="preserve">Florent Grattepanche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gomit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Brancherie</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Courret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sagnes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">EGU25-3768 Copernicus Meetings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienne (AUT), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05180901v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ship-generated waves in confined waterways: laboratory and numerical study of flow features near sloping banks with different angles</w:t>
               </w:r>
@@ -3347,260 +3347,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swimming kinetics of fish in different turbulence conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Gibouin</w:t>
+                <w:t xml:space="preserve">Towing Tank Stereo-PIV Measurements of the Evolution in Fluid Velocity from Bank to Ship in a Confined Waterway Configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Nieutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Dumas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malick Ba</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t>
+              <w:t xml:space="preserve">ISOPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rhodes (Grèce), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933675v1</w:t>
+                <w:t xml:space="preserve">hal-05493551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towing Tank Stereo-PIV Measurements of the Evolution in Fluid Velocity from Bank to Ship in a Confined Waterway Configuration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Nieutin</w:t>
+                <w:t xml:space="preserve">Swimming kinetics of fish in different turbulence conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gibouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISOPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Rhodes (Grèce), Greece</w:t>
+              <w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Quebec City, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05493551v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertical double slot fishways flow: influence of geometry, slope and discharge</w:t>
               </w:r>
@@ -3862,64 +3862,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Nieutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malick Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Workshop on Ship-induced Hydrodynamic Loads in Shallow Confined Coastal Waterways</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Hambourg (Germany), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3970,51 +3970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jarny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque SHF « Apports des nouvelles technologies à l’étude du transport sédimentaire et de la morphodynamique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4411,51 +4411,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of a vertical vortex propagating above a smooth wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4506,77 +4506,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of optical methods for surface and volumetric measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4640,51 +4640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Metrology Applied to Free-Surface Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4692,51 +4692,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jarny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydro-Testing Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Val de Reuil, France</w:t>
@@ -4817,51 +4817,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Furgerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès de l’Association Sédimentologue de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Paris, France. pp.31-32</w:t>
@@ -5123,51 +5123,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure optique 3C de surface libre : principes et différentes approches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Jarny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5244,51 +5244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.W. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Larinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5369,51 +5369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jarny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5993,649 +5993,649 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00017657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confined sedimentation of one sphere in fluid at low Reynolds number: reverse flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of two S-PIV techniques: pinhole modele vs. Image dewarping and misalignment correction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Scarano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bsibsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Calluaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Reungoat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent David</w:t>
+                <w:t xml:space="preserve">R.A.D. Akkermans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t>
+              <w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147746v1</w:t>
+                <w:t xml:space="preserve">hal-00147752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The early flow stages in front of a prismatic obstacle</w:t>
+                <w:t xml:space="preserve">Quantification des aberrations optiques lors de mesures par stéréo-PIV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Pineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t>
+              <w:t xml:space="preserve">CFVL9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147256v1</w:t>
+                <w:t xml:space="preserve">hal-00147255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross flow investigation by stereoscopic PIV measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude aérodynamique en aval de modèle de bâtiments placés dans un vent en incidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.-E. Brizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Borée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2004, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">CFVL9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147321v1</w:t>
+                <w:t xml:space="preserve">hal-00147781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification des aberrations optiques lors de mesures par stéréo-PIV</w:t>
+                <w:t xml:space="preserve">The early flow stages in front of a prismatic obstacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Texier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFVL9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147255v1</w:t>
+                <w:t xml:space="preserve">hal-00147256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two S-PIV techniques: pinhole modele vs. Image dewarping and misalignment correction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Scarano</w:t>
+                <w:t xml:space="preserve">Confined sedimentation of one sphere in fluid at low Reynolds number: reverse flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Reungoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R.A.D. Akkermans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">XI Symposium of Flow Visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Notre Dame, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147752v1</w:t>
+                <w:t xml:space="preserve">hal-00147746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude aérodynamique en aval de modèle de bâtiments placés dans un vent en incidence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cross flow investigation by stereoscopic PIV measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Tarrade</w:t>
+                <w:t xml:space="preserve">R. Fraticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.-E. Brizzi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Calluaud</w:t>
+                <w:t xml:space="preserve">J. Borée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFVL9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">12th Int. Sympusium on Applications of Laser Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00147781v1</w:t>
+                <w:t xml:space="preserve">hal-00147321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'écoulement naissant et établi autour d'un parallélépipède</w:t>
               </w:r>
@@ -6772,51 +6772,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the angle of the wind on the flow structure behind a model of a building</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.-E. Brizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6912,103 +6912,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport sédimentaire d'un apport local de sédiments visant à la restauration de frayères : étude couplée laboratoire/terrain/numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Grattepanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gomit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Courret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
@@ -7096,51 +7096,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Calluaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020, 9782376962908</w:t>
+              <w:t xml:space="preserve">LC, 2020, 978-2376962908</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -7525,51 +7525,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406270v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nieutin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maubant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2025.123722" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406314v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellanger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04116-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104168v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ballu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17071088" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04645860v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cornu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2366299" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636089v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121718" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228355v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-021-0035-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970879v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1873-7005/ab7ebf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322698v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-019-0054-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332099v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001621" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316864v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Texier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jher.2018.03.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493411v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Ballu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2017011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mougenot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.08.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR69L7T5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493423v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4964923" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493431v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fr&#233;chou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-015-2054-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493447v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902415" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493441v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Pineau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2014.906000" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493453v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1540-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XPNDV9T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966892v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tarrade" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-010-9198-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017611v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Scarano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bsibsi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-1000-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GN2L5VTP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017603v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouvreau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joulain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.11.010" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK58C83V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493465v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-18795-7_29" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FK2MVB0S-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493460v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-003-0628-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-73LQBNNK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493540v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grattepanche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406420v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Nieutin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maubant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933675v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493551v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ba" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933671v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fleur Lejeune" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485966v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Lejeune" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carl Rousseau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493563v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432105v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881523v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022908" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881507v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328258v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ballu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pineau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Calluaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15142/T39S7Q" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140181v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431191v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432942v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berchet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987502v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Bourtal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupuis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Refin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154037v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431073v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555183v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Wang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larinier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460833v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779768v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mouaz&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01745600v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Peronne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Levoy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125767v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016993v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dupr&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Valle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koudeir" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017657v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecordier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147746v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reungoat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147256v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147321v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fraticelli" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bor&#233;e" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147255v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147752v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A.D. Akkermans" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147781v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarrade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-E. Brizzi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148149v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147020v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poitras" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227581v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493504v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148029v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148159v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406270v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nieutin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maubant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pineau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2025.123722" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406314v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Braud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellanger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04116-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104168v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ballu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17071088" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04645860v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cornu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2366299" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636089v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w16121718" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228355v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-021-0035-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970879v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1873-7005/ab7ebf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322698v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42241-019-0054-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332099v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001621" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316864v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Texier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jher.2018.03.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493411v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Ballu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2017011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4964923" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973594v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mougenot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.08.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR69L7T5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493431v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fr&#233;chou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-015-2054-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493447v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902415" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493441v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Pineau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2014.906000" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493453v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1540-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XPNDV9T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966892v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tarrade" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-010-9198-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017611v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Scarano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bsibsi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-005-1000-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GN2L5VTP-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017603v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rouvreau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joulain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2004.11.010" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XK58C83V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493465v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-18795-7_29" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FK2MVB0S-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493460v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-003-0628-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-73LQBNNK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493540v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grattepanche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406420v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Nieutin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maubant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493551v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ba" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933675v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933671v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fleur Lejeune" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485966v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Lejeune" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carl Rousseau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493563v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432105v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881523v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022908" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881507v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328258v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ballu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pineau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Calluaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15142/T39S7Q" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140181v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431191v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432942v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berchet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987502v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Bourtal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupuis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Refin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154037v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431073v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555183v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.W. Wang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larinier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460833v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00779768v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mouaz&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01745600v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Peronne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Levoy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125767v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016993v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dupr&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Valle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Robin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koudeir" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017657v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecordier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147752v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A.D. Akkermans" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147255v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147781v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tarrade" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-E. Brizzi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147256v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147746v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reungoat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147321v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fraticelli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bor&#233;e" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148149v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147020v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Poitras" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227581v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493504v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148029v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148159v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>