--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -962,169 +962,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[book review] Urban Histories of Science: Making Knowledge in the City, 1820–1940 , by Oliver Hochadel and Agustí Nieto-Galan, eds.</w:t>
+                <w:t xml:space="preserve">[Compte-rendu] Mark Thurner et Juan Pimentel (dir.), New World Objects of Knowledge. A Cabinet of Curiosities , Londres, University of London, 2021, 278 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Dubald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023, pp.488-490. </w:t>
+              <w:t xml:space="preserve">2023, pp.222-225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/18253911-03802007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/parl2.hs18.0222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04173389v1</w:t>
+                <w:t xml:space="preserve">hal-04248073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Compte-rendu] Mark Thurner et Juan Pimentel (dir.), New World Objects of Knowledge. A Cabinet of Curiosities , Londres, University of London, 2021, 278 p.</w:t>
+                <w:t xml:space="preserve">[book review] Urban Histories of Science: Making Knowledge in the City, 1820–1940 , by Oliver Hochadel and Agustí Nieto-Galan, eds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Dubald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023, pp.222-225. </w:t>
+              <w:t xml:space="preserve">2023, pp.488-490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/parl2.hs18.0222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/18253911-03802007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04248073v1</w:t>
+                <w:t xml:space="preserve">hal-04173389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu : Stéphane Lamassé et Gaëtan Bonnot (éd.), Dans les dédales du Web. Historiens en territoires numériques</w:t>
               </w:r>
@@ -2122,51 +2122,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3C2E294A"/>
+    <w:nsid w:val="02D2E648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2270,51 +2270,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="29C86814"/>
+    <w:nsid w:val="FC94D5C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2504,51 +2504,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/deborah-dubald" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2128-0641" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242795293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cadmus.eui.eu/entities/publication/afadca07-3500-57a6-95d2-6fca8270a234" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chstm.org/group/collection-ecologies" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https://neverending.unige.ch/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archimed.iml-strasbourg.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03188622v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Dubald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03849897v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55283/jhk.11952" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03849881v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Dubald" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Madruga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55283/jhk.11379" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03749699v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.8307" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03188633v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cahierscfv.413" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281354v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780367808471-56" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173389v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18253911-03802007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04248073v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.hs18.0222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223421v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.1676" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514764v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18253911-03103012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542694v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542756v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690497v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Queyroux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elydia Barret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Renneville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542764v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542761v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542775v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542812v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno A Martinho" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542914v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542785v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/deborah-dubald" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2128-0641" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242795293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cadmus.eui.eu/entities/publication/afadca07-3500-57a6-95d2-6fca8270a234" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chstm.org/group/collection-ecologies" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https://neverending.unige.ch/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archimed.iml-strasbourg.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03188622v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Dubald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03849897v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55283/jhk.11952" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03849881v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Dubald" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Madruga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55283/jhk.11379" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03749699v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.8307" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03188633v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cahierscfv.413" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281354v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780367808471-56" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04248073v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.hs18.0222" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173389v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18253911-03802007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223421v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.1676" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514764v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18253911-03103012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542694v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542756v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690497v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Queyroux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elydia Barret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Renneville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542764v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542761v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542775v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542812v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno A Martinho" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542914v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542785v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>