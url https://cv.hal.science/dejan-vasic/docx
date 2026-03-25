--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:135.21126760563px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dejan Vasic </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités à CY Cergy Paris Université - Laboratoire SATIE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dejan-vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3035-3283</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">076319008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (39)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformateurs piézoélectriques en électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Techniques de l'Ingénieur, D3015v2, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-d3015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04892439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix d'une topologie de conversion adaptée à un système de dégivrage piézoélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 112, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-energy avionic piezoelectric deicing system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (5), pp.055043. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ad3ef3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578067v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic plucked meso-scale piezoelectric energy harvester for low-frequency rotational motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 (10), pp.105014. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ac1d91⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transverse traveling wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Loyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (7), pp.075012. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ab1945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A longitudinal traveling wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 293, pp.37-47. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2019.04.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transverse traveling wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Loyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (7), pp.075012. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ab1945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04523600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronized switch harvesting applied to piezoelectric flags</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Pineirua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Doaré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/25/8/085004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697480v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A non-contact mechanical solution for implementing synchronized switching techniques for energy harvesting using reed switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (12), </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/25/12/125013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Interfacing Circuit Discussion of Galloping-based Piezoelectric Energy Harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Proceedings of the 2015 ICU International Congress on Ultrasonics, Metz, France, 70, pp.1017 - 1021. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phpro.2015.08.212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Stoppers on Single Beam Piezoelectric Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. S. Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. J. Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70, pp.1022 - 1026. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phpro.2015.08.213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of piezoelectric transformer-based DC/DC converter to improve power by using heat transfer equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46, pp.845-857. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-140093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-powered piezoelectric energy harvester for bicycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (7), pp.2501-2510. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-014-0407-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a Piezoelectric Switching Circuits for Energy Harvesting with Bistable Broadband Technique by Work-cycle Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (2), pp.180-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of self-powering part of SSHI interface for piezoelectric energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (4), pp.288-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Powered Semi-Passive Piezoelectric Structural Damping Based on Zero Velocity Crossing Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (2), pp.025029</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a piezoelectric transformer-based DC/DC converter with a cooling system and current-doubler rectifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (9), pp.095005. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/22/9/095005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-passive Piezoelectric Structural Damping Based on Pulse Width Modulation Switching Circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27 (12), pp.3625-3633. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-013-0906-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Piezoelectric Energy Harvester with Multi-mode Dynamic Magnifier with Matrix Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43 (3), pp.237-255. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-131697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PWM interface for piezoelectric energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (13), pp.843-845. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2013.1278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Burst-Mode Control of Piezoelectric Transformer-based DC/DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (5), pp.055020. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/22/5/055020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Enhancement of Piezoelectric Transformers by Adding Heat Transfer Equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (10), pp.2129-2136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wideband ZVS half-bridge circuit for piezoelectric transformers with small inductance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48 (9), pp.523-525</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-powered switching circuit for piezoelectric energy harvesting with velocity control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (3), pp.30903. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2012110355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-powered switching circuit for piezoelectric energy harvesting with velocity control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-Y. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.-J. Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-K. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (3), </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2012110355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Transformer 28V/15V-10W DC/DC Converter with fixed switching frequency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Marmouget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (5), pp.601-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Interferences Analysis of DC/DC Converters Based on Piezoelectric Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (6), pp.061501</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of fixed frequency controlled radial-mode stacked disk-type piezoelectric transformers for DC/DC converter application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18 (8), pp.085025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des performances d'un transformateur piézoélectrique par l'usage d'une charge non linéaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (5), pp.609-624</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric diaphragm for vibration energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 44, pp.699-703</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Transformer for Integrated MOSFET & IGBT Gate Driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.56-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transformateur piézoélectrique dans les alimentations de lampe fluorescente à cathodes froides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 45, pp.34-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing piezoelectric and coreless electromagnetic transformer approaches in IGBT driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 34 (3), pp.237-242. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2006059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric micro-transformer based on SOI structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 117 (2), pp.317-324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Harvesting from Vibration Using a Piezoelectric Membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Tliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 128, pp.187-193. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp4:2005128028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric micro-transformer based on PZT unimorph membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14, pp.S90-S96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00141177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-transformateur piézoélectrique intégré sur substrat en silicium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (3-4), pp.315-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric microtransformer based on PZT unimorph membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14 (9), pp.90-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transformateur piézoélectrique : principe et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hallaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 26, pp.26-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric transducers for deicing airplane wings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIV International conference on adaptive structures and technologies, ICAST 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Antonio Concilio, May 2025, Capua, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05082478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the Design of a Piezoelectric Deicing System Based on Extension Resonant Modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Active and Passive Smart Structures and Integrated Systems XVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Long Beach, CA, United States. pp.1294623, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3010689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avionic Piezoelectric Deicing System: Numerical and Experimental Investigation of the Use of Extension Modes for Deicing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on More Electric Aircraft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GUIMERA Francis, Feb 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving power supply for an avionic piezoelectric deicing system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar JOMAA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Mar 2023, Long Beach, United States. pp.90, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2657036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving Power Supply for Ultrasound Piezoelectric Transducers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles &amp; International Transportation Electrification Conference (ESARS-ITEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2023, Venice, Italy. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS-ITEC57127.2023.10114888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation d’un Système de Dégivrage Piézoélectrique Avionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCGE 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meso-scale piezoelectric energy harvester for low-frequency rotational motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao-Ting Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Jiun Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Smart Structures + Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Online Only, United States. pp.13, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2556335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traveling wave piezoelectric transformer for multi-level insulated gate-driver power supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Nuremberg, Germany. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representation of a multi-electrodes piezoelectric transformer by experimental extraction of its electric parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Denver, United States. pp.62, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2514448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un transfomateur piézoélectrique multi-électrodes par l'extraction de ses paramètres électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051493v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Modeling of a Traveling Wave Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/1052/1/012107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of a multi-electrodes traveling-wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Denver, United States. pp.82, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2297639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Piezoelectric Transformer for DC/DC Converter with Stochastic Optimization method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Vido</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Smart Structures And Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Micro Piezoelectric Synchronized Switched Harvesting with Reed Switch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Chieh Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAST 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lake George United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method of Peak Detecting for Self-Powered Synchronized Switch Harvesting on Inductance Using Reed Switch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAST 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Interfacing Circuit Discussion of Galloping-Based Piezoelectric Energy Harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Stoppers on Single Beam Piezoelectric Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy harvesting of two cantilever beams structure: Interfacing circuit discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Smart Structures And Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfacing Circuit for two Galloping-based for two Galloping-based Piezoelectric Energy Harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuyin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2015 - 41st Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Recovery DC/AC Converter for Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 16th European Conference on Power Electronics and Applications (EPE'14-ECCE Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Lappeenranta, Finland. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2014.6910954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Recovery Power Supply for Piezoelectric Actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2014 - 40th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Energy Harvester for Bicycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Piezo 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Les Arches 1800, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Burst-Mode Controlled Piezoelectric Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Power Electronics and Motion Control Conference 2012 (EPE/PEMC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Novi Sad, Serbia. pp.DS2c.7-1 - DS2c.7-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Energy Harvester with PWM Electric Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'13 ECCE Europe 15th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Powered Piezoelectric Energy Harvester for Bicycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2013-39th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00903907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Transformer-based DC/DC Converter with improved Burst-Mode Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2013, IEEE Energy Conversion Congress and Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Enhancement of Piezoelectric Transformer by Adding Thermal Dissipation Layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 24th International Conference on Adaptive Structures Technologies (ICAST 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Aruba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00872400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power enhancement of piezoelectric transformers by adding thermal pad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Active and Passive Smart Structures and Integrated Systems 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, San Diego, United States. pp.83411U-83411U-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Bistable Magnetic Non-linear Piezoelectric Energy Harvester with Traditional Linear Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2012 - 38th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Montreal, Canada. pp.949 - 954</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération d'énergie thermique sur un transistor de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Power Step-up Converter for Driving Flapping Wings of the Micro Robotic Insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion Congress and Exposition (ECCE), 2012 IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Raleigh, United States. pp.41-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Piezoelectric Transformer-Based DC/DC Converter to Improve Power by Using Heat Transfer Equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 23rd International Conference on Adaptive Structures and Technologies (ICAST 2012 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of piezoelectric switching shunt circuits for vibration suppression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Electromagnetics Symposium, AES 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Improvement of Piezoelectric Transformer-Based DC/DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2012 - 38th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Montreal, Canada. pp.662 - 667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Piezoelectric Structural Damping Based on Velocity Controlled Switching and Pulse Width Modulation Switching Circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2012 International Mechanical Engineering Congress &amp; Exposition, IMECE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Houston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of thermoelectricity to IGBT for temperature regulation and energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics 2012 (ISIE 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Hangzhou, China. pp.211-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Resonant Step-up DC/DC Converter for driving flapping wings of the Micro Robotic Insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Biomimetic, Artificial Muscles and Nano-Bio 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric 10W DC/DC converter for space applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Conference on Power Electronics and Applications (EPE 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Birmingham, United Kingdom. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Energy Harvester Circuit For Capacitive Storage Buffer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Cergy-Pontoise, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Structural Damping based on the Pulse Width Modulation Switching Circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Adaptive Structures and Technologies (ICAST 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Corfu, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-Passive Piezoelectric Structural Damping by Self-powered Velocity Control Synchronized Switching Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Adaptive Structures Technologies 2010 (ICAST 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, State Collage, United States. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fixed frequency controlled piezoelectric 10W DC/DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion Congress and Exposition (ECCE), 2010 IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Atlanta, United States. pp.3030-3037</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation DC/DC 28V/15V-10W à base de transformateur piézoélectrique fonctionnant à fréquence fixe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Saint-Nazaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear magnetic coupling of a piezoelectric energy harvesting cantilever combined with velocity-controlled synchronized switching technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Leuven, Belgium. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-powered piezoelectric energy harvesting device using velocity control synchronized switching technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2010 - 36th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Phoenix, United States. pp.1785-1790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI Analysis of a DC-DC Converter Using a Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009 - 34th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analiza performansi feritnog transformatora za primenu u DC/DC konvertima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goran Radosavljevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Maric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goran Stojanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Labouré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETRAN 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vrnjacka Banja, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the Fixed Frequency Controlled Piezoelectric Transformer based DC/DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics and Applications, 2009. EPE'09. 13th European Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Barcelona, Spain. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity-controlled Piezoelectric Switching Energy Harvesting Device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICREPQ 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un générateur piézoélectrique en forme de coque en vue de développer un générateur d'énergie électrique pour l'alimentation des appareils nomades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Loyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MGE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement et analyse d'un transformateur piézoélectrique dans une alimentation 30V/15V-5W pour une application spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity-Controlled Switching Piezoelectric Damping based on Maximum Power Factor Tracking and Work Cycle Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAST 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Ascona, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Considerations of Piezoelectric Transformers with Voltage-Mode Rectifiers for DC/DC Converter Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IECOn 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric generator harvesting bike vibrations energy to supply portable devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICREPQ 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing piezoelectric transformer working with PLL and with non-linear load approaches in DC-DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix de transducteur piézoélectrique pour la récupération d'énergie de vibration sur un vélo en vue de développer un générateur d'énergie électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Loyau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSAME 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon-based Biomimetic Flying Insect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Soyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Grondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Hladky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dargent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIR 2007 - International Symposium on Flying Insects and Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexion Mode Piezoelectric Micro-Transformer Processed by Aerosol Deposition Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X.Y. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.Z. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Harvesting using Piezoelectric MEMS Generator with Interdigital Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.P. Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des performances d'un transformateur piézoélectrique par l'usage d'une charge non linéaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circular Piezoelectric Plate with Proof Mass for Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actuator 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy harvesting from vibration using a piezoelectric membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Minazara-Erambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Tliba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electro-Active Materials and Sustainable Growth (EMSG 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Abbaye Les Vaux de Cernay, France. pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive energy harvesting from mechanical vibration using circular piezoelectric membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of piezoelectric transformer and coreless planar electromagnetic transformer in gate drive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Nuremberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric diaphragm for vibration energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCU/UI 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Pékin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of piezoelectric transformer and coreless planar electromagnetic transformer dedicated to the integration of gate drivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAAEI-EPF 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic integration of a low power piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE-PEMC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Riga, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric transformer for complementary MOSFET & IGBT gate drive circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-power high-voltage DC/DC inverters based on a PZT piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-transformateur piézoélectrique intégré sur substrat en silicium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCGE 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Saint-Nazaire, France. pp.467-472</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric microtransformer based on SOI structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MME 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Delft, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method to design piezoelectric transformer used in MOSFET & IGBT gate drive circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Acapulco, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Analytical Modeling of a Bimorph Beam Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de transistor à grille isolée par transformateur piézoélectrique, bras complet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Jarrousse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Montpellier, France. pp.25-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new MOSFET & IGBT gate drive insulated by a piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE PESC 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic 4x4 chain matrix for analytical modeling of piezoelectric actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformateur piézoélectrique bimorphe de type poutre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAGELEC 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Toulouse, France. pp 95-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de transistor à grille isolée par transformateur piézoélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Lille, France. pp 13-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insulated grid bipolar transistor driver insulated by a piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electralis 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications des éléments piézo-électriques en électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Techniques de l'Ingénieur, pp.Techniques de l'Ingénieur D3235, 2011, D3235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformateurs statiques piézoélectriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Techniques de l'Ingénieur, pp.Techniques de l'Ingénieur D 3015, 2005, D 3015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des commutateurs intelligents pour une meilleurs récupération d'énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Editions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inventer l’avenir, L’ingénierie se met au vert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.79-81, 2019, 978-2-271-12638-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-powered Electronics for Piezoelectric Energy Harvesting Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Scale Energy Harvesting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, pp.327-346, 2012, 979-953-307-124-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports des matériaux piézoélectriques pour l'intégration hybride et monolithique des transformateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. École normale supérieure de Cachan - ENS Cachan, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00789774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId235"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:135.21126760563px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dejan Vasic </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des Universités à CY Cergy Paris Université - Laboratoire SATIE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dejan-vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3035-3283</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">076319008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix d'une topologie de conversion adaptée à un système de dégivrage piézoélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 112, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformateurs piézoélectriques en électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Techniques de l'Ingénieur, D3015v2, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-d3015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04892439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-energy avionic piezoelectric deicing system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (5), pp.055043. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ad3ef3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578067v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic plucked meso-scale piezoelectric energy harvester for low-frequency rotational motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 (10), pp.105014. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ac1d91⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transverse traveling wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Loyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (7), pp.075012. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-665X/ab1945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A longitudinal traveling wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 293, pp.37-47. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2019.04.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronized switch harvesting applied to piezoelectric flags</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Pineirua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Michelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Doaré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/25/8/085004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697480v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A non-contact mechanical solution for implementing synchronized switching techniques for energy harvesting using reed switches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (12), </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/25/12/125013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Interfacing Circuit Discussion of Galloping-based Piezoelectric Energy Harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Proceedings of the 2015 ICU International Congress on Ultrasonics, Metz, France, 70, pp.1017 - 1021. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phpro.2015.08.212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Stoppers on Single Beam Piezoelectric Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. S. Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. J. Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70, pp.1022 - 1026. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.phpro.2015.08.213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of piezoelectric transformer-based DC/DC converter to improve power by using heat transfer equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46, pp.845-857. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-140093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-powered piezoelectric energy harvester for bicycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (7), pp.2501-2510. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-014-0407-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Powered Semi-Passive Piezoelectric Structural Damping Based on Zero Velocity Crossing Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (2), pp.025029</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of self-powering part of SSHI interface for piezoelectric energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (4), pp.288-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a Piezoelectric Switching Circuits for Energy Harvesting with Bistable Broadband Technique by Work-cycle Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (2), pp.180-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a piezoelectric transformer-based DC/DC converter with a cooling system and current-doubler rectifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (9), pp.095005. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/22/9/095005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-passive Piezoelectric Structural Damping Based on Pulse Width Modulation Switching Circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 27 (12), pp.3625-3633. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12206-013-0906-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Piezoelectric Energy Harvester with Multi-mode Dynamic Magnifier with Matrix Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43 (3), pp.237-255. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-131697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PWM interface for piezoelectric energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 49 (13), pp.843-845. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2013.1278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Burst-Mode Control of Piezoelectric Transformer-based DC/DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 22 (5), pp.055020. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0964-1726/22/5/055020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-powered switching circuit for piezoelectric energy harvesting with velocity control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (3), pp.30903. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2012110355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A self-powered switching circuit for piezoelectric energy harvesting with velocity control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.-Y. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.-J. Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-K. Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (3), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2012110355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Enhancement of Piezoelectric Transformers by Adding Heat Transfer Equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (10), pp.2129-2136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wideband ZVS half-bridge circuit for piezoelectric transformers with small inductance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48 (9), pp.523-525</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Transformer 28V/15V-10W DC/DC Converter with fixed switching frequency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Marmouget</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (5), pp.601-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Interferences Analysis of DC/DC Converters Based on Piezoelectric Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (6), pp.061501</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of fixed frequency controlled radial-mode stacked disk-type piezoelectric transformers for DC/DC converter application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18 (8), pp.085025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des performances d'un transformateur piézoélectrique par l'usage d'une charge non linéaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (5), pp.609-624</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric diaphragm for vibration energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 44, pp.699-703</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Transformer for Integrated MOSFET & IGBT Gate Driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.56-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transformateur piézoélectrique dans les alimentations de lampe fluorescente à cathodes froides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 45, pp.34-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing piezoelectric and coreless electromagnetic transformer approaches in IGBT driver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 34 (3), pp.237-242. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2006059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric micro-transformer based on SOI structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 117 (2), pp.317-324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Harvesting from Vibration Using a Piezoelectric Membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Tliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 128, pp.187-193. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp4:2005128028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric micro-transformer based on PZT unimorph membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14, pp.S90-S96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00141177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-transformateur piézoélectrique intégré sur substrat en silicium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (3-4), pp.315-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric microtransformer based on PZT unimorph membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14 (9), pp.90-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le transformateur piézoélectrique : principe et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hallaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue 3E.I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 26, pp.26-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric transducers for deicing airplane wings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIV International conference on adaptive structures and technologies, ICAST 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Antonio Concilio, May 2025, Capua, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05082478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avionic Piezoelectric Deicing System: Numerical and Experimental Investigation of the Use of Extension Modes for Deicing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on More Electric Aircraft</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GUIMERA Francis, Feb 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the Design of a Piezoelectric Deicing System Based on Extension Resonant Modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Active and Passive Smart Structures and Integrated Systems XVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Long Beach, CA, United States. pp.1294623, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3010689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving power supply for an avionic piezoelectric deicing system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar JOMAA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Mar 2023, Long Beach, United States. pp.90, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2657036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving Power Supply for Ultrasound Piezoelectric Transducers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Electrical Systems for Aircraft, Railway, Ship Propulsion and Road Vehicles &amp; International Transportation Electrification Conference (ESARS-ITEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2023, Venice, Italy. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESARS-ITEC57127.2023.10114888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation d’un Système de Dégivrage Piézoélectrique Avionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modar Jomaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Lévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCGE 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meso-scale piezoelectric energy harvester for low-frequency rotational motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chao-Ting Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Jiun Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Smart Structures + Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Online Only, United States. pp.13, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2556335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traveling wave piezoelectric transformer for multi-level insulated gate-driver power supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM Europe 2019; International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Nuremberg, Germany. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representation of a multi-electrodes piezoelectric transformer by experimental extraction of its electric parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Denver, United States. pp.62, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2514448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Modeling of a Traveling Wave Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Tokyo, Japan. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/1052/1/012107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un transfomateur piézoélectrique multi-électrodes par l'extraction de ses paramètres électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02051493v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of a multi-electrodes traveling-wave piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pillonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Active and Passive Smart Structures and Integrated Systems XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Denver, United States. pp.82, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2297639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Piezoelectric Transformer for DC/DC Converter with Stochastic Optimization method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Vido</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Smart Structures And Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Micro Piezoelectric Synchronized Switched Harvesting with Reed Switch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Chieh Hsieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAST 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lake George United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Stoppers on Single Beam Piezoelectric Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method of Peak Detecting for Self-Powered Synchronized Switch Harvesting on Inductance Using Reed Switch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAST 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Interfacing Circuit Discussion of Galloping-Based Piezoelectric Energy Harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy harvesting of two cantilever beams structure: Interfacing circuit discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Smart Structures And Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfacing Circuit for two Galloping-based for two Galloping-based Piezoelectric Energy Harvester</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuyin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2015 - 41st Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Recovery DC/AC Converter for Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 16th European Conference on Power Electronics and Applications (EPE'14-ECCE Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Lappeenranta, Finland. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2014.6910954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Recovery Power Supply for Piezoelectric Actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2014 - 40th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of Burst-Mode Controlled Piezoelectric Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Power Electronics and Motion Control Conference 2012 (EPE/PEMC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Novi Sad, Serbia. pp.DS2c.7-1 - DS2c.7-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Energy Harvester with PWM Electric Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunxia Yao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE'13 ECCE Europe 15th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Energy Harvester for Bicycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Piezo 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Les Arches 1800, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Powered Piezoelectric Energy Harvester for Bicycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2013-39th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00903907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Transformer-based DC/DC Converter with improved Burst-Mode Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCE 2013, IEEE Energy Conversion Congress and Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Enhancement of Piezoelectric Transformer by Adding Thermal Dissipation Layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 24th International Conference on Adaptive Structures Technologies (ICAST 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Aruba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00872400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération d'énergie thermique sur un transistor de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Power Step-up Converter for Driving Flapping Wings of the Micro Robotic Insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion Congress and Exposition (ECCE), 2012 IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Raleigh, United States. pp.41-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Bistable Magnetic Non-linear Piezoelectric Energy Harvester with Traditional Linear Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2012 - 38th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Montreal, Canada. pp.949 - 954</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power enhancement of piezoelectric transformers by adding thermal pad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Active and Passive Smart Structures and Integrated Systems 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, San Diego, United States. pp.83411U-83411U-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Piezoelectric Transformer-Based DC/DC Converter to Improve Power by Using Heat Transfer Equipment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 23rd International Conference on Adaptive Structures and Technologies (ICAST 2012 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nanjing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of piezoelectric switching shunt circuits for vibration suppression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Electromagnetics Symposium, AES 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Improvement of Piezoelectric Transformer-Based DC/DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2012 - 38th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Montreal, Canada. pp.662 - 667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Piezoelectric Structural Damping Based on Velocity Controlled Switching and Pulse Width Modulation Switching Circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2012 International Mechanical Engineering Congress &amp; Exposition, IMECE 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Houston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of thermoelectricity to IGBT for temperature regulation and energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Tian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics 2012 (ISIE 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Hangzhou, China. pp.211-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric 10W DC/DC converter for space applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Conference on Power Electronics and Applications (EPE 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Birmingham, United Kingdom. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Energy Harvester Circuit For Capacitive Storage Buffer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Cergy-Pontoise, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Resonant Step-up DC/DC Converter for driving flapping wings of the Micro Robotic Insects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Biomimetic, Artificial Muscles and Nano-Bio 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00789825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric Structural Damping based on the Pulse Width Modulation Switching Circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Adaptive Structures and Technologies (ICAST 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Corfu, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00793757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fixed frequency controlled piezoelectric 10W DC/DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Conversion Congress and Exposition (ECCE), 2010 IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Atlanta, United States. pp.3030-3037</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alimentation DC/DC 28V/15V-10W à base de transformateur piézoélectrique fonctionnant à fréquence fixe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwander</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Saint-Nazaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-Passive Piezoelectric Structural Damping by Self-powered Velocity Control Synchronized Switching Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Adaptive Structures Technologies 2010 (ICAST 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, State Collage, United States. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear magnetic coupling of a piezoelectric energy harvesting cantilever combined with velocity-controlled synchronized switching technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PowerMEMS 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Leuven, Belgium. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-powered piezoelectric energy harvesting device using velocity control synchronized switching technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Yin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2010 - 36th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Phoenix, United States. pp.1785-1790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMI Analysis of a DC-DC Converter Using a Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009 - 34th Annual Conference on IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analiza performansi feritnog transformatora za primenu u DC/DC konvertima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goran Radosavljevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Maric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goran Stojanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Labouré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETRAN 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vrnjacka Banja, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of the Fixed Frequency Controlled Piezoelectric Transformer based DC/DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power Electronics and Applications, 2009. EPE'09. 13th European Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Barcelona, Spain. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00864509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity-controlled Piezoelectric Switching Energy Harvesting Device</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICREPQ 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un générateur piézoélectrique en forme de coque en vue de développer un générateur d'énergie électrique pour l'alimentation des appareils nomades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Loyau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MGE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement et analyse d'un transformateur piézoélectrique dans une alimentation 30V/15V-5W pour une application spatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity-Controlled Switching Piezoelectric Damping based on Maximum Power Factor Tracking and Work Cycle Observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAST 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Ascona, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Considerations of Piezoelectric Transformers with Voltage-Mode Rectifiers for DC/DC Converter Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chih-Kung Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IECOn 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric generator harvesting bike vibrations energy to supply portable devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICREPQ 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing piezoelectric transformer working with PLL and with non-linear load approaches in DC-DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Aalborg, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix de transducteur piézoélectrique pour la récupération d'énergie de vibration sur un vélo en vue de développer un générateur d'énergie électrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Loyau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSAME 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon-based Biomimetic Flying Insect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Soyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Grondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Hladky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dargent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIR 2007 - International Symposium on Flying Insects and Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Flexion Mode Piezoelectric Micro-Transformer Processed by Aerosol Deposition Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X.Y. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.Z. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power Harvesting using Piezoelectric MEMS Generator with Interdigital Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.S. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.P. Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des performances d'un transformateur piézoélectrique par l'usage d'une charge non linéaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circular Piezoelectric Plate with Proof Mass for Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actuator 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy harvesting from vibration using a piezoelectric membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Minazara-Erambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Tliba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electro-Active Materials and Sustainable Growth (EMSG 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Abbaye Les Vaux de Cernay, France. pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive energy harvesting from mechanical vibration using circular piezoelectric membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Rotterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of piezoelectric transformer and coreless planar electromagnetic transformer in gate drive applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PCIM 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Nuremberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric diaphragm for vibration energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Minazara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guylaine Poulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCU/UI 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Pékin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of piezoelectric transformer and coreless planar electromagnetic transformer dedicated to the integration of gate drivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAAEI-EPF 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic integration of a low power piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE-PEMC 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Riga, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-transformateur piézoélectrique intégré sur substrat en silicium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCGE 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Saint-Nazaire, France. pp.467-472</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric transformer for complementary MOSFET & IGBT gate drive circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-power high-voltage DC/DC inverters based on a PZT piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Jarrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piezoelectric microtransformer based on SOI structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sangouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cattan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MME 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Delft, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method to design piezoelectric transformer used in MOSFET & IGBT gate drive circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PESC 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Acapulco, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Analytical Modeling of a Bimorph Beam Piezoelectric Transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de transistor à grille isolée par transformateur piézoélectrique, bras complet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Jarrousse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Montpellier, France. pp.25-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformateur piézoélectrique bimorphe de type poutre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAGELEC 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Toulouse, France. pp 95-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new MOSFET & IGBT gate drive insulated by a piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE PESC 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic 4x4 chain matrix for analytical modeling of piezoelectric actuator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE IUS 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commande de transistor à grille isolée par transformateur piézoélectrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPF 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Lille, France. pp 13-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00843222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insulated grid bipolar transistor driver insulated by a piezoelectric transformer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electralis 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications des éléments piézo-électriques en électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Techniques de l'Ingénieur, pp.Techniques de l'Ingénieur D3235, 2011, D3235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformateurs statiques piézoélectriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Sarraute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Techniques de l'Ingénieur, pp.Techniques de l'Ingénieur D 3015, 2005, D 3015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des commutateurs intelligents pour une meilleurs récupération d'énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Shan Shih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wen-Jong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS Editions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inventer l’avenir, L’ingénierie se met au vert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.79-81, 2019, 978-2-271-12638-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-powered Electronics for Piezoelectric Energy Harvesting Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan-Ping Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Scale Energy Harvesting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, pp.327-346, 2012, 979-953-307-124-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports des matériaux piézoélectriques pour l'intégration hybride et monolithique des transformateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejan Vasic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. École normale supérieure de Cachan - ENS Cachan, 2003. Français. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00789774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId232"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C53E23AE"/>
+    <w:nsid w:val="B050E49C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dejan-vasic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3035-3283" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076319008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892439v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Vasic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-d3015" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572781v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modar Jomaa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne L&#233;vy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Ali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578067v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad3ef3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Su" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac1d91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Loyau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab1945" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978667v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martinez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pillonnet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.04.014" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523600v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pillonnet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vasic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Costa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697480v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pineirua" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michelin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/25/8/085004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697474v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Shan Shih" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Jong Wu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/25/12/125013" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697531v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Yin Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.08.212" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697533v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. S. Shih" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. J. Wu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.08.213" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697583v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hao Su" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan-Ping Liu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Jong Wu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-140093" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697584v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-014-0407-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811648v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811647v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811645v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chih-Kung Lee" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854325v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/22/9/095005" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919357v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-013-0906-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-78V2105F-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908437v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-131697" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840969v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Yao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2013.1278" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811643v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwander" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/22/5/055020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811650v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811651v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811654v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2012110355" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-GQ6H4HK8-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788688v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-Y. Chen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vasic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Costa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.-J. Wu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-K. Lee" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811661v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Marmouget" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811655v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811656v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811662v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Minazara" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811657v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Poulin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811659v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811663v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811658v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2006059" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-0182KM3D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920231v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sangouard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cattan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811660v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Tliba" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2005128028" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-88K85KMZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141177v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sangouard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811665v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920234v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811664v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hallaert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082478v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578046v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3010689" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572778v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462301v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modar JOMAA" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2657036" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462175v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC57127.2023.10114888" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978638v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461661v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Ting Chen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jiun Su" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2556335" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461807v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martinez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461605v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2514448" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051493v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681261v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1052/1/012107" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461563v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2297639" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697486v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vido" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697577v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chieh Hsieh" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697553v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697580v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697578v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697529v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697547v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuyin Chen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697581v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2014.6910954" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697582v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812885v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793751v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862657v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903907v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862663v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872400v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793755v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790124v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843236v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Tian" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793748v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793750v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789822v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790132v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790117v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793752v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789825v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864500v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864502v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793757v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864505v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864506v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843235v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864508v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864503v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920242v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843234v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Radosavljevic" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Maric" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Stojanovic" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864509v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843682v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843232v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loyau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843680v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843681v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843679v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843676v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843231v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152448v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soyer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grondel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Hladky" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dargent" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843674v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Wang" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Z. Chang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843675v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Lee" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.P. Shih" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843230v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843673v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00527357v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Minazara-Erambert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843670v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843672v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843671v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843229v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843669v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843665v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843664v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jarrousse" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843227v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843666v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843662v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843661v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843226v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843237v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843659v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843224v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843222v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578103v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811666v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811667v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578301v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811668v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00789774v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dejan-vasic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3035-3283" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076319008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572781v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modar Jomaa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne L&#233;vy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Vasic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Ali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892439v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-d3015" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578067v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad3ef3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Su" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac1d91" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Loyau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab1945" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978667v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martinez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pillonnet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.04.014" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697480v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pineirua" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michelin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/25/8/085004" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Shan Shih" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Jong Wu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/25/12/125013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697531v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Yin Chen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.08.212" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697533v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. S. Shih" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. J. Wu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2015.08.213" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697583v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hao Su" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan-Ping Liu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Jong Wu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-140093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697584v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-014-0407-9" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811645v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chih-Kung Lee" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811647v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811648v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/22/9/095005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919357v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12206-013-0906-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-78V2105F-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-131697" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840969v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Yao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2013.1278" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811643v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwander" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/22/5/055020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811654v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2012110355" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-GQ6H4HK8-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788688v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-Y. Chen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vasic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Costa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.-J. Wu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-K. Lee" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811650v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811651v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811661v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Marmouget" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811655v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811656v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811662v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Minazara" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811657v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Poulin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811659v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sarraute" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811663v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811658v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2006059" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-0182KM3D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920231v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sangouard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cattan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811660v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Tliba" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2005128028" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-88K85KMZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141177v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sangouard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811665v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920234v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811664v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hallaert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082478v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572778v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578046v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3010689" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462301v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modar JOMAA" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2657036" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462175v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS-ITEC57127.2023.10114888" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978638v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461661v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Ting Chen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jiun Su" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2556335" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461807v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martinez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Labrousse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461605v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2514448" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681261v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vasic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1052/1/012107" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051493v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461563v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2297639" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697486v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vido" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697577v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chieh Hsieh" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697578v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697553v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697580v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697529v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697547v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuyin Chen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697581v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2014.6910954" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697582v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793751v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862657v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812885v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903907v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862663v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872400v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843236v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Tian" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793748v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790124v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793755v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793750v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789822v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790132v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790117v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793752v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864500v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864502v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789825v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793757v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864506v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843235v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864505v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864508v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864503v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920242v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843234v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Radosavljevic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Maric" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Stojanovic" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864509v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843682v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843232v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loyau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843233v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843680v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843681v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843679v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843676v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843231v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152448v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Soyer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grondel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Hladky" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dargent" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843674v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Wang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.Z. Chang" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843675v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Lee" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.P. Shih" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843230v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843673v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00527357v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Minazara-Erambert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843670v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843672v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843671v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843229v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843669v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843227v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843665v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843664v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jarrousse" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843666v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843662v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843661v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843226v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843224v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843237v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843659v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843222v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578103v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811666v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811667v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578301v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811668v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00789774v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>