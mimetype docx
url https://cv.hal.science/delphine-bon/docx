--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -632,303 +632,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01948305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemia/reperfusion-associated tubular cells injury in renal transplantation: Can metabolomics inform about mechanisms and help identify new therapeutic targets?</w:t>
+                <w:t xml:space="preserve">Barriers and Advances in Kidney Preservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Barin-Le Guellec</w:t>
+                <w:t xml:space="preserve">C. Steichen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérenger Largeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Bon</w:t>
+                <w:t xml:space="preserve">S. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Marquet</w:t>
+                <w:t xml:space="preserve">D. Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Hauet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">B. Barrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phrs.2017.12.032⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2018/9206257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01682387v1</w:t>
+                <w:t xml:space="preserve">hal-02346840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barriers and Advances in Kidney Preservation</w:t>
+                <w:t xml:space="preserve">Ischemia/reperfusion-associated tubular cells injury in renal transplantation: Can metabolomics inform about mechanisms and help identify new therapeutic targets?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Steichen</w:t>
+                <w:t xml:space="preserve">Chantal Barin-Le Guellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Giraud</w:t>
+                <w:t xml:space="preserve">Bérenger Largeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bon</w:t>
+                <w:t xml:space="preserve">Pierre Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Barrou</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pharmacological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 129, pp.34-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phrs.2017.12.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2018/9206257⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02346840v1</w:t>
+                <w:t xml:space="preserve">inserm-01682387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does machine perfusion decrease ischemia reperfusion injury?</w:t>
               </w:r>
@@ -953,51 +953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chatauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1310,295 +1310,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00871213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration and chain length of polyethylene glycol in islet isolation solution: evaluation in a pancreatic islet transplantation model.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New strategies to optimize kidney recovery and preservation in transplantation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chatauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Neuzillet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Eugene</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3727/096368912X638928⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (6), pp.339-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nrneph.2012.83⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00871259v1</w:t>
+                <w:t xml:space="preserve">inserm-00871237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New strategies to optimize kidney recovery and preservation in transplantation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Concentration and chain length of polyethylene glycol in islet isolation solution: evaluation in a pancreatic islet transplantation model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Neuzillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Eugene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Nephrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 8 (6), pp.339-47. </w:t>
+              <w:t xml:space="preserve">Cell Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (9), pp.2079-88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nrneph.2012.83⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3727/096368912X638928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00871237v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00871259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution nuclear magnetic resonance investigation of metabolic disturbances induced by focal traumatic brain in-jury in a rat model: a pilot study.</w:t>
               </w:r>
@@ -2019,273 +2019,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization and effects of porcine adipose tissue mesenchymal stem cells on kidney graft recovery in a preclinical porcine model of renal transplantation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bronchoalveolar lavage fluid (balf) analysis with high resolution nmr spectroscopy in a preclinical lung allotransplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Matillon</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Glorion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Boildieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 2 p</w:t>
+              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739914v1</w:t>
+                <w:t xml:space="preserve">hal-02740328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bronchoalveolar lavage fluid (balf) analysis with high resolution nmr spectroscopy in a preclinical lung allotransplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Bon</w:t>
+                <w:t xml:space="preserve">Characterization and effects of porcine adipose tissue mesenchymal stem cells on kidney graft recovery in a preclinical porcine model of renal transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Matillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Baulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Damour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Glorion</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jerome Roumy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
+              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740328v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2562,77 +2562,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Kerforne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Danion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t>
@@ -2983,51 +2983,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291013v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Douzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugu&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.05.007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098751v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Suikkanen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Soukkio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12080744" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177010v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10110460" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948305v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ameteau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15063" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01682387v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Barin-Le Guellec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Largeau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2017.12.032" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3KSMV786-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346840v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Steichen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9206257" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01057473v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatauret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-7087(14)70063-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01057477v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Billault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hebrard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013292016" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871259v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Neuzillet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thuillier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Eugene" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3727/096368912X638928" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871237v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrneph.2012.83" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00572972v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Null Pasco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbise.2011.42016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01682411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Desmoulin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Malet-Martino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.09.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K68RZ5S9-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090026v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gilard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Massou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nola P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-006-0092-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4Q3M088F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739914v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Matillon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baulier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Rodriguez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Damour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Roumy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740328v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Glorion" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377214v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377193v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742117v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kerforne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danion" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536853v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291013v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Douzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugu&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.05.007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098751v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Suikkanen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Soukkio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12080744" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177010v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10110460" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948305v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ameteau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15063" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346840v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Steichen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9206257" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01682387v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Barin-Le Guellec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Largeau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2017.12.032" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3KSMV786-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01057473v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatauret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-7087(14)70063-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01057477v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Billault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hebrard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871213v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013292016" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871237v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thuillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrneph.2012.83" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871259v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Neuzillet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Eugene" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3727/096368912X638928" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00572972v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Null Pasco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbise.2011.42016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01682411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Desmoulin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Malet-Martino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.09.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K68RZ5S9-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090026v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gilard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Massou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;nola P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-006-0092-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4Q3M088F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740328v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Glorion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739914v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Matillon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baulier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Rodriguez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Damour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Roumy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377214v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377193v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742117v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kerforne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Danion" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536853v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>