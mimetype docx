--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -606,4124 +606,4258 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between acute complications in PMM2-CDG patients and haemostasis anomalies: Data from a multicentric study and suggestions for acute management</w:t>
+                <w:t xml:space="preserve">MAGT1 deficiency in XMEN disease is associated with severe platelet dysfunction and impaired platelet glycoprotein N-glycosylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Wicker</w:t>
+                <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-Joris Roux</w:t>
+                <w:t xml:space="preserve">Coralie Mallebranche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bruneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Goujon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Hully</w:t>
+                <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Genetics and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymgme.2023.107674⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtha.2023.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04457438v1</w:t>
+                <w:t xml:space="preserve">hal-04106364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How can the design of therapeutic SERPINs be improved?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association between acute complications in PMM2-CDG patients and haemostasis anomalies: Data from a multicentric study and suggestions for acute management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Wicker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Joris Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Bianchini</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louise Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan de Feraudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hully</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jth.15667⟩</w:t>
+              <w:t xml:space="preserve">Molecular Genetics and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 140 (3), pp.107674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymgme.2023.107674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04455201v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antithrombin supplementation for prevention of vascular thrombosis after pediatric liver transplantation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How can the design of therapeutic SERPINs be improved?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zeynep Demir</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elsa Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Auditeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pediatric Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpedsurg.2022.06.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20, pp.1037-1039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jth.15667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457416v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04455201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathophysiological pathway differences in children who present with COVID-19 ARDS compared to COVID -19 induced MIS-C</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emicizumab does not interfere with the activated clotting time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislas Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Frère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conor Mccafferty</w:t>
+                <w:t xml:space="preserve">Maximilien Desvages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tengyi Cai</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Renolleau</w:t>
+                <w:t xml:space="preserve">Annie Harroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-29951-9⟩</w:t>
+              <w:t xml:space="preserve">Haemophilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (2), pp.362-366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/hae.14497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457421v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Proteolytic Inactivation of Protein Z-Dependent Protease Inhibitor by Neutrophil Elastase Might Promote the Procoagulant Activity of Neutrophil Extracellular Traps in Sepsis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pathophysiological pathway differences in children who present with COVID-19 ARDS compared to COVID -19 induced MIS-C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conor Mccafferty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa P Bianchini</w:t>
+                <w:t xml:space="preserve">Tengyi Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahita Razanakolona</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Amélie Couteau-Chardon</w:t>
+                <w:t xml:space="preserve">Sylvain Renolleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis and Haemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-1530-3980⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.2391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-29951-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03313257v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SLC37A4-CDG: New biochemical insights for an emerging congenital disorder of glycosylation with major coagulopathy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antithrombin supplementation for prevention of vascular thrombosis after pediatric liver transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Hukkinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Wong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Demir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Raynor</w:t>
+                <w:t xml:space="preserve">Radhia Hadj Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Haouari</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annie Harroche</w:t>
+                <w:t xml:space="preserve">Dominique Debray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cca.2021.07.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pediatric Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (11), pp.666-675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpedsurg.2022.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455053v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclic bridged analogs of isoCA-4: Design, synthesis and biological evaluation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurie Askenatzis</w:t>
+                <w:t xml:space="preserve">Reappearance of inhibitor in a tolerized patient with severe haemophilia A during FVIII‐free emicizumab therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislas Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lacroix-Desmazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Desvages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2020.112873⟩</w:t>
+              <w:t xml:space="preserve">Haemophilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (4), pp.e581-e584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/hae.14334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034493v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mutation in SLC37A4 causes a dominantly inherited congenital disorder of glycosylation characterized by liver dysfunction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Vuillaumier-Barrot</w:t>
+                <w:t xml:space="preserve">The Proteolytic Inactivation of Protein Z-Dependent Protease Inhibitor by Neutrophil Elastase Might Promote the Procoagulant Activity of Neutrophil Extracellular Traps in Sepsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa P Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahita Razanakolona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Helms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouzia Zouiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Couteau-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Human Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajhg.2021.04.013⟩</w:t>
+              <w:t xml:space="preserve">Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-1530-3980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321294v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03313257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reappearance of inhibitor in a tolerized patient with severe haemophilia A during FVIII‐free emicizumab therapy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maximilien Desvages</w:t>
+                <w:t xml:space="preserve">SLC37A4-CDG: New biochemical insights for an emerging congenital disorder of glycosylation with major coagulopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Raynor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Haouari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bobby Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cholet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Harroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haemophilia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/hae.14334⟩</w:t>
+              <w:t xml:space="preserve">Clinica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 521, pp.104-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cca.2021.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03431426v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factor XII in PMM2-CDG patients: role of N-glycosylation in the secretion and function of the first element of the contact pathway</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cyclic bridged analogs of isoCA-4: Design, synthesis and biological evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shannon Pecnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Provot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Levaique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel López-Gálvez</w:t>
+                <w:t xml:space="preserve">Jérome Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Eugenia de la Morena-Barrio</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antonia Miñano</w:t>
+                <w:t xml:space="preserve">Laurie Askenatzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13023-020-01564-9⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 209, pp.112873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2020.112873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457414v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term outcome of MPI‐CDG patients on D‐mannose therapy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Manuel Schiff</w:t>
+                <w:t xml:space="preserve">A mutation in SLC37A4 causes a dominantly inherited congenital disorder of glycosylation characterized by liver dysfunction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bobby Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulina Sosicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Harroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vuillaumier-Barrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jimd.12289⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 108 (6), pp.1040-1052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajhg.2021.04.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03530176v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus guideline for the diagnosis and management of mannose phosphate isomerase‐congenital disorder of glycosylation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joana Correia</w:t>
+                <w:t xml:space="preserve">Factor XII in PMM2-CDG patients: role of N-glycosylation in the secretion and function of the first element of the contact pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel López-Gálvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Eugenia de la Morena-Barrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto López-Lera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Pathak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Miñano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jimd.12241⟩</w:t>
+              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (1), pp.280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13023-020-01564-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457411v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical variability and probable founder effect in oculocutaneous albinism type 7.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long term outcome of MPI‐CDG patients on D‐mannose therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Debray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lacaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Bataille</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Leclerc-Mercier</w:t>
+                <w:t xml:space="preserve">Manuel Schiff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cge.13655⟩</w:t>
+              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43 (6), pp.1360-1369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jimd.12289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878371v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03530176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring beta‐galactose exposure on platelets: Standardization and healthy reference values</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Peggy Tournoux</w:t>
+                <w:t xml:space="preserve">Consensus guideline for the diagnosis and management of mannose phosphate isomerase‐congenital disorder of glycosylation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Čechová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruqaiah Altassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bruneel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Correia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rth2.12369⟩</w:t>
+              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43 (4), pp.671-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jimd.12241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964593v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical variability and probable founder effect in oculocutaneous albinism type 7.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu P Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia Bekel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miao Feng</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Adam</w:t>
+                <w:t xml:space="preserve">Stéphanie Leclerc-Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.119.316090⟩</w:t>
+              <w:t xml:space="preserve">Clinical Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 97 (3), pp.527-528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cge.13655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02948394v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International clinical guidelines for the management of phosphomannomutase 2‐congenital disorders of glycosylation: Diagnosis, treatment and follow up</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ruqaiah Altassan</w:t>
+                <w:t xml:space="preserve">Measuring beta‐galactose exposure on platelets: Standardization and healthy reference values</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Pascreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadyo Darame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐charlotte Bourrienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Péanne</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Muad Bidet</w:t>
+                <w:t xml:space="preserve">Peggy Tournoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jimd.12024⟩</w:t>
+              <w:t xml:space="preserve">Research and Practice in Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (5), pp.813-822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rth2.12369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457400v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fulminant arterial vasculitis as an unusual complication of disseminated staphylococcal disease due to the emerging CC1 methicillin-susceptible Staphylococcus aureus clone: a case report</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Louise Galmiche</w:t>
+                <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziane Elaïb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12879-019-3933-3⟩</w:t>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 127 (7), pp.e166-e183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.119.316090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02285428v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02948394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of platelet desialylation and thrombocytopenia in type 2B von Willebrand disease: preclinical and clinical evidence</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inflammation in deep vein thrombosis: a therapeutic target?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Pascreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Saller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haematologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3324/haematol.2018.206250⟩</w:t>
+              <w:t xml:space="preserve">Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (1), pp.742-750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/16078454.2019.1687144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02347340v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04455174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term follow-up in PMM2-CDG: are we ready to start treatment trials?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tiffany Pascreau</w:t>
+                <w:t xml:space="preserve">Fulminant arterial vasculitis as an unusual complication of disseminated staphylococcal disease due to the emerging CC1 methicillin-susceptible Staphylococcus aureus clone: a case report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Nassif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Galmiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41436-018-0301-4⟩</w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (1), pp.302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-019-3933-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457407v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02285428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammation in deep vein thrombosis: a therapeutic target?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Relevance of platelet desialylation and thrombocytopenia in type 2B von Willebrand disease: preclinical and clinical evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Soukaseum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cheptou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nipoti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/16078454.2019.1687144⟩</w:t>
+              <w:t xml:space="preserve">Haematologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, HITH, pp.haematol.2018.206250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3324/haematol.2018.206250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">inserm-04455174v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ADAM-10 dependent EPCR shedding links meningococcal interaction with endothelial cells to purpura fulminans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">International clinical guidelines for the management of phosphomannomutase 2‐congenital disorders of glycosylation: Diagnosis, treatment and follow up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruqaiah Altassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Péanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaak Jaeken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Lécuyer</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Bourdoulous</w:t>
+                <w:t xml:space="preserve">Muad Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1006981⟩</w:t>
+              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42 (1), pp.5-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jimd.12024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02174542v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fluorine scan of a tubulin polymerization inhibitor isocombretastatin A-4: Design, synthesis, molecular modelling, and biological evaluation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Helene Levaique</w:t>
+                <w:t xml:space="preserve">Long-term follow-up in PMM2-CDG: are we ready to start treatment trials?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Witters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Honzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bauchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruqaiah Altassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Pascreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2017.11.055⟩</w:t>
+              <w:t xml:space="preserve">Genetics in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (5), pp.1181-1188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41436-018-0301-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02105508v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Synthesis of Tubulin and Histone Deacetylase Inhibitor Based on iso -Combretastatin A-4</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bollot</w:t>
+                <w:t xml:space="preserve">Inactivated antithombin as anticoagulant reversal in a rat model of cardiopulmonary bypass: a potent and potentially safer alternative to protamine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Sebestyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Abache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Bourti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fontayne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.8b00050⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Haematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 180 (5), pp.715-720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjh.15091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02309817v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02296615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinesin-1 Is a New Actor Involved in Platelet Secretion and Thrombus Stability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Munoz</w:t>
+                <w:t xml:space="preserve">Design and Synthesis of Tubulin and Histone Deacetylase Inhibitor Based on iso -Combretastatin A-4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Lamaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsin-Ping Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Zig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bollot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.117.310373⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61 (15), pp.6574-6591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.8b00050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02440288v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TUBB1 mutations cause thyroid dysgenesis associated with abnormal platelet physiology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sanjay Gawade</w:t>
+                <w:t xml:space="preserve">An ADAM-10 dependent EPCR shedding links meningococcal interaction with endothelial cells to purpura fulminans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lécuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Virion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Matczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bourdoulous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15252/emmm.201809569⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (4), pp.e1006981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1006981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02375086v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02174542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endothelial cell surface limits coagulation without modulating the antithrombin potency</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A fluorine scan of a tubulin polymerization inhibitor isocombretastatin A-4: Design, synthesis, molecular modelling, and biological evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Naret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bernadat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benchekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Levaique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.thromres.2018.05.019⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 143, pp.473-490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2017.11.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457391v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inactivated antithombin as anticoagulant reversal in a rat model of cardiopulmonary bypass: a potent and potentially safer alternative to protamine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Fontayne</w:t>
+                <w:t xml:space="preserve">Kinesin-1 Is a New Actor Involved in Platelet Secretion and Thrombus Stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Kauskot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Kurowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Haematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjh.15091⟩</w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38 (5), pp.1037-1051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.117.310373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02296615v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02440288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex formation with pentraxin-2 regulates factor X plasma levels and macrophage interactions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Borgel</w:t>
+                <w:t xml:space="preserve">TUBB1 mutations cause thyroid dysgenesis associated with abnormal platelet physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasia Stoupa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dulanjalee Kariyawasam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Strassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjay Gawade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/blood-2016-06-724351⟩</w:t>
+              <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/emmm.201809569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03209468v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex formation with pentraxin-2 regulates factor X plasma levels and macrophage interactions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Aymé</w:t>
+                <w:t xml:space="preserve">Endothelial cell surface limits coagulation without modulating the antithrombin potency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Catieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Regnault</w:t>
+                <w:t xml:space="preserve">Véronique Devos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Vasse</w:t>
+                <w:t xml:space="preserve">Sami Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/blood-2016-06-724351⟩</w:t>
+              <w:t xml:space="preserve">Thrombosis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 167, pp.88-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.thromres.2018.05.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03567147v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pathogenesis of meningococcal purpura fulminans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lécuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coureuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/femspd/ftx027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Complex formation with pentraxin-2 regulates factor X plasma levels and macrophage interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Muczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Aymé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blood</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 129 (17), pp.2443-2454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood-2016-06-724351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03567147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Targeting VEGFR1 on endothelial progenitors modulates their differentiation potential</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément D’audigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Meidi Alili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie L. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angiogenesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17 (3), p. 603-616. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10456-013-9413-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01300965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4733,341 +4867,341 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel β1-tubulin mutation associated with secretion-dependent platelet hyperactivity and prothrombotic risk via GPVI and CLEC-2 engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes A Eble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th EUPLAN International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Wuerzburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-05293799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle mutation de la tubuline β1 associée à un profil prothrombotique dépendant de l’axe GPVI et de la sécrétion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française d'Hématologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fitusiran-treatment modulates the ratio between alpha- and beta-antithrombin isoforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Mccluskey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Maynadié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Casari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5086,2089 +5220,2089 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thrombose et d'Hémostase, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence dans un modèle murin d’un risque prothrombotique associé à une mutation de la tubuline β1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Hémostase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thrombose et d'Hémostase, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en évidence dans un modèle murin d’un risque prothrombotique associé à une mutation de la tubuline β1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Hémostase (CFH) 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle mutation de la tubuline β1 associée à un profil prothrombotique dépendant de l’axe GPVI et de la sécrétion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Club Français des Plaquettes et des Mégacaryocytes (CFPM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A single-domain antibody enhancing protein S activity reduces vaso-occlusion in two murine models of sickle cell disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Llama-derived single-domain antibodies blocking tissue factor pathway inhibitor and increasing thrombin generation in FVIII- and FX-deficient plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Saller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Ruty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saenjamsai P</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Auditeau</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Fricot-Monsinjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress on Thrombosis and Haemostasis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Valence (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501174v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Llama-derived single-domain antibodies blocking tissue factor pathway inhibitor and increasing thrombin generation in FVIII- and FX-deficient plasma</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A single-domain antibody enhancing protein S activity reduces vaso-occlusion in two murine models of sickle cell disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Auditeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Maciel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josepha Sedzro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fricot-Monsinjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress on Thrombosis and Haemostasis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Valence (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501177v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antithrombotic Potential of a Single-domain Antibody Enhancing the Anticoagulant Activity of Protein S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josepha Sedzro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan De Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa P Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybrid Congress of the International Society on Thrombosis and Haemostasis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society on Thrombosis and Haemostasis, Jul 2021, Philadelphia (Pennsylvania), United States. pp.Abstract OC 60.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04501112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’activation des canaux TRPV4 induit la transition des cellules endothéliales veineuses ou artérielles vers un phénotype pro-inflammatoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Beddek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Riccobono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40eme congres de la SFH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-Term Follow-Up Study after Lentiviral Hematopoietic Stem/Progenitor Cell Gene Therapy for Wiskott-Aldrich Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Magnani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaela Semeraro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Gabrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASGCT 23rd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Boston (MA), United States. pp.Abstract 111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diminution de l’activité des pompes à calcium SERCA3 permet la réduction de la réponse inflammatoire.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kathia Beddek</w:t>
+                <w:t xml:space="preserve">Caractérisation d’une nanobody qui potentialize l’activité cofacteur de la protéine C active de la protéine S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedzro Jc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gandrille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40eme congres de la SFH 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">40ème congrès de la Société Française d’Hématologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d’Hématologie, Sep 2020, Paris, France. pp.Page 39, Abstract 04-01</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455333v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation d’une nanobody qui potentialize l’activité cofacteur de la protéine C active de la protéine S</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+                <w:t xml:space="preserve">La diminution de l’activité des pompes à calcium SERCA3 permet la réduction de la réponse inflammatoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Beddek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème congrès de la Société Française d’Hématologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d’Hématologie, Sep 2020, Paris, France. pp.Page 39, Abstract 04-01</w:t>
+              <w:t xml:space="preserve">40eme congres de la SFH 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501074v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel β1-tubulin mutation associated with a secretion-dependent platelet hyperactivity and prothrombotic risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Repérant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTH 2025 Prague</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05351155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAGT1 DEFICIENCY CAUSES A PROMINENT PLATELETS DYSFUNCTION THROUGH IMPAIRMENT OF MEMBRANE GLYCOPROTEINS N-GLYCOSYLATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Mallebranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Solarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toscane Viellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Biennial Meeting of the European Society for Immunodeficiencies (ESID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Gothenburg, Sweden. Abstract 801</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ca2+ release from Sarco/Endoplamic Reticulum Ca2+-ATPase 3 (SERCA3) controlled stores is involved in endothelial permeability and inflammatory response.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Beddek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Bobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Adam</w:t>
+                <w:t xml:space="preserve">Standardization of a Flow Cytometry Platelet Sialylation Assay, and reference Values forBeta-Galactose Exposure in Healthy Subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Pascreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadyo Darame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Bourrienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTH 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Virtual congress, France</w:t>
+              <w:t xml:space="preserve">ISTH, 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Milan (Italie), Italy. PB0441</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455286v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04454870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardization of a Flow Cytometry Platelet Sialylation Assay, and reference Values forBeta-Galactose Exposure in Healthy Subjects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Philippe</w:t>
+                <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziane Elaib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Borgel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile V. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTH, 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Milan (Italie), Italy. PB0441</w:t>
+              <w:t xml:space="preserve">ISTH 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Virtual congress, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04454870v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of platelet desialylation and thrombocytopenia in type 2B von Willebrand disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Soukaseum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Cheptou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Nipoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRC, Cell biology of megakaryocytes and platelets, 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Galveston - Texas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId256"/>
+      <w:footerReference w:type="default" r:id="rId259"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7315,51 +7449,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534728v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auditeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bruneel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rep&#233;rant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0045-1814603" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05316627v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung-Son Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Devaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Saller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Peyron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2373-2829" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457427v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#251;n Bentounes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lasne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Habay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bally" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frenzel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14923" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457429v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Pascreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Borgel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.100142" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457438v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Wicker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Joris Roux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goujon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan de Feraudy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hully" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2023.107674" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04455201v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bianchini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15667" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457416v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hukkinen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Wong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Demir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Hadj Salem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Debray" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2022.06.008" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457421v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Mccafferty" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengyi Cai" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renolleau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-29951-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03313257v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa P Bianchini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahita Razanakolona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Helms" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Zouiti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Couteau-Chardon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1530-3980" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455053v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Raynor" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Haouari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bobby Ng" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cholet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Harroche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2021.07.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034493v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Pecnard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Provot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Levaique" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Bignon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Askenatzis" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.112873" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321294v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Sosicka" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vuillaumier-Barrot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2021.04.013" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431426v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Capdevila" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Desvages" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14334" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457414v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-G&#225;lvez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia de la Morena-Barrio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto L&#243;pez-Lera" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Pathak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Mi&#241;ano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-020-01564-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03530176v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Girard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douillard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lacaille" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Schiff" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12289" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457411v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna &#268;echov&#225;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqaiah Altassan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Correia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12241" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878371v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bataille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P Robert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Bekel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leclerc-Mercier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cge.13655" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964593v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadyo Darame" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Bourrienne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Tournoux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rth2.12369" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02948394v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Feng" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Ela&#239;b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Denis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.316090" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457400v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain P&#233;anne" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaak Jaeken" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Barone" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muad Bidet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02285428v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vidal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Moulin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nassif" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Galmiche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-019-3933-3" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347340v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dupont" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Soukaseum" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cheptou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nipoti" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2018.206250" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457407v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Witters" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Honzik" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bauchart" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-018-0301-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04455174v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16078454.2019.1687144" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02174542v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; L&#233;cuyer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Virion" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Barnier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Matczak" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourdoulous" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006981" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105508v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Naret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bignon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernadat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benchekroun" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Levaique" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2017.11.055" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309817v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Lamaa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin-Ping Lin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Zig" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bauvais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bollot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00050" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440288v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kauskot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kurowska" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goudin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Munoz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.117.310373" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375086v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Stoupa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulanjalee Kariyawasam" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Strassel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Gawade" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201809569" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457391v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Catieau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Devos" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Chtourou" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Plantier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2018.05.019" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02296615v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sebestyen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Abache" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Bourti" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontayne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.15091" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03209468v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Muczynski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ayme" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Regnault" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vasse" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2016-06-724351" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03567147v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Aym&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552926v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coureuil" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femspd/ftx027" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01300965v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#8217;audigier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Yon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Meidi Alili" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10456-013-9413-2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05293799v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toscane Viellard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Solarz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes A Eble" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151565v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bordet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701035v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Mccluskey" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Maynadi&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Casari" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701038v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151543v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151561v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501174v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Maciel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josepha Sedzro" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roussel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fricot-Monsinjon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501177v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Saller" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ruty" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saenjamsai P" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501112v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan De Carvalho" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455362v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Beddek" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Raffin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Riccobono" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455733v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Magnani" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Semeraro" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dupr&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gabrion" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455333v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Bobe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501074v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedzro Jc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Carvalho" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gandrille" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351155v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455514v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Mallebranche" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455301v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455286v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Elaib" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile V. Denis" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454870v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bourrienne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Philippe" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455289v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534728v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Auditeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bruneel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rep&#233;rant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0045-1814603" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05316627v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung-Son Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Devaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Saller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Peyron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2373-2829" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457427v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#251;n Bentounes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lasne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Habay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bally" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Frenzel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14923" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457429v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Pascreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Borgel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.100142" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106364v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kauskot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Mallebranche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Solarz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtha.2023.05.007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457438v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Wicker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Joris Roux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goujon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan de Feraudy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hully" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2023.107674" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04455201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bianchini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jth.15667" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463219v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Capdevila" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fr&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Desvages" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Harroche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14497" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457421v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conor Mccafferty" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengyi Cai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renolleau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-29951-9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457416v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hukkinen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Wong" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Demir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Hadj Salem" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Debray" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpedsurg.2022.06.008" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431426v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14334" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03313257v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa P Bianchini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahita Razanakolona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Helms" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Zouiti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Couteau-Chardon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1530-3980" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455053v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Raynor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Haouari" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bobby Ng" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cholet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cca.2021.07.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034493v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Pecnard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Provot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Levaique" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Bignon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Askenatzis" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2020.112873" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321294v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Sosicka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vuillaumier-Barrot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2021.04.013" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457414v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-G&#225;lvez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia de la Morena-Barrio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto L&#243;pez-Lera" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Pathak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Mi&#241;ano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-020-01564-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03530176v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Girard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douillard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lacaille" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Schiff" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12289" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457411v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna &#268;echov&#225;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqaiah Altassan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Correia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12241" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878371v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bataille" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu P Robert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Bekel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leclerc-Mercier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cge.13655" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964593v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadyo Darame" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Bourrienne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Tournoux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rth2.12369" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02948394v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Feng" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Ela&#239;b" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Denis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.316090" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04455174v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16078454.2019.1687144" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02285428v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vidal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Moulin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Nassif" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Galmiche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-019-3933-3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347340v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dupont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Soukaseum" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cheptou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nipoti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2018.206250" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457400v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain P&#233;anne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaak Jaeken" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Barone" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muad Bidet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457407v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Witters" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Honzik" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bauchart" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-018-0301-4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02296615v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sebestyen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Abache" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Bourti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontayne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.15091" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309817v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Lamaa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin-Ping Lin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Zig" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bauvais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bollot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00050" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02174542v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; L&#233;cuyer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Virion" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Barnier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Matczak" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourdoulous" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006981" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105508v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Naret" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bignon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bernadat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benchekroun" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Levaique" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2017.11.055" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440288v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kurowska" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goudin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Munoz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.117.310373" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375086v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Stoupa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulanjalee Kariyawasam" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Strassel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Gawade" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201809569" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457391v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Catieau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Devos" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Chtourou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Plantier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2018.05.019" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552926v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coureuil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femspd/ftx027" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03567147v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Muczynski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Aym&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Regnault" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vasse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2016-06-724351" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01300965v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#8217;audigier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Yon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Meidi Alili" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10456-013-9413-2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05293799v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toscane Viellard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes A Eble" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151565v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bordet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701035v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Mccluskey" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Maynadi&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Casari" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701038v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151543v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151561v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501177v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Saller" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ruty" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saenjamsai P" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501174v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Maciel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josepha Sedzro" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roussel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fricot-Monsinjon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501112v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan De Carvalho" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455362v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Beddek" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Raffin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Riccobono" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455733v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Magnani" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Semeraro" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Dupr&#233;" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gabrion" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501074v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedzro Jc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De Carvalho" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gandrille" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455333v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Bobe" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351155v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455514v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455301v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454870v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bourrienne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Philippe" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455286v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Elaib" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile V. Denis" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455289v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>