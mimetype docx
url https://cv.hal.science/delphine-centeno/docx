--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -160,693 +160,693 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A study protocol for the exploration of metabolic syndrome in adults born with small weight for gestational age</w:t>
+                <w:t xml:space="preserve">Untargeted Metabolomics for Wheat Bread In Vitro Digestate Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Houssein Zhour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Comte</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Agnès Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F1000Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, pp.1038. </w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.84-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12688/f1000research.169049.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.5c00383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05441253v1</w:t>
+                <w:t xml:space="preserve">hal-05418303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untargeted Metabolomics for Wheat Bread In Vitro Digestate Assessment</w:t>
+                <w:t xml:space="preserve">Metabolomic Signature in Men with Central Serous Chorioretinopathy Using UHPLC-MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssein Zhour</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Delphine Centeno</w:t>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Lyan</w:t>
+                <w:t xml:space="preserve">Marta Zola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Agnès Peyron</w:t>
+                <w:t xml:space="preserve">Elodie Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Kowalczuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 25 (1), pp.84-98. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.5c00383⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 24 (6), pp.2600-2613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.4c00561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05418303v1</w:t>
+                <w:t xml:space="preserve">hal-05434016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Activation of Beta‐Oxidation and De Novo Lipogenesis in MASLD ‐ HCC : A New Paradigm</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving metabolomics data comparability without long term quality controls using a post-acquisition correction strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Buchard</w:t>
+                <w:t xml:space="preserve">Elfried Salanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natali Abeywickrama-Samarakoon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+                <w:t xml:space="preserve">Blandine Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boccard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/liv.70006⟩</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1380, pp.344753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.344753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05441192v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic Signature in Men with Central Serous Chorioretinopathy Using UHPLC-MS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+                <w:t xml:space="preserve">A study protocol for the exploration of metabolic syndrome in adults born with small weight for gestational age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Zola</w:t>
+                <w:t xml:space="preserve">Sebastien Czernichow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Bousquet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Comte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.4c00561⟩</w:t>
+              <w:t xml:space="preserve">F1000Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.1038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12688/f1000research.169049.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05434016v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving metabolomics data comparability without long term quality controls using a post-acquisition correction strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simultaneous Activation of Beta‐Oxidation and De Novo Lipogenesis in MASLD ‐ HCC : A New Paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Dahboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihan Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elfried Salanon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+                <w:t xml:space="preserve">Benjamin Buchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Boccard</w:t>
+                <w:t xml:space="preserve">Natali Abeywickrama-Samarakoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1380, pp.344753. </w:t>
+              <w:t xml:space="preserve">Liver International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (2), pp.e70006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.344753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/liv.70006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05441215v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic prediction of breast cancer treatment induced neurological and metabolic toxicities</w:t>
               </w:r>
@@ -858,51 +858,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Piffoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -966,103 +966,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An alternative for the robust assessment of the repeatability and reproducibility of analytical measurements using bivariate dispersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elfried Salanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 250, pp.105148. </w:t>
@@ -1094,295 +1094,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t>
+                <w:t xml:space="preserve">Untargeted metabolomics confirms the association between plasma branched chain amino acids and residual feed intake in beef heifers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Paulhe</w:t>
+                <w:t xml:space="preserve">Ezequiel Jorge-Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
+                <w:t xml:space="preserve">Sergio Polakof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annelaure Damont</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+                <w:t xml:space="preserve">Muriel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (11), pp.e0277458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695453v1</w:t>
+                <w:t xml:space="preserve">hal-03878974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untargeted metabolomics confirms the association between plasma branched chain amino acids and residual feed intake in beef heifers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Paulhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ezequiel Jorge-Smeding</w:t>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Polakof</w:t>
+                <w:t xml:space="preserve">Annelaure Damont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Bonnet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Delphine Centeno</w:t>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (11), pp.e0277458. </w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (6), pp.40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277458⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878974v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-targeted metabolomics analyses by mass spectrometry to explore metabolic stress after six training weeks in high level swimmers.</w:t>
               </w:r>
@@ -1394,77 +1394,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Pla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 39 (9), pp.969-978. </w:t>
@@ -1554,51 +1554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lefèvre-Arbogast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Epidemiology, Biomarkers and Prevention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29 (2), pp.396-405. </w:t>
@@ -1675,64 +1675,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 59 (8), pp.3425-3439. </w:t>
@@ -1796,51 +1796,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lécuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïcha Demidem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2038,103 +2038,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Pre-frailty Sub-Phenotypes in Elderly Using Metabolomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9, </w:t>
@@ -2224,51 +2224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 187, pp.152-160. </w:t>
@@ -2300,623 +2300,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myofiber metabolic type determination by mass spectrometry imaging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dietary supplementation with cysteine prevents adverse metabolic outcomes of repeated cures with paracetamol in old rats.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie A. Venien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+                <w:t xml:space="preserve">Carole Mast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Astruc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Chambon</w:t>
+                <w:t xml:space="preserve">Charlène Pourpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Voyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Migné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jms.3957⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (11), pp.889-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0007114517002847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903088v1</w:t>
+                <w:t xml:space="preserve">hal-01674988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary supplementation with cysteine prevents adverse metabolic outcomes of repeated cures with paracetamol in old rats.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Voyard</w:t>
+                <w:t xml:space="preserve">Myofiber metabolic type determination by mass spectrometry imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Remond</w:t>
+                <w:t xml:space="preserve">Annie A. Venien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Migné</w:t>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 118 (11), pp.889-896. </w:t>
+              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52 (8), pp.493-496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0007114517002847⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jms.3957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01674988v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Proof of Concept to Bridge the Gap between Mass Spectrometry Imaging, Protein Identification and Relative Quantitation: MSI~LC-MS/MS-LF</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Repeated cures with paracetamol worsen sarcopenia in old rats with suboptimal food intake.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Mast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physiology and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 67 (5), pp.759-768</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02470408v1</w:t>
+                <w:t xml:space="preserve">hal-01481770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeated cures with paracetamol worsen sarcopenia in old rats with suboptimal food intake.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Mast</w:t>
+                <w:t xml:space="preserve">A Proof of Concept to Bridge the Gap between Mass Spectrometry Imaging, Protein Identification and Relative Quantitation: MSI~LC-MS/MS-LF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Delphine Centeno</w:t>
+                <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology and Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proteomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (4), pp.32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proteomes4040032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01481770v1</w:t>
+                <w:t xml:space="preserve">hal-02470408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of protein modifications in liver of rats under chronic treatment with paracetamol (acetaminophen) using two complementary mass spectrometry-based metabolomic approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Mast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3006,51 +3006,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Checcucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Mouhaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Rofidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3165,51 +3165,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Becue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 10, pp.20. </w:t>
@@ -3299,51 +3299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 89 (10), pp.1787 - 1801. </w:t>
@@ -3406,51 +3406,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different Impact of Staining Procedures Using Visible Stains and Fluorescent Dyes for Large-Scale Investigation of Proteomes by MALDI-TOF Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Rofidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3553,51 +3553,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hirtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Rofidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3833,51 +3833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhold Brückner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régine Talon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4185,90 +4185,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des métabolites présents dans les digestats gastriques issus de la dégradation du pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Zhour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème édition du Colloque graines 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Nantes, France</w:t>
@@ -4291,277 +4291,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHKA, un « marqueur-cible » potentiel pour le CHC-MASLD à un stade précoce de fibrose : analyse par approche des « omiques »</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatima Dahboul</w:t>
+                <w:t xml:space="preserve">Pre-Frailty sub-phenotype exploration by a multidimensional approach for an earlier integrative diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFHOD 2024 - Journées Francophones d’Hépato-gastroentérologie et d’Oncologie Digestive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">6th world congress on aging and geriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04645222v1</w:t>
+                <w:t xml:space="preserve">hal-04620625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-Frailty sub-phenotype exploration by a multidimensional approach for an earlier integrative diagnosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">CHKA, un « marqueur-cible » potentiel pour le CHC-MASLD à un stade précoce de fibrose : analyse par approche des « omiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihan Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Dahboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th world congress on aging and geriatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Prague (CZ), Czech Republic</w:t>
+              <w:t xml:space="preserve">JFHOD 2024 - Journées Francophones d’Hépato-gastroentérologie et d’Oncologie Digestive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620625v1</w:t>
+                <w:t xml:space="preserve">hal-04645222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signatures métabolomiques associés à des profils alimentaires spécifiques dans la cohorte SU.VI.MAX</w:t>
               </w:r>
@@ -4586,64 +4586,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nice, France. pp.1 - 114</w:t>
@@ -4916,286 +4916,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de biomarqueurs nutritionnels par une approche métabolomique en spectrométrie de masse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasma metabolomic signatures associated with long-term breast cancer risk in the SU.VI.MAX prospective cohort.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lecuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïcha Demidem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Rossary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">San Antonio Breast Cancer Symposium 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, San antonio, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02241662v1</w:t>
+                <w:t xml:space="preserve">hal-02240913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma metabolomic signatures associated with long-term breast cancer risk in the SU.VI.MAX prospective cohort.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification de biomarqueurs nutritionnels par une approche métabolomique en spectrométrie de masse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Rossary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">San Antonio Breast Cancer Symposium 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Nantes, France. pp.335-336, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nupar.2018.09.217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02240913v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02241662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomics applied to nutritional epidemiology to identify biomarkers of food intake in the framework of the Metabo-Breast cancer project, SU.VI.MAX cohort</w:t>
               </w:r>
@@ -5207,77 +5207,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SMMAP 2017 (Spectrométrie de Masse, Métabolomique et Analyse Protéomique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Marne la Vallée Chessy, France</w:t>
@@ -5332,64 +5332,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5444,90 +5444,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de marqueurs précoces de stéatose par imagerie moléculaire du foie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. Auzeloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Polakof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5565,90 +5565,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une supplémentation en cystéine permet de prévenir la perte de masse musculaire induite par des cures répétées de paracétamol chez le rat âgé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole C. Mast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Pourpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Migné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francaise de Nutrition Clinique et Métabolisme (SFNEP). FRA., Dec 2014, Bruxelles, Belgique. </w:t>
@@ -5699,64 +5699,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le traitement par cures au paracétamol induit une réduction de la masse et la synthèse des protéines musculaires chez le rat âgé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole C. Mast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi M. Djelloul-Mazouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5811,51 +5811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method development for peptidome characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5863,51 +5863,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Sébédio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Annual Conference of the Metabolomics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Metabolomics Society., Jul 2013, Glasgow, United Kingdom</w:t>
@@ -6076,90 +6076,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des métabolites présents dans les digestats gastriques issus de la dégradation du pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Zhour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème édition du colloque Graines 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Nantes, France</w:t>
@@ -6201,77 +6201,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion de données inter-laboratoires en métabolomique non ciblée : Importance de la standardisation des workflows de traitement des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Valleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Chu-Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6326,90 +6326,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conversion from metabolomics raw data to open format: ensuring MS and MS/MS data quality and software compatibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ruin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lagree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Scientifiques du Réseau Francophone de Métabolomique et de Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, St Malo, France</w:t>
@@ -6438,103 +6438,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des nouvelles cibles thérapeutiques potentielles pour le chc-mafld à un stade précoce de la fibrose par une approche « omique ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihan Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès d’AFEF (Association Française pour l’Étude du Foie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Rennes, France</w:t>
@@ -6576,77 +6576,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La quête d'une extraction tout-en-un, rapide et monophasique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Valleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Scientifiques du Réseau Francophone de Métabolomique et de Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, St Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6684,90 +6684,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHKA, a potential target marker for early-stage metabolic dysfunction associated steatotic liver disease induced hepatocellular carcinoma with low fibrosis level: analysis by metabolomic and transcriptomic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sun Jihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association for the Study of the Liver</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, MILAN, Italy</w:t>
@@ -6822,77 +6822,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghina Hajjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Gaignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e Journées Scientifiques du Réseau Francophone de Métabolomique et de Fluxomique (RFMF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
@@ -6921,103 +6921,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une meilleure efficacité et rapidité dans l'identification des métabolites dans le cadre d'études de métabolomique non ciblées ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Massias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15emes journées scientifiques du RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
@@ -7046,90 +7046,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOWARDS A DIAGNOSIS OF NON-CELIAC GLUTEN SENSITIVITY: the contribution of metabolomics for monitoring metabolites produced by in vitro digestates of bread</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Zhour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélany Genot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7171,103 +7171,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CHKA AND MBOAT7 as potential targets for MASLD-HCC with early stage of fibrosis: revealed by metabolomics and transcriptomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihan Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AASLD 2023 - The Liver Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Boston, United States. </w:t>
@@ -7296,90 +7296,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different acylcarnitines tissue profiles as metabolomics signatures of human hepatocellular carcinoma in non-alcoholic fatty liver disease according to fibrosis level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Buchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natali Abeywickrama Samarakoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Petera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7456,77 +7456,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernesto Ezequiel Jorge Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Renand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Centeno</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Symposium on Energy and Protein Metabolism and Nutrition (ISEP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, BELO HORIZONTE, Brazil. , 2019</w:t>
@@ -7594,64 +7594,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFN 2018 Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nice, France. , 2018, </w:t>
@@ -7689,103 +7689,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomics enabled the identification of pre-frailty sub-phenotypes in elderly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées Scientifiques du RFMF (Réseau Francophone de Métabolomique et Fluxomique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Liège, Belgium. 175 p., 2018, Livre des résumés des 11ème JS du RFMF</w:t>
@@ -7808,1609 +7808,1609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signatures métabolomiques par spectrométrie de masse et risque de cancer du sein</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Lagree</w:t>
+                <w:t xml:space="preserve">Myofiber metabolic type determination by mass spectrometry imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Venien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFN 2017, Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Nantes, France. , 460 p., 2017, Journées Francophones de Nutrition - Livre des résumés</w:t>
+              <w:t xml:space="preserve">SMMAP 2017 (Spectrométrie de Masse, Métabolomique et Analyse Protéomique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Marne La Vallée, France. 476 p., 2017, Livre des résumés SMMAP 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01734684v1</w:t>
+                <w:t xml:space="preserve">hal-02734657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomics applied to nutritional epidemiology to identify biomarkers of food intake in the framework of the Metabo-Breast cancer project, SU.VI.MAX cohort</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">MALDI imaging and profiling mass spectrometry approach for the analysis of Listeria monocytogenes biofilms exposed to a desiccation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Congress of Translational Research in Human Nutrition (ICTRHN) 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Clermont Ferrand, France</w:t>
+              <w:t xml:space="preserve">SMMAP 2017, Spectrométrie de Masse, Métabolomique et Analyse Protéomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Marne-la-Vallée-Chessy, France. 1 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02242452v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untargeted metabolomics reveals pre-frailty sub-phenotypes in elderly</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Identification of dietary modulators of cognitive function in ageing using metabolomics discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorrain Low Yanwen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lefèvre-Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Barbara Pietruszka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MetaboMeeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Birmingham, United Kingdom. 116 p., 2017, MetaboMeeting Conference Proceedings</w:t>
+              <w:t xml:space="preserve">Journée Scientifique du CRNH Auvergne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Clermont-Ferrand, Canada. 2017, Journée Scientifique du CRNH Auvergne 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01722034v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Untargeted metabolomics reveals pre-frailty sub-phenotypes in elderly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Pietruszka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Congress of the European Union Geriatric Medicine Society (EUGMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Nice, France. European Geriatric Medicine, 276 p., 2017, Abstracts of the 13th International Congress of the European Union Geriatric Medicine Society</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MALDI imaging and profiling mass spectrometry approach for the analysis of Listeria monocytogenes biofilms exposed to a desiccation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier Viala</w:t>
+                <w:t xml:space="preserve">Untargeted metabolomics reveals pre-frailty sub-phenotypes in elderly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Pietruszka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMMAP 2017, Spectrométrie de Masse, Métabolomique et Analyse Protéomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Marne-la-Vallée-Chessy, France. 1 p., 2017</w:t>
+              <w:t xml:space="preserve">MetaboMeeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Birmingham, United Kingdom. 116 p., 2017, MetaboMeeting Conference Proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01901460v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myofiber metabolic type determination by mass spectrometry imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a Mass Spectrometry Imaging (MSI) approach to explore Listeria monocytogenes biofilms exposed to a dehumidification stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMMAP 2017 (Spectrométrie de Masse, Métabolomique et Analyse Protéomique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Marne La Vallée, France. 476 p., 2017, Livre des résumés SMMAP 2017</w:t>
+              <w:t xml:space="preserve">8. Colloque du Réseau National Biofilms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Clermont-Ferrand, France. 1 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734657v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of dietary modulators of cognitive function in ageing using metabolomics discovery</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Development of a MALDI imaging mass spectrometry (IMS) approach to bacterial proteomics: first application to Listeria monocytogenes biofilms exposed to a desiccation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique du CRNH Auvergne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Clermont-Ferrand, Canada. 2017, Journée Scientifique du CRNH Auvergne 2017</w:t>
+              <w:t xml:space="preserve">7. Congress of European Microbiologists FEMS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Valencia, Spain. 1 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644048v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Mass Spectrometry Imaging (MSI) approach to explore Listeria monocytogenes biofilms exposed to a dehumidification stress</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier Viala</w:t>
+                <w:t xml:space="preserve">Metabolomics applied to nutritional epidemiology to identify biomarkers of food intake in the framework of the Metabo-Breast cancer project, SU.VI.MAX cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Colloque du Réseau National Biofilms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Clermont-Ferrand, France. 1 p., 2017</w:t>
+              <w:t xml:space="preserve">4. International Congress of Translational Research in Human Nutrition (ICTRHN 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Clermont-Ferrand, France. , 45 p., 2017, 4th International Congress of Translational Research in Human Nutrition: Nutrition and Cancer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901461v1</w:t>
+                <w:t xml:space="preserve">hal-02737154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a MALDI imaging mass spectrometry (IMS) approach to bacterial proteomics: first application to Listeria monocytogenes biofilms exposed to a desiccation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Theron</w:t>
+                <w:t xml:space="preserve">Identification de biomarqueurs nutritionnels par une approche métabolomique en spectrométrie de masse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Viala</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Congress of European Microbiologists FEMS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Valencia, Spain. 1 p., 2017</w:t>
+              <w:t xml:space="preserve">JFN 2017, Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Nantes, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901465v1</w:t>
+                <w:t xml:space="preserve">hal-02734571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomics applied to nutritional epidemiology to identify biomarkers of food intake in the framework of the Metabo-Breast cancer project, SU.VI.MAX cohort</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Identification of dietary modulators of cognitive function in ageing using metabolomics discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorrain Low Yanwen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lefèvre-Arbogast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Congress of Translational Research in Human Nutrition (ICTRHN 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Clermont-Ferrand, France. , 45 p., 2017, 4th International Congress of Translational Research in Human Nutrition: Nutrition and Cancer</w:t>
+              <w:t xml:space="preserve">8. International Conference on Polyphenols and Health ICPH 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Québec, Canada. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737154v1</w:t>
+                <w:t xml:space="preserve">hal-01595015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de biomarqueurs nutritionnels par une approche métabolomique en spectrométrie de masse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signatures métabolomiques par spectrométrie de masse et risque de cancer du sein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lecuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Lyan</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lagree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFN 2017, Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2017, Nantes, France. 2017</w:t>
+              <w:t xml:space="preserve">, Dec 2017, Nantes, France. , 460 p., 2017, Journées Francophones de Nutrition - Livre des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734571v1</w:t>
+                <w:t xml:space="preserve">hal-01734684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of dietary modulators of cognitive function in ageing using metabolomics discovery</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Metabolomics applied to nutritional epidemiology to identify biomarkers of food intake in the framework of the Metabo-Breast cancer project, SU.VI.MAX cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lecuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Conference on Polyphenols and Health ICPH 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Québec, Canada. 2017</w:t>
+              <w:t xml:space="preserve">4th International Congress of Translational Research in Human Nutrition (ICTRHN) 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595015v1</w:t>
+                <w:t xml:space="preserve">hal-02242452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarcopénie et médication : données expérimentales obtenues chez le rat soumis à un traitement chronique au paracétamol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Mast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Pouyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Clermont-Ferrand, France. 2015, 8ème Journée Scientifique du CRNH Auvergne</w:t>
@@ -9465,51 +9465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sayd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9547,51 +9547,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’une méthode de caractérisation de peptides plasmatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viala Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9724,51 +9724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Gimeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Mass Spectrometry Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Prague, Czech Republic. </w:t>
@@ -9791,277 +9791,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04239153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des protéines par MALDI-TOF après électrophorèse 2D : Performance et compatibilité comparaison du bleu colloïdal (CCB), nitrate d'argent (SN), Spyro$^{TM}$ Ruby (SR) and Deep Purple$^{TM}$ (DP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
+                <w:t xml:space="preserve">Human saliva proteome reveal unexpected forms of alpha-amylase.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hirtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Rofidal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marc Tauzin</w:t>
+                <w:t xml:space="preserve">V. Rofidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Egea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Symposium de Chimie et Biologie Analytiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Joint Meeting of the Continental European (CED) and the Scandinavian (NOF) Divisions of IADR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Amsterdam (Hollande), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239209v1</w:t>
+                <w:t xml:space="preserve">hal-04239129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human saliva proteome reveal unexpected forms of alpha-amylase.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Hirtz</w:t>
+                <w:t xml:space="preserve">Identification des protéines par MALDI-TOF après électrophorèse 2D : Performance et compatibilité comparaison du bleu colloïdal (CCB), nitrate d'argent (SN), Spyro$^{TM}$ Ruby (SR) and Deep Purple$^{TM}$ (DP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. C. Egea</w:t>
+                <w:t xml:space="preserve">Valérie Rofidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Centeno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Tauzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Meeting of the Continental European (CED) and the Scandinavian (NOF) Divisions of IADR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Amsterdam (Hollande), Netherlands</w:t>
+              <w:t xml:space="preserve">1er Symposium de Chimie et Biologie Analytiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04239129v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04239209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10225,51 +10225,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptide Mass Fingerprinting: Identification of Proteins by MALDI-TOF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Centeno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Rossignol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10361,103 +10361,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FRI-485 CHKA, a potential target marker for early-stage metabolic dysfunction associated steatotic liver disease induced hepatocellular carcinoma with low fibrosis level: analysis by metabolomic and transcriptomic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihan Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EASL Congress 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -10753,51 +10753,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5E4B44F6"/>
+    <w:nsid w:val="8BC39F92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10984,51 +10984,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/delphine-centeno" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2747-6290" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441253v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Czernichow" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.169049.1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418303v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Zhour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Peyron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5c00383" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441192v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Dahboul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihan Sun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Buchard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Abeywickrama-Samarakoon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.70006" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05434016v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Zola" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bousquet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kowalczuk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00561" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441215v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfried Salanon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boccard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344753" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671046v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Piffoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquemin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Durand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Abila" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-24-0195" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628883v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2024.105148" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03878974v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Jorge-Smeding" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Polakof" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277458" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03275295v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1851933" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L&#233;cuyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dalle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lef&#232;vre-Arbogast" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Micheau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.EPI-19-0900" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628198v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-020-02177-5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282293v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Demidem" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rossary" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.epi-19-0154" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Low" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Dominguez-Gonzalez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Urpi Sarda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201900177" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011387v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.01903" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901452v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Santos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Viala" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2018.07.012" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903088v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie A. Venien" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.3957" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674988v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mast" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pourpe" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Voyard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114517002847" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470408v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes4040032" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481770v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pouyet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245971v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.03.014" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649262v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Podda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Checcucci" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Mouhaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rofidal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2013.03.006" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M2D5TRJ5-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502942v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Geiger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bellard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-20" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658479v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Sahnoun-Abid" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine G. Recorbet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zuber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.3666" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4D49ZMBH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501122v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tauzin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr050194n" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501106v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Egea" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401316" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7PP1HMT5-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502372v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hirtz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevalier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Centeno" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Egea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossignol" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf03168453" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163047v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barri&#232;re" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhold Br&#252;ckner" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0378-1097(02)01030-3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685528v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Walter" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Montel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693454v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chartier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barriere" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391178v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645222v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620625v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241161v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lecuyer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796946v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Y. Low" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Gonz&#225;lez-Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Urpi-Sarda" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796907v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241662v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2018.09.217" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240913v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241985v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735580v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagr&#233;e" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740408v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Auzeloux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740859v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Mast" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70626-0" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004357v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004360v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Viala" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. S&#233;b&#233;dio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769661v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05376907v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05125027v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Valleix" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jules" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611713v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ruin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagree" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699907v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611707v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645160v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sun Jihan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127934v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaignard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04127562v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Massias" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127717v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lany Genot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700889v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04043707v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Abeywickrama Samarakoon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Petera" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-8278(22)01597-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306169v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Ezequiel Jorge Smeding" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734666v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735971v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734684v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02242452v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722034v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pietruszka" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736132v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pietruszka" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901460v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734657v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Venien" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644048v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Low Yanwen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901461v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901465v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737154v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734571v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595015v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260294v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807482v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sayd" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665703v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viala Didier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Hafnaoui" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinguet J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239153v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gimeno" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239209v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rofidal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239129v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rofidal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Egea" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836445v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viallon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.B. Berdagu&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593974v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rossignol" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381471.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1385/1-59745-227-0:219" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614847v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-8278(24)01343-6" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04541607v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Yanwen Low" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.036" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CVMKR3M2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/delphine-centeno" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2747-6290" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418303v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Zhour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Peyron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5c00383" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05434016v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Zola" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bousquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Picard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Kowalczuk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00561" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441215v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfried Salanon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boccard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344753" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441253v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Czernichow" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.169049.1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441192v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Dahboul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihan Sun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Buchard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Abeywickrama-Samarakoon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.70006" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671046v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Piffoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Jacquemin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Durand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Abila" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1078-0432.CCR-24-0195" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628883v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2024.105148" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03878974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Jorge-Smeding" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Polakof" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277458" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03275295v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2020.1851933" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L&#233;cuyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dalle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lef&#232;vre-Arbogast" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Micheau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.EPI-19-0900" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628198v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-020-02177-5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282293v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Demidem" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rossary" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.epi-19-0154" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167524v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Low" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Dominguez-Gonzalez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Urpi Sarda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201900177" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011387v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.01903" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901452v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Santos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Viala" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2018.07.012" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674988v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mast" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pourpe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Voyard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114517002847" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903088v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie A. Venien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.3957" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481770v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pouyet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470408v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes4040032" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245971v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.03.014" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649262v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Podda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Checcucci" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Mouhaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rofidal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2013.03.006" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M2D5TRJ5-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502942v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Geiger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bellard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-10-20" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658479v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Sahnoun-Abid" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine G. Recorbet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zuber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.3666" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4D49ZMBH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501122v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tauzin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr050194n" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501106v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Egea" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401316" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7PP1HMT5-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502372v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hirtz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevalier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Centeno" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Egea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossignol" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf03168453" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163047v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barri&#232;re" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhold Br&#252;ckner" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Talon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0378-1097(02)01030-3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685528v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Walter" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Montel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693454v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chartier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barriere" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391178v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04620625v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645222v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241161v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lecuyer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796946v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Y. Low" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Gonz&#225;lez-Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Urpi-Sarda" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796907v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240913v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241662v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2018.09.217" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241985v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735580v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagr&#233;e" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740408v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Auzeloux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740859v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Mast" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70626-0" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004357v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi M. Djelloul-Mazouz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004360v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Viala" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. S&#233;b&#233;dio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769661v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05376907v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05125027v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Valleix" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jules" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611713v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ruin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagree" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699907v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611707v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645160v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sun Jihan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127934v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gaignard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04127562v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Massias" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127717v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lany Genot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700889v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04043707v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natali Abeywickrama Samarakoon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Petera" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-8278(22)01597-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306169v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Ezequiel Jorge Smeding" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734666v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735971v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734657v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Venien" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901460v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644048v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Low Yanwen" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736132v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pietruszka" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722034v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pietruszka" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901461v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901465v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737154v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734571v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595015v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734684v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02242452v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260294v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807482v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sayd" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665703v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viala Didier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Hafnaoui" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinguet J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239153v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gimeno" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239129v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rofidal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Egea" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239209v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rofidal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836445v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viallon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.B. Berdagu&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593974v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rossignol" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381471.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1385/1-59745-227-0:219" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614847v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-8278(24)01343-6" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04541607v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorrain Yanwen Low" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.036" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CVMKR3M2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>