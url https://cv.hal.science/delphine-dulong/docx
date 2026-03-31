--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -197,187 +197,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04724823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les cabinets ministériels : la zone grise du pouvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Achin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03850764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alain Bergounioux, Mathieu Fulla (dir.) (2020). Michel Rocard Premier ministre : la « deuxième gauche » et le pouvoir (1988-1991), Paris, Presses de Sciences Po</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (3), pp.125-127. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/gap.213.0125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877747v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03850764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résistible ascension des femmes : revue de littérature sur la féminisation des métiers à dominance masculine</w:t>
               </w:r>
@@ -435,196 +435,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Gaïti</w:t>
+                <w:t xml:space="preserve">Les poisons et délices de la Cinquième République. L’histoire politique de la coordination du travail gouvernemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 171 (3), pp.559-563. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 171 (3), pp.587-601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.171.0587⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Delphine Dulong</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gaïti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 171 (3), pp.587-601. </w:t>
+              <w:t xml:space="preserve">, 2020, 171 (3), pp.559-563. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfap.171.0587⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfap.171.0559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877691v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À quoi riment les « RIM » ? Les réunions interministérielles ou l’ordinaire du travail gouvernemental</w:t>
               </w:r>
@@ -761,78 +761,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 226-227 (1), pp.6-15. </w:t>
+              <w:t xml:space="preserve">, 2019, 226-227 (1), pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/arss.226.0006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416614v1</w:t>
+                <w:t xml:space="preserve">hal-03877801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maîtriser le temps pour asseoir son pouvoir</w:t>
               </w:r>
@@ -890,1202 +890,1098 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temps et pouvoir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Darmon</w:t>
+                <w:t xml:space="preserve">Sociographie des cabinets ministériels (2012-2014) : présentation générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Collas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elsa Favier</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/arss.226.0006⟩</w:t>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N°168 (4), pp.745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.168.0745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03877801v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">hal-03877689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulong, Delphine. 2018. “Le Linge Du Palais-Bourbon. Corps, Matérialité et Genre Du Politique à l’ère Démocratique « Objets d’histoire » Delphine GARDEY.” Le Mouvement Social, no. 265 (October): 184–86.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Mouvement social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Thomas Collas</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au-delà des apparences : la féminisation des cabinets ministériels durant la présidence Hollande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Achin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Sawicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, N°168 (4), pp.745. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 4 (168), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.168.0787⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfap.168.0745⟩</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Catherine Achin</w:t>
+                <w:t xml:space="preserve">hal-02173369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment devenir un(e) professionnel(le) de la politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...62 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Matonti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétés &amp; Représentations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 24 (2), pp.251. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sr.024.0251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03977799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...36 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ruses de la raison juridique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Delphine Dulong</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dubois</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et prévisions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003</w:t>
+              <w:t xml:space="preserve">, 2003, 73, pp.53-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00462427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dubois Vincent, Dulong Delphine. Les ruses de la raison juridique [Le contrôle sur place des bénéficiaires de prestations familiales]. In: Recherches et Prévisions, n°73, 2003. Famille et droit social. pp. 53-64.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03877662v1</w:t>
-[...34 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et prévisions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 73, pp.53-64</w:t>
+              <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00462427v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revue de littérature sur la féminisation des métiers à dominance masculine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Académie de médecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temps, pouvoir et institutionnalisation. Eléments de réflexion à partir du cas du rôle de Premier ministre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Classer, déclasser, reclasser, AFS-RT 34 Axe 3 : Sociologie des institutions politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les femmes dans les cabinets ministériels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Achin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude "Les élites gouvernementales en France", université de Lille 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de genre et drôle de genre. Edith Cresson Premier Ministre ou le mauvais genre en politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les identités de genre en politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01537685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le premier ministre en actes et en coulisses. L'histoire comme outil et objet d'analyse sociologique des institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire/science politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01538526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une révolution conservatrice ? La loi sur la parité à l'épreuve du jeu politique (Ethnographie de campagne dans le Vème arrondissement de Paris)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études: "Regards croisés sur la parité"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d’Evry Val d’Essonne, Feb 2002, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01538560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'indépassable féminité. La mise en récit des femmes en campagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Matonti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mobilisation électorale municipale : Permanences et mutations </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2002, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01537249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2095,528 +1991,528 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le gouvernement des conduites masculines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Catherine Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions de la Sorbonne, 2024, Sciences sociales du politique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04605814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Anne Catherine Wagner</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premier ministre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS Edition, pp.392, 2021, 9782271137913</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boys Don't Cry !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Editions de la Sorbonne, 2024, Sciences sociales du politique</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Guionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes, 330 p., 2012, Le Sens social, 978-2-7535-1827-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...25 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00763326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociologie des institutions politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Découverte, 2012, Repères, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dec.dulon.2012.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...59 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction du champ politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Delphine Dulong</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question technocratique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires de Rennes, 330 p., 2012, Le Sens social, 978-2-7535-1827-8</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Strasbourg, 256 p., 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2010</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00131833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moderniser la politique. Aux origines de la Ve République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...113 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2626,716 +2522,716 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradoxal institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérald Ledent et Cécile Vandernoot, eds, Institution and the City :The role of architecture, Zurich, Park Books, été 2022, 224 pages.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débats : le capital médiatique en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Darras</w:t>
+                <w:t xml:space="preserve">Daniel Gaxie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Dulong</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Neveu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in Un capital médiatique ? Usages et légitimation de la médiatisation en politique (Clément Desrumaux, Jérémie Nollet, dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2021, 978-2-7535-8199-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03494985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drôles de dames. Les femmes en politique ou la fabrique d’une compétence politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Matonti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Barrault-Stella, Lorenzo; Gaïti, Brigitte; Lehingue, Patrick. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La politique désenchantée : perspectives sociologiques autour des travaux de Daniel Gaxie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.35-47, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03977863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Ve République, un coup d’État permanent ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuel indocile de sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.336-346, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dec.coper.2019.01.0336⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...39 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lui, c’est un vrai mec !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Guionnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuel indocile de sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.729-741, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dec.coper.2019.01.0729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dulong D, Lévêque S, Matonti F. 2. Drôles de dames. In Barrault et alii, dir., La politique désenchantée, Presses universitaires de Rennes, 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La politique désenchantée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion. Du temps, et ce que les professionnels de la politique en font</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temporalité(s) politique(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Boeck Supérieur, pp.225-231, 2018, Ouvertures politiques, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dbu.deze.2018.01.0225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postface : De la sociologie des entourages à celle du marché des emplois en lien avec les activités politiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans l’ombre des élus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.243-248, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.septentrion.18783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3345,192 +3241,192 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conditions socio-politiques de la rigueur juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dubois</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Buton</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luc Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00132530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">2003</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Return on political scandals in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01538590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3540,526 +3436,526 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Champ politique</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propos sur le champ politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire international Pierre Bourdieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...26 lines deleted...]
-                <w:t xml:space="preserve">Propos sur le champ politique</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champ politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire international Pierre Bourdieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...26 lines deleted...]
-                <w:t xml:space="preserve">Gautier Gisèle</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline de Haas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des féministes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...26 lines deleted...]
-                <w:t xml:space="preserve">Caroline de Haas</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sugier Annie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des féministes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-03878056v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vélo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dulong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres avec Michel Offerlé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sugier Annie</w:t>
+                <w:t xml:space="preserve">André Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des féministes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878072v1</w:t>
+                <w:t xml:space="preserve">hal-03878055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vélo</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">André Michel</w:t>
+                <w:t xml:space="preserve">Gautier Gisèle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dulong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des féministes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878055v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId92"/>
+      <w:footerReference w:type="default" r:id="rId91"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4206,51 +4102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dulong" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Robert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eulj.12524" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877747v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.213.0125" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850764v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Achin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877870v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2021.06.014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877718v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ga&#239;ti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0559" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877691v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0587" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877693v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre France" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Mazier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0697" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416614v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darmon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Favier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.226.0006" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877795v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.226.0072" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877801v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877832v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877689v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Collas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sawicki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0745" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0787" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03977799v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Matonti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.024.0251" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877662v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462427v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877997v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877983v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289485v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537685v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538526v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538560v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Leveque" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537249v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605814v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Catherine Wagner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877769v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878010v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.dulon.2012.01" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00763326v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Guionnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Neveu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878023v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00131833v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878037v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877965v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494985v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darras" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaxie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marchetti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03977863v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877810v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0336" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877806v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0729" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877848v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877824v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.deze.2018.01.0225" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877837v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18783" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132530v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Chambolle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878081v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071697v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878065v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878056v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878072v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877916v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878055v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dulong" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Robert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eulj.12524" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850764v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Achin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877747v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.213.0125" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877870v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2021.06.014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877691v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0587" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877718v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ga&#239;ti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0559" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877693v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre France" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Mazier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0697" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877801v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darmon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Favier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.226.0006" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877795v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.226.0072" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877689v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Collas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sawicki" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0745" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877832v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173369v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0787" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03977799v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Matonti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.024.0251" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462427v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877662v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877997v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877983v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289485v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537685v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538560v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Leveque" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01537249v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605814v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Catherine Wagner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877769v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00763326v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Guionnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Neveu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878010v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.dulon.2012.01" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878023v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00131833v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878037v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877965v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494985v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darras" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaxie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marchetti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03977863v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877810v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0336" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877806v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.coper.2019.01.0729" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877848v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.deze.2018.01.0225" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877837v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.18783" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00132530v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Chambolle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538590v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071697v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878081v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878056v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878072v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877916v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878055v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878065v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>