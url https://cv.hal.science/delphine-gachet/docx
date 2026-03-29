--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -586,741 +586,741 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bateaux de Venise. Les racines d’une culture (trad. D. Gachet)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crovato Maurizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crovato Giorgio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divari Luigi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zeraq, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une affaire comme les autres (traduction D. Gachet)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruju, Pasquale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Denoël, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02453763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Bateaux de Venise. Les racines d’une culture (trad. D. Gachet)</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tu tueras le roi (traduction D. Gachet)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Crovato Maurizio</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dazieri Sandrone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laffont, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cette nuit, nous regarderons les étoiles (traduction D. Gachet)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Crovato Giorgio</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsani Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Zeraq, 2019</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casolo Francesco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Belfond, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Tu tueras le roi (traduction D. Gachet)</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brion-Buzzati. Regards croisés sur deux maîtres du fantastique (ed. critique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabrizio Serra Editore, 9, 2018, Quaderni del centro Buzzati</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tu tueras l’ange (traduction D. Gachet)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dazieri Sandrone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laffont, 2018</w:t>
+              <w:t xml:space="preserve">Robert Laffont, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Cette nuit, nous regarderons les étoiles (traduction D. Gachet)</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Splendeur (traduction D. Gachet)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ehsani Ali</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazzantini Margaret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laffont, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Malle de Joseph Conrad (traduction D. Gachet)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Belfond, 2018</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Pontuale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zeraq, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Brion-Buzzati. Regards croisés sur deux maîtres du fantastique (ed. critique)</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venise - Histoire, Promenades, Anthologie, Dictionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Fabrizio Serra Editore, 9, 2018, Quaderni del centro Buzzati</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Scarsella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouquins - Laffont, 1184 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...224 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02453910v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">halshs-02453896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pays des grenouilles (traduction D. Gachet)</w:t>
               </w:r>
@@ -2221,165 +2221,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02453716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Une forme très particulière de la crise du logement : &amp;quot;Casa tomada&amp;quot; de Julio Cortázar et &amp;quot;I topi&amp;quot; de Dino Buzzati »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de la crise et crise de la figuration dans l’œuvre de Dino Buzzati</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l’université de Savoie, p. 47-61., 2018, Collection Italica</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02453800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Quand la Comédie se fait énigme : Le Livre secret de Dante de Francesco Fioretti, entre fiction et interprétation. »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dante Pop, la Divina Commedia nella letteratura e nella cultura popolare contemporanea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vecchiarelli Editore, Roma, p. 77-90., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02453804v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-02453800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«&amp;quot;Mais rien ne se passait, les Anglais restaient une entité abstraite, la mer un désert absolu&amp;quot; : les chroniques de guerre de Buzzati dans l’ombre portée du Désert des Tartares »</w:t>
               </w:r>
@@ -3965,174 +3965,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05486977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pour une analyse comparative de quelques adaptations de Frankenstein en bande dessinée : Guido Crepax (2002) et Denis Deprez (2003)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Frankensteins intermédiatiques/Intermedial Frankensteins (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21412/leaves_0903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Il famoso adattamento degli Orsi al cinema: dal libro di Buzzati al film di Mattotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studi Buzzatiani, Rivista a cura del Centro Studi Buzzati</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Anno XXV, p. 81-87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05486975v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-05486960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mémoire de fille d’Annie Ernaux, une nouvelle grammaire de l’être</w:t>
               </w:r>
@@ -4972,165 +4972,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Frankenstein de Guido Crepax (2002), dernière œuvre d’un grand maître de la bande dessinée européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Bicentenary conference on Mary Shelley’s Frankenstein</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dipartimento di Studi Linguistici e Culturali Comparati- Universtà Ca'Foscari, Feb 2018, Venise, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Immaginario della città in alcuni racconti fantastici del Novecento italiano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le vie dell’italiano: mercanti, viaggiatori, migranti, cibernauti (e non solo). Percorsi e incroci tra letteratura, lingua, arte e civiltà</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIP (Associazione Internazionale dei Professori d'Italiano), Sep 2018, Sienne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487143v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05487148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La femme-araignée : figure contemporaine du monstre dans la littérature fantastique</w:t>
               </w:r>
@@ -5426,709 +5426,709 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Milena Palminteri, Comme l'oranger amer, HarperCollins France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sandrone Dazieri, Le fils du magicien, Robert Laffont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Buzzati, Nouvelles des cimes, t. 2, Arthaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Milena Palminteri, Comme l'oranger amer, HarperCollins France</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Buzzati, Bestiaire d’ici et d’ailleurs, Robert Laffont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Buzzati, Nouvelles des cimes, t. 1, Arthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Dino Buzzati, Nouvelles des cimes, t. 1, Arthaud</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Crepax, Valentina, volume 4, Dargaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrone Dazieri, Le mal que font les hommes, Robert Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Sandrone Dazieri, Le mal que font les hommes, Robert Laffont</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Crepax, Valentina, volume 3, Dargaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrone Dazieri, La danse du gorille, Robert Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Buzzati, Contes de Noël, Robert Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05487085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crepax, Valentina, t. 2, Dargaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Gachet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487087v1</w:t>
-              </w:r>
-[...122 lines deleted...]
-                <w:t xml:space="preserve">hal-05487085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Crepax, Valentina, t.1, Dargaud</w:t>
               </w:r>
@@ -6345,51 +6345,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04239513v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Vignali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gachet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Scarsella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://btk.univ-smb.fr/livres/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04275472v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486989v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Zangrandi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444826v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Vas-Deyres" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.12131" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453763v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruju, Pasquale" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453741v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crovato Maurizio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crovato Giorgio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divari Luigi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453769v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dazieri Sandrone" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453773v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsani Ali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casolo Francesco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453783v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Brion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453871v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453866v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazzantini Margaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453910v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453896v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Pontuale" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453903v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pina Rota Fo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638291v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638328v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632455v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483883v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483837v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487014v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487023v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17616/R3P19R" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487031v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libraweb.net/index.php?dettagliononpdf=1&amp;amp;chiave=3620&amp;amp;valore=sku&amp;amp;name=Buzzati11_Gachet.JPG&amp;amp;h=850&amp;amp;w=600" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487039v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453716v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453800v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522733v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453879v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453914v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522802v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522803v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522804v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632948v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632947v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632995v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632996v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633396v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633395v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633459v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633460v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638289v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638288v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486953v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486977v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486975v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486960v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21412/leaves_0903" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453798v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453885v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522805v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632949v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633462v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487108v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487113v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487122v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487127v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487132v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487135v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487143v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487148v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00737128v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Baillon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labarre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Menegaldo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487071v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487073v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487066v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487069v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487061v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487077v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487075v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487082v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487081v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487087v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487088v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487085v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487086v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04239513v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Vignali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gachet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Scarsella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://btk.univ-smb.fr/livres/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04275472v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486989v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Zangrandi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444826v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Vas-Deyres" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.12131" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453741v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crovato Maurizio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crovato Giorgio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divari Luigi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453763v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruju, Pasquale" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453769v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dazieri Sandrone" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453773v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsani Ali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casolo Francesco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453783v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Brion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453871v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453866v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazzantini Margaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453896v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Pontuale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453910v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453903v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pina Rota Fo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638291v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638328v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632455v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483883v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483837v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487014v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487023v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17616/R3P19R" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487031v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libraweb.net/index.php?dettagliononpdf=1&amp;amp;chiave=3620&amp;amp;valore=sku&amp;amp;name=Buzzati11_Gachet.JPG&amp;amp;h=850&amp;amp;w=600" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487039v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453716v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453800v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453804v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522733v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453891v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453879v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453914v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522802v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522803v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522804v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632948v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632947v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632995v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632996v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633396v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633395v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633459v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633460v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638289v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638288v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486953v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486977v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486960v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21412/leaves_0903" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486975v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453798v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02453885v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522805v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632949v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02633462v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487108v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487113v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487122v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487127v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487132v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487135v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487148v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487143v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00737128v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Baillon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labarre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Menegaldo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487071v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487069v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487073v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487066v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487061v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487077v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487075v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487082v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487081v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487088v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487085v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487087v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487086v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>