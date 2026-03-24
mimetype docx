--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,5501 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...5449 lines deleted...]
-</w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Delphine Le Nozach </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de Conférences en Sciences de l’Information et de la Communication -Centre de Recherche sur les Médiations, Crem, UR 3476 - IUT Nancy-Charlemagne, Université de Lorraine</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">delphine-le-nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0004-4479-7266</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152962867</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtresse de conférences à l'Université de Lorraine (Crem - IUT Nancy-Charlemagne), je m'intéresse au placement de produits et de territoires, et aux insertions publicitaires dans les fictions audiovisuelles.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thématiques de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Produits et marques au cinémaPlacement territorial filmiqueInsertions publicitaires dans les fictions médiatiquesMédiation scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Passionnée par le cinéma, les séries TV et la publicité, mes recherches portent sur les insertions publicitaires dans les médias et plus spécifiquement sur le placement de produits dans les films. Actuellement, je porte le projet scientifique MATERCINÉ - marque, territoire et cinéma (matercine.com) sur les représentations cinématographiques du Grand Est dans les films de fiction.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du Centre de recherche sur les médiations (Crem - Université de Lorraine), je suis co-responsable de l’équipe Praxis qui réunit des chercheurs autour de trois piliers complémentaires : la communication institutionnelle, la santé jusque dans ses prolongements environnementaux, la médiation scientifique et les liens Sciences/Société.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J’enseigne à l’IUT Nancy-Charlemagne, au département information-communication. Mes enseignements (CM et TD) interviennent en formation initiale, continue et en alternance. Ils s’articulent autour de 3 thématiques : les médias, la création publicitaire et l’image. J’assure également le suivi de stages, d’alternances et de projets pédagogiques transversaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de la mission « Recherche et Médiation scientifique » à l’IUT Nancy-Charlemagne et membre de la Commission Recherche, Transfert de technologie et Innovation de l'Association des Directeurs des Instituts Universitaires de Technologie, mon parcours professionnel témoigne de mon fort engagement tant pour la recherche et la médiation scientifique que pour mes diverses activités à l’IUT.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ORCID : 0009-0004-4479-7266</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les insertions de produits et de marques dans le cinéma français contemporain : Du filmique au cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'information et de la communication. Université Nancy 2, 2010. Français. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2010NAN21013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01748898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marque et Territoire. Dispositifs, stratégies et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de l'Université de Lorraine, 2023, 9782384510122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03945079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grand Est au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Violaine Appel; Delphine Le Nozach. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaire de Nancy - Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.228, 2021, 978-2-8143-0606-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en scène des produits et des marques. Représentations, significations, publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lylette Lacôte-Gabrysiak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.221, 2014, 978-2-343-04516-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les produits et les marques au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.190, 2013, Communication et civilisation, 978-2-336-00875-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placement du territoire au cinéma : un ambassadeur publicitaire polymorphe. Le cas de Nancy au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Auburn; Julien Féré. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les dessous de la publicité. Approche théorique, contenus, canaux et métiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.205-218, 2024, Les dessous de, 978-2-340-08939-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04607862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en scène des processus organisationnels, stratégiques et représentationnels des marques et des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Violaine Appel; Delphine Le Nozach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marque et Territoire. Dispositifs, stratégies et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'Université de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-14, 2023, 9782384510122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03959223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial Placement in Fiction Films as Legitimized Film Industry Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Lefait; Sandrine Villers. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Faces and Stakes of Brand Insertion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernon Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.71-86, 2022, 978-1-62273-795-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation. Contructions et performances de publics populaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamil Dakhlia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ségur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jamil Dakhlia; Delphine Le Nozach; Céline Ségur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À la recherche des publics populaires (2) : Être peuple</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 33, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.7-14, 2016, Questions de communication, série actes, 9782814302815</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Violaine Appel; Lylette Lacote-Gabrysiak; Delphine Le Nozach. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mise en scène des produits et des marques. Représentations, significations, publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.13-23, 2015, 978-2-343-04516-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01514464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les insertions de produits et de marques dans le film : un double dispositif de médiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck Supérieur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les dispositifs d'information et de communication : concept, usages et objets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Supérieur, 2010, 978-2-8041-6242-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03959241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Bond. L’ère Daniel Craig, au crible du placement de produit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouveaux Cahiers de Marge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/marge.777⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le territoire filmique comme dispositif de promotion : discours des réalisateurs et engagement des régions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication et Management : Revue internationale des sciences commerciales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Varia, 19 (1), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/comma.191.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les produits et les marques dans les films. Un processus d’insertion symbolique et communicationnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication et Management : Revue internationale des sciences commerciales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les insertions de produits et de marques dans le cinéma français contemporain. Du filmique au cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1 (18), pp.235‑243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réalisateurs français face aux produits et aux marques filmiques. Perception et acceptabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de comunicare si marketing : communication and marketing journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03959265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondement et rôles du placement de produit dans la création cinématographique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Interdisciplinaires de la Recherche en Communication AudioVisuelle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03959252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Grand Est au grand écran : Materciné, récit d’un territoire en images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scienti’scène ouverte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, Apr 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner les enjeux stratégiques et de dépublicitarisation de l’attractivité territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude - La publicité en réflexion : le monde la recherche et le monde professionnel, des dipôles magnétiques en tension</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Violaine Appel; Delphine Le Nozach, Mar 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en récit du territoire filmique : raconter les forêts du Grand Est</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identités Territoriales : raconter les lieux et les marques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine (CEREFIGE, LIS, IDEA), Nov 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placement territorial filmique - Enjeux de visibilité, de valorisation et d'attractivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle des conférences de la plateforme de recherche, de transfert de technologie et d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Thionville -Yutz, May 2025, Thionville -Yutz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05072541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessin et dessein d’un projet de recherche et de médiation scientifique. L’univers graphique Materciné : identité, cohérence et visibilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Les formes graphiques de la médiation scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine), Nov 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Claudel, un regard cinématographique qui réinvente le territoire régional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Philippe Claudel : Écrire et rêver les images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Représenter, inventer la réalité, du romantisme au XXIe siècle (Rirra21, Université Montpellier 3); Littérature imaginaire société (Lis, Université de Lorraine), Jun 2021, Montpellier, France. pp.237-254, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.62688/edul/b9782384510092/c18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle structuration typologique des insertions de produits et de marques filmiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Cinéma, séries et société(s) de consommation. Interactions, influences, détournements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le laboratoire lorrain de sciences sociales (2L2S, Université de Lorraine), Dec 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04610603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le placement du territoire au cinéma : nature spécifique, marqueurs constitutifs et rôles dans la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Cinéma, séries et société(s) de consommation. Interactions, influences, détournements.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le laboratoire lorrain en sciences sociales (2L2S, Université de Lorraine), Dec 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04610513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet scientifique Materciné : premiers résultats de recherche et valorisation sociétale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Recherche des IUT 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Lyon, Jun 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03270993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MATERCINÉ - Un projet de recherche et de médiation scientifique : dispositif, dialogue et enjeux territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Mise en scène des territoires et stratégie de marques - Essor et partique innovante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem, Université de Lorraine); IUT Nancy-Charlemagne (Université de Lorraine), Oct 2021, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Bond, l’ère Daniel Craig passée au crible du placement de produits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Cultures populaires, cultures savantes - Saison 2, séance 1. Les représentations de la culture populaire au sein des discours marchands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marge (Université Jean-Moulin Lyon 3), Oct 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les insertions territoriales dans les films de fiction : une pratique cinématographique légitimée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Brand placement in film and TV series/Le placement de marque dans les films et séries télévisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de recherche Transcrit (Transferts critiques anglophones; Université Paris 8 Vincennes-Saint-Denis), Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des marques en grand écran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lechenaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival Pint of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pint of Science France, May 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Lorraine dans les films : enjeux et perspectives du placement territorial au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Cinéma, cultures et territoires en Lorraine. Entre approche transmédiatique et pluri-médiatique de la connaissance territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem; Université de Lorraine), Oct 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy au cinéma : intégration diégétique et mise en scène filmique de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lechenaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Cinéma, cultures et territoires en Lorraine. Entre approche transmédiatique et pluri-médiatique de la connaissance territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur les médiations (Crem) / Université de Lorraine, Oct 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01712325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Osez le branding !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRPL – Le réseau des professionnels de la communication en Lorraine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le branding aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le branding, Club Affaires Stanislas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Houdemont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment communiquer par l’image ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'image - ADUIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement économique des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences de l'information et de la communication (SIC) en IUT. 35 Fiches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.53-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02969355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Insertions territoriales dans les films de fictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Décors XXL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Terres d'acier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Quand la science devient série</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - L'or à portée d'image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Bulles de cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposition virtuelle Materciné - Les lumières originelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la recherche sur le cinéma se raconte dans une websérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.fwjqu6d5d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">#Exposition Interactive. Recueils Arts•SIC•Culture de la Société Française des Sciences de l'Information & de la Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05556175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - À écouter du regard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Au cœur des bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposition virtuelle Materciné - Les résonances des voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposition virtuelle Materciné - Les cicatrices du temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposition virtuelle Materciné - Les fragments de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Arts et Âmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Websérie Clap by Materciné - Illusions locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05519432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La boîte et son double</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, pp.61-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma selon… Éric Besnard et Guillaume De Tonquédec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin, Aston Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma selon… Clovis Cornillac et Julie Manoukian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Toy Story 4 » est-il une publicité géante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Londres est-elle la véritable héroïne du dernier « Mary Poppins » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans « Mary Poppins », la légende perdure, les placements de produits aussi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avec « Les Bobines de l’Est », le territoire au cœur des films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Transformers » : une forme inédite de placement de produit au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le premier film de l’histoire du cinéma était-il une publicité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciné-tourisme : découvrir et valoriser le territoire par le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, pp.[En ligne]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposition interactive : Les représentations de la région Grand Est au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nancy, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04610644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposition : Les forêts du Grand Est</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rhodes, France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des publics populaires (2). Être peuple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamil Dakhlia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ségur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international À la recherche des publics populaires/Looking for Popular Publics. Étre peuple/Being People</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Nancy, France. 33, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy - Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Questions de communication - Série actes, 978-2-8143-0281-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01503562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marque, territoire et cinéma en Grand Est : engagement, réflexivité et perspective. Rapport de bilan du projet scientifique Materciné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Le Nozach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre de recherche sur les médiations (Crem, Université de Lorraine); Contrat de plan état région Programme Ariane (Cper-Ariane); Région Grand Est. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -5556,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C02A947"/>
+    <w:nsid w:val="B1E02200"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5787,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/delphine-le-nozach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-4479-7266" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152962867" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748898v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Le Nozach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010NAN21013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945079v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Appel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403579v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100337710&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511433v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylette Lac&#244;te-Gabrysiak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01510150v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607862v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/15301-les-dessous-de-la-publicite-9782340089396.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959223v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100619300&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vernonpress.com/book/862" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511863v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Dakhlia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line S&#233;gur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100628610" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514464v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959241v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269334v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/marge.777" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613981v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comma.191.0005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361319v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01382447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959265v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959252v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376364v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073856v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810439v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62688/edul/b9782384510092/c18" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610603v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610513v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270993v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973277v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494856v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01792089v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lechenaut" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01712325v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494858v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494859v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494861v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494893v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969355v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519404v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519445v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519459v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519344v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519423v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519454v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519414v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519385v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519369v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519358v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519468v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519432v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548735v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494910v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020787v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494906v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01971464v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01971805v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738339v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738337v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738333v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738342v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610644v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611124v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503562v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975945v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/delphine-le-nozach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-4479-7266" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152962867" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748898v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Le Nozach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010NAN21013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945079v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Appel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403579v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100337710&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511433v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylette Lac&#244;te-Gabrysiak" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01510150v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607862v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/15301-les-dessous-de-la-publicite-9782340089396.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959223v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100619300&amp;amp;fa=details" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vernonpress.com/book/862" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511863v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Dakhlia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line S&#233;gur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100628610" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514464v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959241v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269334v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/marge.777" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613981v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comma.191.0005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361319v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01382447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959265v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959252v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073856v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810439v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62688/edul/b9782384510092/c18" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610603v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610513v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270993v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973277v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494856v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01792089v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lechenaut" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494858v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01712325v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494859v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494861v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494893v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969355v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519423v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519437v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519414v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519454v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519459v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519344v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.fwjqu6d5d" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556175v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519404v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519445v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519369v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519385v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519358v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519468v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519432v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548735v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494910v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020787v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494906v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494902v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01971464v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01971805v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738339v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738337v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738333v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01738342v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610644v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611124v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503562v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975945v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>