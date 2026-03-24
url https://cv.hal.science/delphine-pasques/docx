--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2409,397 +2409,397 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03454999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une forme brève énigmatique : le composé aha. liût chuô (‘Leutkuh’)</w:t>
+                <w:t xml:space="preserve">Compte-rendu sur Michael Schwarzbach-Dobson, 2018, Exemplarisches Erzählen im Kontext, Berlin/Boston, Walter de Gruyter, 303 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Tübinger Beiträge zur Linguistik</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, A.-L. Daux-Combaudon / A. Larrory-Wunder (éds) : Kurze Formen in der Sprache: syntaktische, semantische und textuelle Aspekte. Formes brèves de la langue : aspects syntaxiques, sémantiques et textuels. (= Tübinger Beiträge zur Linguistik), Tübingen : Gunter Narr Verlag, pp.301-312</w:t>
+              <w:t xml:space="preserve">Le Moyen Age. Revue d'histoire et de philologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02498653v1</w:t>
+                <w:t xml:space="preserve">hal-03920965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux origines du Lied ? Le chansonnier musical de Jena (1330)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une forme brève énigmatique : le composé aha. liût chuô (‘Leutkuh’)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musicorum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21</w:t>
+              <w:t xml:space="preserve"> Tübinger Beiträge zur Linguistik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, A.-L. Daux-Combaudon / A. Larrory-Wunder (éds) : Kurze Formen in der Sprache: syntaktische, semantische und textuelle Aspekte. Formes brèves de la langue : aspects syntaxiques, sémantiques et textuels. (= Tübinger Beiträge zur Linguistik), Tübingen : Gunter Narr Verlag, pp.301-312</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03093835v1</w:t>
+                <w:t xml:space="preserve">hal-02498653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte-rendu sur Michael Schwarzbach-Dobson, 2018, Exemplarisches Erzählen im Kontext, Berlin/Boston, Walter de Gruyter, 303 p.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aux origines du Lied ? Le chansonnier musical de Jena (1330)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Chaillou-Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Moyen Age. Revue d'histoire et de philologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Musicorum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03920965v1</w:t>
+                <w:t xml:space="preserve">hal-03093835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte-rendu sur Falko Klaes, 2017, Mittelalterliche Glossen und Texte aus Trier. Studien zur volkssprachigen Trierer Überlieferung von den Anfängen bis zum Ende des 11. Jahrhunderts im lateinischen Kontext, Heidelberg, Universitätsverlag Winter, 634 p.</w:t>
+                <w:t xml:space="preserve">Compte-rendu sur Uta Goerlitz, 2016, Erinnern und Erzählen im frühen Mittelalter. Überlegungen zum althochdeutsch-lateinischen Modus De Heinrico, Universitätsverlag Winter, Heidelberg, 111 S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Moyen Age. Revue d'histoire et de philologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03920975v1</w:t>
+                <w:t xml:space="preserve">hal-03921435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte-rendu sur Uta Goerlitz, 2016, Erinnern und Erzählen im frühen Mittelalter. Überlegungen zum althochdeutsch-lateinischen Modus De Heinrico, Universitätsverlag Winter, Heidelberg, 111 S.</w:t>
+                <w:t xml:space="preserve">Compte-rendu sur Falko Klaes, 2017, Mittelalterliche Glossen und Texte aus Trier. Studien zur volkssprachigen Trierer Überlieferung von den Anfängen bis zum Ende des 11. Jahrhunderts im lateinischen Kontext, Heidelberg, Universitätsverlag Winter, 634 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Moyen Age. Revue d'histoire et de philologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03921435v1</w:t>
+                <w:t xml:space="preserve">hal-03920975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : Luther, créateur de la langue allemande ?</w:t>
               </w:r>
@@ -3792,252 +3792,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les groupes nominaux sans déterminant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Benoist</w:t>
+                <w:t xml:space="preserve">Delphine Pasques, Claudia Wich-Reif (Hrsg.), Produzenten- und Rezipientenorientierte Syntax und Semantik in Texten des 8. bis 18. Jahrhunderts, Weidler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Corela, HS-38, 2023</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Wich-Reif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184686v1</w:t>
+                <w:t xml:space="preserve">hal-03920908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Pasques, Claudia Wich-Reif (Hrsg.), Produzenten- und Rezipientenorientierte Syntax und Semantik in Texten des 8. bis 18. Jahrhunderts, Weidler</w:t>
+                <w:t xml:space="preserve">Anne-Pascale Pouey-Mounou, Delphine Pasques (eds.), Rabelais / Fischart : analyses linguistiques contrastives, DROZ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">In press</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pascale Pouey-Mounou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03920908v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03920902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Pascale Pouey-Mounou, Delphine Pasques (eds.), Rabelais / Fischart : analyses linguistiques contrastives, DROZ</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les groupes nominaux sans déterminant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Benoist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">A paraître</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corela, HS-38, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03920902v1</w:t>
+                <w:t xml:space="preserve">hal-03184686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Troie en Thuringe : l’Eneas de Heinrich von Veldeke. L'Harmattan</w:t>
               </w:r>
@@ -4737,100 +4737,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03113558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikrostrukturen und Makrostrukturen im 5. Kapitel der Geschichtklitterung Fischarts (1590) »</w:t>
+                <w:t xml:space="preserve">L’articulation vreude~gemach dans Erec de Hartmann von Aue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yvon Desportes, Franz Simmler und Claudia Wich-Reif,. </w:t>
+              <w:t xml:space="preserve">Patrick Del Duca. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mikrostrukturen und Makrostrukturen im älteren Deutsch vom 9. bis zum 17. Jahrhundert: Text und Syntax</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Weidler,, pp.121-142, 2010</w:t>
+              <w:t xml:space="preserve">Un transfert culturel au XIIe siècle, Erec et Enide de Chrétien de Troyes et Erec de Hartamnn von Aue,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Blaise-Pascal, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03113548v1</w:t>
+                <w:t xml:space="preserve">hal-03113421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Zemb et la composition nominale en allemand</w:t>
               </w:r>
@@ -4883,100 +4883,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’articulation vreude~gemach dans Erec de Hartmann von Aue</w:t>
+                <w:t xml:space="preserve">Mikrostrukturen und Makrostrukturen im 5. Kapitel der Geschichtklitterung Fischarts (1590) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pasques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Patrick Del Duca. </w:t>
+              <w:t xml:space="preserve">Yvon Desportes, Franz Simmler und Claudia Wich-Reif,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Un transfert culturel au XIIe siècle, Erec et Enide de Chrétien de Troyes et Erec de Hartamnn von Aue,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires Blaise-Pascal, 2010</w:t>
+              <w:t xml:space="preserve">Mikrostrukturen und Makrostrukturen im älteren Deutsch vom 9. bis zum 17. Jahrhundert: Text und Syntax</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Weidler,, pp.121-142, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03113421v1</w:t>
+                <w:t xml:space="preserve">hal-03113548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilanz zu thanne, denne, dann und denn</w:t>
               </w:r>
@@ -5482,51 +5482,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799335v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Carbonnelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pasques" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452449v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mounier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12rdd" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454999v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chaillou-Amadieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498653v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093835v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920965v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920975v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921435v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498583v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114931v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jbgsg-2016-0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02501113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113360v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920828v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Desbois-Ientile" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799348v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940406v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920877v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Wich-Reif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487616v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Masse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick del Duca" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920894v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lefevre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/ceg/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12rdi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03184686v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Benoist" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920908v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920902v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pascale Pouey-Mounou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113607v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Andersen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113373v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113384v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113380v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113633v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rohman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Valette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970842v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupl&#226;tre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113673v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113558v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113548v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498593v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113421v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056898v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupl&#228;tre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Robin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113399v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498609v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02501023v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799335v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Carbonnelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pasques" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452449v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mounier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12rdd" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454999v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Chaillou-Amadieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920965v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498653v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093835v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921435v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920975v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498583v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114931v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jbgsg-2016-0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02501113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113360v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920828v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Desbois-Ientile" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799348v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940406v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920877v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Wich-Reif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487616v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Masse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick del Duca" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920894v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lefevre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/ceg/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12rdi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920908v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920902v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pascale Pouey-Mounou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03184686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Benoist" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113607v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Andersen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113373v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113384v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113380v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113633v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rohman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Valette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970842v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupl&#226;tre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113673v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113558v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113421v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498593v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113548v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056898v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupl&#228;tre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Robin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113399v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02498609v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02501023v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>