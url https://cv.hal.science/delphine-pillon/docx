--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1188,274 +1188,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01409325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental exposure to Ethinylestradiol affects transgenerationally sexual behavior and neuroendocrine networks in male mice</w:t>
+                <w:t xml:space="preserve">Developmental exposure to ethinylestradiol affects reproductive physiology, the GnRH neuroendocrine network and behaviors in female mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyes Derouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangela Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duittoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pillon-Ricaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep17457⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2015.00463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01353269v1</w:t>
+                <w:t xml:space="preserve">hal-01413729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental exposure to ethinylestradiol affects reproductive physiology, the GnRH neuroendocrine network and behaviors in female mouse</w:t>
+                <w:t xml:space="preserve">Developmental exposure to Ethinylestradiol affects transgenerationally sexual behavior and neuroendocrine networks in male mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyes Derouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Keller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mariangela Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Duittoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pillon-Ricaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 9, pp.1-14. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2015.00463⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep17457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01413729v1</w:t>
+                <w:t xml:space="preserve">hal-01353269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal exposure to 17-alpha-ethinylestradiol alters embryonic development of GnRH-1 neurons in mouse</w:t>
               </w:r>
@@ -2679,277 +2679,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell proliferation and survival in the medial preoptic area of adult female mice following ovariectomy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+                <w:t xml:space="preserve">Hypothalamic and thalamic neural progenitor cells and seasonal reproduction in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Migaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Congress of Neuroendocrinology - A Satellite Symposium "Plasticity of Neuroendocrine Systems"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757192v1</w:t>
+                <w:t xml:space="preserve">hal-02751969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypothalamic and thalamic neural progenitor cells and seasonal reproduction in sheep</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Segura</w:t>
+                <w:t xml:space="preserve">Cell proliferation and survival in the medial preoptic area of adult female mice following ovariectomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Meurisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Congress of Neuroendocrinology - A Satellite Symposium "Plasticity of Neuroendocrine Systems"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751969v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro isolation of neural precursor cells from adult ewe hypothalamus</w:t>
               </w:r>
@@ -3533,109 +3533,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présence d'une activité ribonucléase résistante dans des préparations d'ARN cérébraux d'artiodactyles extraits par une méthode à l'isothiocyanate de guanidine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recherche de molécules régulées par l'oestradiol dans l'hypothalamus de brebis pendant l'induction du pic preovulatoire de LH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caraty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bruneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Pillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Colloque de la Société des Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, Rouen, France</w:t>
+              <w:t xml:space="preserve">Colloque INRA "Génomique des animaux d'élevage"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762766v1</w:t>
+                <w:t xml:space="preserve">hal-02831384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle possible de la somatostatine (SRIF) dans la régulation de la sécrétion de LH lors de l'induction du pic préovulatoire par l'oestradiol, chez la brebis</w:t>
               </w:r>
@@ -3723,122 +3736,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02763858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de molécules régulées par l'oestradiol dans l'hypothalamus de brebis pendant l'induction du pic preovulatoire de LH</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présence d'une activité ribonucléase résistante dans des préparations d'ARN cérébraux d'artiodactyles extraits par une méthode à l'isothiocyanate de guanidine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Pillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Bruneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRA "Génomique des animaux d'élevage"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, Seignosse, France</w:t>
+              <w:t xml:space="preserve">6. Colloque de la Société des Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02831384v1</w:t>
+                <w:t xml:space="preserve">hal-02762766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The estradiol feedback at the time of the preovulatory GnRH surge in the ewe: Are the somatostatin neurons of the mediobasal hypothalamus involved?</w:t>
               </w:r>
@@ -4066,260 +4066,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroendocrine and behavioral consequences of peripubertal exposition to male odor in female mice</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Developmental exposure to 17-alpha-ethynilestradiol alters behavioral and neural outcomes in adult male mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyes Derouiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duittoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. annual meeting of the International Society for Chemical Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Stockholm, Sweden. 2015, 31st annual meeting of the International Society for Chemical Ecology</w:t>
+              <w:t xml:space="preserve">Journée scientifique de la SFR Tours-Poitiers - Neuroimagerie fonctionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Tours, France. 2015, Journée Scientifique de la SFR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743434v1</w:t>
+                <w:t xml:space="preserve">hal-02738655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental exposure to 17-alpha-ethynilestradiol alters behavioral and neural outcomes in adult male mice</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Neuroendocrine and behavioral consequences of peripubertal exposition to male odor in female mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouhanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Goudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Moussu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.J. Kriegsfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique de la SFR Tours-Poitiers - Neuroimagerie fonctionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Tours, France. 2015, Journée Scientifique de la SFR</w:t>
+              <w:t xml:space="preserve">31. annual meeting of the International Society for Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Stockholm, Sweden. 2015, 31st annual meeting of the International Society for Chemical Ecology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738655v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfactory regulation of Kisspeptin neurons during exposure to puberty-accelerating male pheromones in female mice</w:t>
               </w:r>
@@ -4549,398 +4549,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural and neurobiological consequences of peripubertal exposure to male urinary odour in female mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Jouhanneau</w:t>
+                <w:t xml:space="preserve">Variation of cell proliferation in relation with seasonal reproduction in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Migaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Segura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Meeting on Chemical Signals in Vertebrates XII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Berlin, Germany. 2011, 12th Meeting on Chemical Signals in Vertebrates XII</w:t>
+              <w:t xml:space="preserve">37. Colloque de la Société de Neuroendocrinologie et 4. Colloque Franco-Québécois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Québec, Canada. 2011, 37ème Colloque de la Société de Neuroendocrinologie et 4ème Colloque Franco-Québécois</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748178v1</w:t>
+                <w:t xml:space="preserve">hal-02746039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Puberty acceleration in female mice: behavioural effects and neuroendocrine consequences</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Behavioural and neurobiological consequences of peripubertal exposure to male urinary odour in female mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouhanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Caraty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Tillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Pillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21. Congress of the European Chemoreception Research Organization (ECRO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Manchester, United Kingdom. 2011, XXIst Congress of the European Chemoreception Research Organization (ECRO)</w:t>
+              <w:t xml:space="preserve">12. Meeting on Chemical Signals in Vertebrates XII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Berlin, Germany. 2011, 12th Meeting on Chemical Signals in Vertebrates XII</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748176v1</w:t>
+                <w:t xml:space="preserve">hal-02748178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation of cell proliferation in relation with seasonal reproduction in sheep</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delphine Pillon</w:t>
+                <w:t xml:space="preserve">Puberty acceleration in female mice: behavioural effects and neuroendocrine consequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouhanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caraty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Tillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Colloque de la Société de Neuroendocrinologie et 4. Colloque Franco-Québécois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Québec, Canada. 2011, 37ème Colloque de la Société de Neuroendocrinologie et 4ème Colloque Franco-Québécois</w:t>
+              <w:t xml:space="preserve">21. Congress of the European Chemoreception Research Organization (ECRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Manchester, United Kingdom. 2011, XXIst Congress of the European Chemoreception Research Organization (ECRO)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746039v1</w:t>
+                <w:t xml:space="preserve">hal-02748176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations of cell proliferation in relation with seasonal reproduction in sheep hypothalamus</w:t>
               </w:r>
@@ -5805,51 +5805,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667791v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Butruille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Batailler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vaudin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Migaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2024.137674" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524514v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Just" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Chevillard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2023.10.022" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233205v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Chevillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-023-03745-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746290v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-022-02079-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969383v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Martini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Franceschini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Guibert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2020.00639" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621650v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chesneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Derouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Segura" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24381-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Dardente" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409325v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duittoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pillon-Ricaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2016.04.044" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353269v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Derouiche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17457" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413729v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00463" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129596v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cadiou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Angulo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2011.11.030" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW82435N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129544v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malpaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0748730411420062" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129461v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2010.07521.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BSJ70QRS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157344v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caraty" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fabre-Nys" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lomet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Cateau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.103.023689" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676009v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bruneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675820v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748133v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouhanneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tillet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744404v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Brennan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Yart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751969v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751908v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815692v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752346v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Combarnous" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752101v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763939v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mahe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762766v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763858v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831384v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762236v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760309v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743434v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Moussu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Kriegsfeld" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738655v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808609v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter A. Brennan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748178v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748176v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746039v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745628v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747395v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Geller" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ottogalli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762390v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762579v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129886v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bakker" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00836729/83/supp/C" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0083-6729(10)83014-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02829056v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667791v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Butruille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Batailler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vaudin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Migaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2024.137674" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524514v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Just" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Chevillard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2023.10.022" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233205v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Chevillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Estienne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-023-03745-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746290v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piegu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Blache" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-022-02079-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969383v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Martini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Froment" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Franceschini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Guibert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2020.00639" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621650v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chesneau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Derouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Segura" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24381-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Dardente" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Keller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409325v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duittoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pillon-Ricaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2016.04.044" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413729v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Derouiche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00463" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353269v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep17457" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129596v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cadiou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Angulo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2011.11.030" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GW82435N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129544v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malpaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0748730411420062" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129461v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2010.07521.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BSJ70QRS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157344v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caraty" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fabre-Nys" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lomet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Cateau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.103.023689" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676009v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bruneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675820v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748133v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouhanneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tillet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744404v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Brennan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751969v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Yart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751908v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815692v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752346v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Combarnous" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752101v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763939v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mahe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831384v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763858v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762766v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762236v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760309v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738655v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743434v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Moussu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Kriegsfeld" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808609v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter A. Brennan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746039v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748178v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748176v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745628v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747395v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Geller" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ottogalli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762390v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762579v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129886v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bakker" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00836729/83/supp/C" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0083-6729(10)83014-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02829056v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>