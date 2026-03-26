--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -451,51 +451,51 @@
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oanez Ackermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Regional Health - Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 50, </w:t>
+              <w:t xml:space="preserve">, 2025, 50, pp.101183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.lanepe.2024.101183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>