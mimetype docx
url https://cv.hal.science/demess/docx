--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1896,248 +1896,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An accurate 5D potential energy surface for H3O+ – H2 interaction</w:t>
+                <w:t xml:space="preserve">Elastic electron scattering by halocarbon radicals in the independent atom model approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Lique</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A Faure</w:t>
+                <w:t xml:space="preserve">Vladimir Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Rist</w:t>
+                <w:t xml:space="preserve">Eugene Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 153 (9), pp.094301. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 74 (3), pp.57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0015813⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/EPJD/E2020-100529-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02982686v1</w:t>
+                <w:t xml:space="preserve">hal-03038815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic electron scattering by halocarbon radicals in the independent atom model approach</w:t>
+                <w:t xml:space="preserve">An accurate 5D potential energy surface for H3O+ – H2 interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Kelemen</w:t>
+                <w:t xml:space="preserve">F. Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugene Remeta</w:t>
+                <w:t xml:space="preserve">C. Rist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 74 (3), pp.57. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153 (9), pp.094301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/EPJD/E2020-100529-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0015813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03038815v1</w:t>
+                <w:t xml:space="preserve">hal-02982686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic Processes of Electron Interaction with Chalcogens in the Gaseous Phase</w:t>
               </w:r>
@@ -2589,248 +2589,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragment appearance energies in dissociative ionization of a sulfur hexafluoride molecule by electron impact</w:t>
+                <w:t xml:space="preserve">Potential electron scattering by the molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">O. Shpenik</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Yu. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technical Physics / Zhurnal Tekhnicheskoi Fiziki</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S1063784215060067⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (4), pp.4301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30970/JPS.19.4301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03038849v1</w:t>
+                <w:t xml:space="preserve">hal-03038874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential electron scattering by the molecule</w:t>
+                <w:t xml:space="preserve">Fragment appearance energies in dissociative ionization of a sulfur hexafluoride molecule by electron impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Kelemen</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zavilopulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Shpenik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Yu. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 19 (4), pp.4301. </w:t>
+              <w:t xml:space="preserve">Technical Physics / Zhurnal Tekhnicheskoi Fiziki</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 60 (6), pp.830-838. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.30970/JPS.19.4301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1134/S1063784215060067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03038874v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03038849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion appearance energies at electron-impact dissociative ionization of sulfur hexafluoride molecule and its fragments</w:t>
               </w:r>
@@ -2933,325 +2933,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in the excitation of interstellar polyatomic species in collisions with ground-state and rotationally excited hydrogen molecule</w:t>
+                <w:t xml:space="preserve">Seminar: State-to-state molecular collisions for astrophysics: towards increasing molecular complexity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Molecular Energy Transfer in Complex Systems (iCOMET 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Szeged, Aug 2025, Szeged, Hungary</w:t>
+              <w:t xml:space="preserve">Invited Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPR, Univ Rennes, Nov 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05462246v1</w:t>
+                <w:t xml:space="preserve">hal-05462187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seminar: State-to-state molecular collisions for astrophysics: towards increasing molecular complexity</w:t>
+                <w:t xml:space="preserve">Collisional rate coefficients for chloronium cation with non-LTE analysis of its interstellar emission lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dariusz Kȩdziera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invited Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IPR, Univ Rennes, Nov 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">Physical and Chemical processes of astrophysical interest: Astrochemistry at the JWST era (PCPAI 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Saint Florent, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05462187v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05462296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional rate coefficients for chloronium cation with non-LTE analysis of its interstellar emission lines</w:t>
+                <w:t xml:space="preserve">Recent advances in the excitation of interstellar polyatomic species in collisions with ground-state and rotationally excited hydrogen molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Loreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Kȩdziera</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical and Chemical processes of astrophysical interest: Astrochemistry at the JWST era (PCPAI 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Saint Florent, France</w:t>
+              <w:t xml:space="preserve">International Conference on Molecular Energy Transfer in Complex Systems (iCOMET 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Szeged, Aug 2025, Szeged, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05462296v1</w:t>
+                <w:t xml:space="preserve">hal-05462246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex molecular collisions with implications for astronomy: towards non-LTE modelling of polyatomic interstellar species</w:t>
               </w:r>
@@ -3427,51 +3427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Kȩdziera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4370,829 +4370,829 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisions réactives entre ions et molécules à basse température : apports des écoulements supersoniques uniformes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent advances in collisional excitation of interstellar polyatomic molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plénière du GDR EMIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">DEEP-GAS 2022: Dynamics of Energetic &amp; Electronic Processes in molecules and clusters in the GAS phase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Autónoma de Madrid (UAM), Faculty of Science, Oct 2022, Madrid, Spain. pp.41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03715929v1</w:t>
+                <w:t xml:space="preserve">hal-03808766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seminar: Collisional excitation and chemical reactivity of polyatomic interstellar molecules</w:t>
+                <w:t xml:space="preserve">Is it worth to investigate such phenomena, which are predictable with a good accuracy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invited Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Department of Chemistry, Nicolaus Copernicus University in Toruń, Dec 2022, Toruń, Poland</w:t>
+              <w:t xml:space="preserve">TUMLA Philosophy of Astrochemistry Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04595535v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03721006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seminar: Molecular collisions - from electron impact to bimolecular reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation et évolution des aérosols dans l’atmosphère de Titan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Biennier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Mortada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invited Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Department of Physical Chemistry and Materials Science, University of Szeged, Feb 2022, Szeged, Hungary</w:t>
+              <w:t xml:space="preserve">Colloque quadriennal du Programme National de Planétologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04595529v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it worth to investigate such phenomena, which are predictable with a good accuracy?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">State-of-the-art laboratory experiments combined with quantum chemistry to study reactive ion-molecule collisions under interstellar conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sándor Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Mortada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael A Jara-Toro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Joalland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TUMLA Philosophy of Astrochemistry Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Conference of the National Program "Physics and Chemistry of the Interstellar Medium" (PCMI 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03721006v1</w:t>
+                <w:t xml:space="preserve">hal-03953688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in collisional excitation of interstellar polyatomic molecules</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigating ion-molecule reactions at low temperature with uniform supersonic flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Biennier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Mortada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sándor Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Joalland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DEEP-GAS 2022: Dynamics of Energetic &amp; Electronic Processes in molecules and clusters in the GAS phase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidad Autónoma de Madrid (UAM), Faculty of Science, Oct 2022, Madrid, Spain. pp.41</w:t>
+              <w:t xml:space="preserve">26th International Symposium on Gas Kinetics and Related Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808766v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03856867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation et évolution des aérosols dans l’atmosphère de Titan</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+                <w:t xml:space="preserve">Collisions réactives entre ions et molécules à basse température : apports des écoulements supersoniques uniformes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Biennier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Mortada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Francois Lique</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdessamad Benidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sándor Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque quadriennal du Programme National de Planétologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Plénière du GDR EMIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03715931v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-of-the-art laboratory experiments combined with quantum chemistry to study reactive ion-molecule collisions under interstellar conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seminar: Collisional excitation and chemical reactivity of polyatomic interstellar molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Demes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference of the National Program "Physics and Chemistry of the Interstellar Medium" (PCMI 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Invited Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Department of Chemistry, Nicolaus Copernicus University in Toruń, Dec 2022, Toruń, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953688v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04595535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating ion-molecule reactions at low temperature with uniform supersonic flows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seminar: Molecular collisions - from electron impact to bimolecular reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Demes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Symposium on Gas Kinetics and Related Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Invited Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Department of Physical Chemistry and Materials Science, University of Szeged, Feb 2022, Szeged, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856867v1</w:t>
+                <w:t xml:space="preserve">hal-04595529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collision of C&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;H&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt; with He: the first modeling of the excitation of a larger cyclic molecule</w:t>
               </w:r>
@@ -5349,359 +5349,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional excitation of NH&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; by molecular hydrogen: close-coupling calculations for higher kinetic temperatures</w:t>
+                <w:t xml:space="preserve">Collisional excitation of H&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;O&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; by H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;: new insights into water chemistry in interstellar clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hily-Blant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Young Scientists and Post-Graduate Students IEP-2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEP of NASU, May 2021, (Online), Ukraine</w:t>
+              <w:t xml:space="preserve">Journées SF2A 2021 - Atelier Général du PCMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d’Astronomie et d’Astrophysique (SF2A), Jun 2021, (Online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03376489v1</w:t>
+                <w:t xml:space="preserve">hal-03376473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional excitation of H&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;O&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; by H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;: new insights into water chemistry in interstellar clouds</w:t>
+                <w:t xml:space="preserve">Collisional excitation of H&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;O&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; by H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and its astrophysical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hily-Blant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées SF2A 2021 - Atelier Général du PCMI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d’Astronomie et d’Astrophysique (SF2A), Jun 2021, (Online), France</w:t>
+              <w:t xml:space="preserve">Processus physico-chimiques d’intérêt astrophysique : Vers une chimie d’état à état</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Saint-Florent, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03376473v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional excitation of H&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;O&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; by H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; and its astrophysical applications</w:t>
+                <w:t xml:space="preserve">Collisional excitation of NH&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; by molecular hydrogen: close-coupling calculations for higher kinetic temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processus physico-chimiques d’intérêt astrophysique : Vers une chimie d’état à état</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Saint-Florent, France</w:t>
+              <w:t xml:space="preserve">International Conference of Young Scientists and Post-Graduate Students IEP-2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEP of NASU, May 2021, (Online), Ukraine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03376504v1</w:t>
+                <w:t xml:space="preserve">hal-03376489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The excitation of H3O+ by H2: toward new measurements of ionization fraction in the ISM</w:t>
               </w:r>
@@ -5808,51 +5808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hily-Blant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5888,243 +5888,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low energy fragments from O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; + H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; collisions following single and double electron removal from the target</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Collisional excitation of H3O+ cations by molecular hydrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Demes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lique</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXI International Conference on Photonic, Electronic, and Atomic Collisions (ICPEAC2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Collisional excitation of hydrides in the interstellar medium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PICS CEHISM, Nov 2020, (Online), Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03345529v1</w:t>
+                <w:t xml:space="preserve">hal-03375952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional excitation of H3O+ cations by molecular hydrogen</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Low energy fragments from O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; + H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; collisions following single and double electron removal from the target</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Juhász</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Vizcaino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.T. S. Kovács</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Herczku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collisional excitation of hydrides in the interstellar medium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXXI International Conference on Photonic, Electronic, and Atomic Collisions (ICPEAC2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Deauville, France. pp.162012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1412/16/162012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375952v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab initio study of energy characteristics of small polyatomic molecules in threshold electron-impact dissociative ionization processes</w:t>
               </w:r>
@@ -7291,51 +7291,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic Electron Scattering by Halocarbon Radicals in the Independent Atom Model Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7386,51 +7386,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Study of Elastic Electron Scattering by Sulphur Clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7481,51 +7481,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic Electron Scattering by the SF&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;n&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt; (&amp;lt;i&amp;gt;n&amp;lt;/i&amp;gt; = 1−6) Molecular Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7557,320 +7557,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03394584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron Capture in O&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; + H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Collisions at a few keV Impact Energies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dielectronic Satellites of the Tl&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; Ion 132.2 nm Resonance Line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.N. Gomonai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">P. Herczku</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.I. Gomonai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu. Hutych</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Zvenihorodsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference Physics of Highly Charged Ions (HCI 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Lisbon, Portugal. </w:t>
+              <w:t xml:space="preserve">50th Anniversary EGAS conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Kraków, Poland. , Book of abstracts of the 50th Anniversary EGAS conference, pp.84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03394634v1</w:t>
+                <w:t xml:space="preserve">hal-03394601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectronic Satellites of the Tl&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; Ion 132.2 nm Resonance Line</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electron Capture in O&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; + H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Collisions at a few keV Impact Energies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yu. Hutych</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Juhász</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Zvenihorodsky</w:t>
+                <w:t xml:space="preserve">J. Y. Chesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.T. S. Kovács</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Herczku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th Anniversary EGAS conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Kraków, Poland. , Book of abstracts of the 50th Anniversary EGAS conference, pp.84</w:t>
+              <w:t xml:space="preserve">19th International Conference Physics of Highly Charged Ions (HCI 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Lisbon, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03394601v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03394634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic electron scattering by the CF&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; radical and by the CF&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Cl, CF&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; molecules in the IAM approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7921,51 +7921,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double electron capture by the O&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; projectile in collisions with the H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; molecule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.T. S. Kovács</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Herczku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8046,51 +8046,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IAM approach study of elastic electron scattering by the CF&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; , CF&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Cl and CF&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; molecular systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Demes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Kelemen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Remeta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8577,51 +8577,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="566D183E"/>
+    <w:nsid w:val="2AEE6406"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8808,51 +8808,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/demess" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2783-7172" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-4422-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870445v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Demes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz K&#281;dziera" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lique" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c07467" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323928v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris F S van der Tak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad3281" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589624v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Bop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Khalifa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP01380H" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148649v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Loreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad1970" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883159v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3221" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248312v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Loreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Faure" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dagdigian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad2979" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145292v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir I Kelemen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Yu Remeta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2023.147365" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953754v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Juh&#225;sz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S T S Kov&#225;cs" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vizca&#239;no" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Herczku" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.107.L010801" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265977v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zavilopulo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Remeta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-023-00766-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409153v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Demes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris F S van Der Tak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rist" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab3015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634107v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mortada" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Carles" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Joalland" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00347" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439273v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bulhakova" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yu. Remeta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vasiliev" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-021-00294-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391551v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Zavilopulo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Yu. Remeta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Bulhakova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/ujpe66.9.745" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375920v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n M&#225;rton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levente &#193;br&#243;k" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;vid Nagy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;kos K&#246;v&#233;r" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Guly&#225;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2021.147070" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982686v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rist" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0015813" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038815v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Kelemen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Remeta" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2020-100529-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038852v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Shpenik" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erdevdy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/UJPE65.7.557" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038786v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Kelemen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Yu Remeta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/AA739F" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038793v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoda Ghavaminia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Gulyas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Sarkadi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Bene" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2017-80238-Y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038840v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Kelemen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Yu Remeta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/UJPE61.04.0291" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038849v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063784215060067" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038874v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kelemen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30970/JPS.19.4301" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038809v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Yu. Remeta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2015-50636-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462246v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz K&#553;dziera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462187v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462296v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462264v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462281v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462313v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595492v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595548v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627448v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Bop" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Khalifa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cernicharo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908891v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324159v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148676v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595544v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595554v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324209v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715929v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Biennier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Benidar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595535v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595529v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721006v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808766v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715931v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lique" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953688v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael A Jara-Toro" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856867v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716005v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh T Bop" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808482v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376489v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376473v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hily-Blant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376504v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376429v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345529v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Juh&#225;sz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vizcaino" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chesnel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.T. S. Kov&#225;cs" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Herczku" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/16/162012" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375952v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383283v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Remeta" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/15/152065" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383362v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Chernyshova" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kontros" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Shpenik" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/13/132054" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383342v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Roman" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/13/132012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388873v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Husz&#225;nk" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Kov&#225;cs" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Herczku" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Juh&#225;sz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388898v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808738v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376199v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376211v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394702v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tamuliene" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baliulyte" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romanova" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vukstich" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394692v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394686v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394587v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394584v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394634v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Chesnel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394601v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Gomonai" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Gomonai" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Hutych" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zvenihorodsky" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394536v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394557v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bene" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394532v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394513v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kov&#225;cs" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Juhasz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sulik" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038864v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Papp" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Romanova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032048" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038755v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/7/072020" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/demess" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2783-7172" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-4422-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870445v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Demes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz K&#281;dziera" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lique" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c07467" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323928v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris F S van der Tak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad3281" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589624v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Bop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Khalifa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP01380H" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148649v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Loreau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad1970" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883159v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3221" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248312v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Loreau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Faure" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dagdigian" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad2979" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145292v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir I Kelemen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Yu Remeta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2023.147365" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953754v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Juh&#225;sz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S T S Kov&#225;cs" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vizca&#239;no" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Herczku" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.107.L010801" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265977v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zavilopulo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Remeta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-023-00766-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409153v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Demes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris F S van Der Tak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rist" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab3015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634107v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mortada" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Carles" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Joalland" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.1c00347" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439273v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bulhakova" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yu. Remeta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vasiliev" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/s10053-021-00294-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391551v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Zavilopulo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Yu. Remeta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Bulhakova" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/ujpe66.9.745" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375920v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n M&#225;rton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levente &#193;br&#243;k" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;vid Nagy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;kos K&#246;v&#233;r" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Guly&#225;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2021.147070" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038815v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Kelemen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Remeta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2020-100529-4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982686v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rist" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0015813" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038852v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Shpenik" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erdevdy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/UJPE65.7.557" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038786v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Kelemen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Yu Remeta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/AA739F" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038793v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoda Ghavaminia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Gulyas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laszlo Sarkadi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Bene" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2017-80238-Y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038840v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Kelemen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.Yu Remeta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15407/UJPE61.04.0291" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038874v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kelemen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30970/JPS.19.4301" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038849v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063784215060067" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038809v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Yu. Remeta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJD/E2015-50636-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462187v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462296v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz K&#553;dziera" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462246v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462264v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462281v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462313v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595492v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595548v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627448v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Bop" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Khalifa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cernicharo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908891v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324159v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148676v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595544v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595554v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324209v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808766v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721006v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715931v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Biennier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lique" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953688v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael A Jara-Toro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856867v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715929v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Benidar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595535v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595529v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716005v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh T Bop" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808482v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376473v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hily-Blant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376504v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376489v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440193v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376429v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375952v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345529v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Juh&#225;sz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vizcaino" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chesnel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.T. S. Kov&#225;cs" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Herczku" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/16/162012" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383283v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Remeta" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/15/152065" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383362v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Chernyshova" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kontros" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Shpenik" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/13/132054" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383342v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Roman" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/13/132012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388873v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;bert Husz&#225;nk" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#225;ndor Kov&#225;cs" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Herczku" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Juh&#225;sz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388898v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808738v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376199v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376211v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394702v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tamuliene" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baliulyte" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romanova" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vukstich" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394692v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394686v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394587v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394584v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394601v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Gomonai" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Gomonai" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Hutych" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zvenihorodsky" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394634v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Chesnel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394536v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394557v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bene" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394532v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394513v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kov&#225;cs" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Juhasz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sulik" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038864v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Papp" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Romanova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/3/032048" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038755v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/635/7/072020" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>